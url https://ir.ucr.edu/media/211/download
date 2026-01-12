--- v0 (2025-10-07)
+++ v1 (2026-01-12)
@@ -1,523 +1,940 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x15 xr xr6 xr10">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\IR Web Site\Power BI Project\Website\Data\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C8DE18C-0446-4985-A500-9586484043EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DBFBED3D-12E4-407F-9A1C-B5E3C70D38B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1170" yWindow="1305" windowWidth="21600" windowHeight="11295" xr2:uid="{6B76D9F0-6820-4F78-BD89-02FA3B9768C4}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="0"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-[...9 lines deleted...]
-      </xcalcf:calcFeatures>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5342" uniqueCount="112">
-[...8 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3860" uniqueCount="96">
   <si>
     <t>Organization</t>
   </si>
   <si>
-    <t>Department</t>
+    <t>2013-14</t>
   </si>
   <si>
-    <t>Ethnicity</t>
-[...11 lines deleted...]
-    <t>ORG10: GSOE</t>
+    <t>ORG10: SOE</t>
   </si>
   <si>
     <t>Graduate School of Education</t>
   </si>
   <si>
-    <t>Black/African American</t>
-[...5 lines deleted...]
-    <t>Domestic</t>
+    <t>White</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
-    <t>White</t>
+    <t>Domestic</t>
   </si>
   <si>
     <t>ORG11: BCOE</t>
   </si>
   <si>
     <t>Bioengineering</t>
   </si>
   <si>
     <t>Asian</t>
   </si>
   <si>
-    <t>CE-CERT</t>
+    <t>Chemical/Environ. Engineering</t>
   </si>
   <si>
-    <t>Chemical/Environ. Engineering</t>
+    <t>U.S. Nonresident</t>
+  </si>
+  <si>
+    <t>Male</t>
   </si>
   <si>
     <t>Computer Science &amp; Engineering</t>
   </si>
   <si>
     <t>Electrical &amp; Computer  Eng</t>
   </si>
   <si>
+    <t>Chicano/Latino</t>
+  </si>
+  <si>
     <t>Mechanical Engineering</t>
   </si>
   <si>
-    <t>Chicano/Latino</t>
+    <t>ORG12: CHASS</t>
+  </si>
+  <si>
+    <t>Anthropology</t>
+  </si>
+  <si>
+    <t>Comp Lit &amp; Foreign Languages</t>
   </si>
   <si>
     <t>Domestic Unknown</t>
   </si>
   <si>
-    <t>WC Global Energy Center</t>
+    <t>Ethnic Studies</t>
   </si>
   <si>
-    <t>ORG12: CHASS</t>
-[...5 lines deleted...]
-    <t>Religious Studies</t>
+    <t>Philosophy</t>
   </si>
   <si>
     <t>ORG14: CNAS</t>
-  </si>
-[...7 lines deleted...]
-    <t>Botanic Gardens</t>
   </si>
   <si>
     <t>Botany and Plant Sciences</t>
   </si>
   <si>
     <t>Cell Biology &amp; Neuroscience</t>
   </si>
   <si>
     <t>Chemistry</t>
+  </si>
+  <si>
+    <t>Ctr for Conservation Biology</t>
   </si>
   <si>
     <t>Earth Sciences</t>
   </si>
   <si>
     <t>Entomology</t>
   </si>
   <si>
     <t>Environmental Sciences</t>
   </si>
   <si>
     <t>Evolution, Ecology &amp; Orgns Bio</t>
   </si>
   <si>
-    <t>Institute of Genomics</t>
-[...4 lines deleted...]
-  <si>
     <t>Nematology</t>
   </si>
   <si>
     <t>Physics and Astronomy</t>
   </si>
   <si>
     <t>Plant Pathology &amp; Microbiology</t>
   </si>
   <si>
+    <t>Black/African American</t>
+  </si>
+  <si>
+    <t>ORG40: SOM</t>
+  </si>
+  <si>
+    <t>Biomedical Sciences</t>
+  </si>
+  <si>
+    <t>2014-15</t>
+  </si>
+  <si>
+    <t>CE-CERT</t>
+  </si>
+  <si>
+    <t>Ctr for Res in Intelligent Sys</t>
+  </si>
+  <si>
+    <t>Psychology</t>
+  </si>
+  <si>
+    <t>Biochemistry</t>
+  </si>
+  <si>
+    <t>Environmental Toxicology Prgm</t>
+  </si>
+  <si>
+    <t>ORG37: SPP</t>
+  </si>
+  <si>
+    <t>CSSD-Cntr for Sust Suburb Dev</t>
+  </si>
+  <si>
+    <t>ORG530: UC MEXUS</t>
+  </si>
+  <si>
+    <t>UC MEXUS</t>
+  </si>
+  <si>
+    <t>American Indian/Alaskan Native</t>
+  </si>
+  <si>
+    <t>2015-16</t>
+  </si>
+  <si>
+    <t>Dance</t>
+  </si>
+  <si>
+    <t>English</t>
+  </si>
+  <si>
+    <t>Music</t>
+  </si>
+  <si>
     <t>Statistics</t>
+  </si>
+  <si>
+    <t>2016-17</t>
+  </si>
+  <si>
+    <t>Stem Cell Center</t>
+  </si>
+  <si>
+    <t>ORG24: VC - Research</t>
+  </si>
+  <si>
+    <t>Electron Microscope Facility</t>
+  </si>
+  <si>
+    <t>2017-18</t>
+  </si>
+  <si>
+    <t>Media &amp; Cultural Studies</t>
+  </si>
+  <si>
+    <t>Political Science</t>
+  </si>
+  <si>
+    <t>Sociology</t>
+  </si>
+  <si>
+    <t>Two or More Races</t>
+  </si>
+  <si>
+    <t>Mathematics</t>
+  </si>
+  <si>
+    <t>SPP - Dean's Office</t>
+  </si>
+  <si>
+    <t>2018-19</t>
+  </si>
+  <si>
+    <t>Gender &amp; Sexuality Studies</t>
+  </si>
+  <si>
+    <t>Institute of Genomics</t>
   </si>
   <si>
     <t>ORG36: Undergraduate Education</t>
   </si>
   <si>
     <t>Summer Session</t>
   </si>
   <si>
-    <t>ORG37: SPP</t>
+    <t>2019-20</t>
   </si>
   <si>
-    <t>SPP - Dean's Office</t>
+    <t>WC Global Energy Center</t>
   </si>
   <si>
-    <t>ORG40: SOM</t>
+    <t>History</t>
   </si>
   <si>
-    <t>Biomedical Sciences</t>
+    <t>Botanic Gardens</t>
   </si>
   <si>
-    <t>SOM Cntr, Healthy Communities</t>
+    <t>ORG414: CE - College of Nat &amp; Ag Sci</t>
+  </si>
+  <si>
+    <t>CE - Enviromental Sciences</t>
   </si>
   <si>
     <t>2020-21</t>
   </si>
   <si>
-    <t>Two or More Races</t>
-[...1 lines deleted...]
-  <si>
     <t>Creative Writing</t>
-  </si>
-[...10 lines deleted...]
-    <t>Ctr for Conservation Biology</t>
   </si>
   <si>
     <t>ORG31: Provost/Exec Vice Chancellor</t>
   </si>
   <si>
     <t>One Health Center</t>
   </si>
   <si>
     <t>ORG41: Alianza UCMX</t>
   </si>
   <si>
-    <t>2019-20</t>
+    <t>2021-22</t>
   </si>
   <si>
-    <t>Comp Lit &amp; Foreign Languages</t>
+    <t>Religious Studies</t>
   </si>
   <si>
-    <t>ORG24: VC - Research</t>
+    <t>Agricultural Operations</t>
   </si>
   <si>
-    <t>Electron Microscope Facility</t>
+    <t>SOM Cntr, Healthy Communities</t>
   </si>
   <si>
-    <t>ORG414: CE - College of Nat &amp; Ag Sci</t>
+    <t>2022-23</t>
   </si>
   <si>
-    <t>CE - Enviromental Sciences</t>
+    <t>UC-Light Research Center</t>
   </si>
   <si>
-    <t>ORG530: UC MEXUS</t>
+    <t>SOM Internal Medicine</t>
   </si>
   <si>
-    <t>UC MEXUS</t>
+    <t xml:space="preserve">UCR Institutional Research </t>
   </si>
   <si>
-    <t>2018-19</t>
+    <t>Academic Year</t>
   </si>
   <si>
-    <t>Dance</t>
+    <t>Department</t>
   </si>
   <si>
-    <t>Music</t>
+    <t>Ethnicity</t>
   </si>
   <si>
-    <t>2017-18</t>
-[...104 lines deleted...]
-    <t>U.S. Nonresident</t>
+    <t>Gender</t>
   </si>
   <si>
     <t>U.S. Nonresident/Domestic</t>
+  </si>
+  <si>
+    <t>Median Years In Postdoc</t>
+  </si>
+  <si>
+    <t>Last Updated: 12/09/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="1" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="Calibri Light"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF006100"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C0006"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C5700"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF3F3F76"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC6EFCE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="1">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="4" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4" tint="0.39997558519241921"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom style="double">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="42">
+    <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
+    <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
+    <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
+    <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
+    <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
+    <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
+    <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
+    <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
+    <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
+    <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
+    <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
+    <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
+    <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
+    <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
+    <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
+    <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
+    <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
+    <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
+    <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
+    <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
+    <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
+    <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
+    <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
+    <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
+    <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
+    <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
+    <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
+    <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
+    <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
+    <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
+    <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
+    <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
+    <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="6">
+  <dxfs count="1">
     <dxf>
-      <alignment horizontal="left" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...14 lines deleted...]
-      <alignment horizontal="left" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{5FE73F8C-8705-45FD-AD5B-C41128784AAE}" name="Table1" displayName="Table1" ref="A4:G893" totalsRowShown="0">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="A4:A893"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A4:G646" totalsRowShown="0" headerRowDxfId="0">
+  <autoFilter ref="A4:G646"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:G646">
+    <sortCondition descending="1" ref="A4:A646"/>
   </sortState>
   <tableColumns count="7">
-    <tableColumn id="1" xr3:uid="{78D660B3-E9BA-4080-8CB3-8A2EF890E2BD}" name="Academic Year" dataDxfId="5"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{22A223CE-6438-49D0-B097-458A656F8115}" name="Median Years In Postdoc"/>
+    <tableColumn id="1" name="Academic Year"/>
+    <tableColumn id="2" name="Organization"/>
+    <tableColumn id="3" name="Department"/>
+    <tableColumn id="4" name="Ethnicity"/>
+    <tableColumn id="5" name="Gender"/>
+    <tableColumn id="6" name="U.S. Nonresident/Domestic"/>
+    <tableColumn id="7" name="Median Years In Postdoc"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -779,20602 +1196,14918 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{12DD4D54-ABE6-4285-8F43-8A4706A3E4AB}">
-  <dimension ref="A1:L893"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:L646"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="F12" sqref="F12"/>
+      <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.140625" style="3" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="23.140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="25.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="34.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="30.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.85546875" customWidth="1"/>
+    <col min="6" max="6" width="27.42578125" customWidth="1"/>
+    <col min="7" max="7" width="24.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="2"/>
       <c r="H1" s="1"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
     </row>
     <row r="2" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
-        <v>1</v>
+        <v>95</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="2"/>
       <c r="H2" s="1"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A3" s="3"/>
+      <c r="B3" s="3"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
       <c r="G3" s="4"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>85</v>
+      </c>
+      <c r="B6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>6</v>
+      </c>
+      <c r="G6">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B7" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7">
+        <v>2.33</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>85</v>
+      </c>
+      <c r="B8" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9">
+        <v>2.0499999999999998</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>6</v>
+      </c>
+      <c r="G10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>6</v>
+      </c>
+      <c r="G11">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>7</v>
+      </c>
+      <c r="C12" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12">
+        <v>2.58</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
+        <v>7</v>
+      </c>
+      <c r="C13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D13" t="s">
+        <v>4</v>
+      </c>
+      <c r="E13" t="s">
+        <v>5</v>
+      </c>
+      <c r="F13" t="s">
+        <v>6</v>
+      </c>
+      <c r="G13">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>85</v>
+      </c>
+      <c r="B14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>6</v>
+      </c>
+      <c r="G14">
+        <v>3.58</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>85</v>
+      </c>
+      <c r="B15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>6</v>
+      </c>
+      <c r="G15">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>85</v>
+      </c>
+      <c r="B16" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" t="s">
+        <v>66</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>6</v>
+      </c>
+      <c r="G16">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>85</v>
+      </c>
+      <c r="B17" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" t="s">
+        <v>5</v>
+      </c>
+      <c r="F17" t="s">
+        <v>6</v>
+      </c>
+      <c r="G17">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" t="s">
+        <v>5</v>
+      </c>
+      <c r="F18" t="s">
+        <v>6</v>
+      </c>
+      <c r="G18">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" t="s">
+        <v>41</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>6</v>
+      </c>
+      <c r="G19">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" t="s">
+        <v>41</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>5</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" t="s">
+        <v>41</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21">
+        <v>0.89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>85</v>
+      </c>
+      <c r="B22" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22" t="s">
+        <v>42</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>5</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22">
+        <v>1.29</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" t="s">
+        <v>23</v>
+      </c>
+      <c r="C23" t="s">
+        <v>42</v>
+      </c>
+      <c r="D23" t="s">
+        <v>4</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>6</v>
+      </c>
+      <c r="G23">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>85</v>
+      </c>
+      <c r="B24" t="s">
+        <v>23</v>
+      </c>
+      <c r="C24" t="s">
+        <v>24</v>
+      </c>
+      <c r="D24" t="s">
+        <v>9</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>6</v>
+      </c>
+      <c r="G24">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>85</v>
+      </c>
+      <c r="B25" t="s">
+        <v>23</v>
+      </c>
+      <c r="C25" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>6</v>
+      </c>
+      <c r="G25">
+        <v>4.92</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>85</v>
+      </c>
+      <c r="B26" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" t="s">
+        <v>24</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>5</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26">
+        <v>2.42</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>85</v>
+      </c>
+      <c r="B27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C27" t="s">
+        <v>24</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27">
+        <v>2.0299999999999998</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>85</v>
+      </c>
+      <c r="B28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C28" t="s">
+        <v>24</v>
+      </c>
+      <c r="D28" t="s">
+        <v>4</v>
+      </c>
+      <c r="E28" t="s">
+        <v>5</v>
+      </c>
+      <c r="F28" t="s">
+        <v>6</v>
+      </c>
+      <c r="G28">
+        <v>1.29</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>85</v>
+      </c>
+      <c r="B29" t="s">
+        <v>23</v>
+      </c>
+      <c r="C29" t="s">
+        <v>24</v>
+      </c>
+      <c r="D29" t="s">
+        <v>4</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>6</v>
+      </c>
+      <c r="G29">
+        <v>5.17</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>85</v>
+      </c>
+      <c r="B30" t="s">
+        <v>23</v>
+      </c>
+      <c r="C30" t="s">
+        <v>25</v>
+      </c>
+      <c r="D30" t="s">
+        <v>9</v>
+      </c>
+      <c r="E30" t="s">
+        <v>5</v>
+      </c>
+      <c r="F30" t="s">
+        <v>6</v>
+      </c>
+      <c r="G30">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>85</v>
+      </c>
+      <c r="B31" t="s">
+        <v>23</v>
+      </c>
+      <c r="C31" t="s">
+        <v>25</v>
+      </c>
+      <c r="D31" t="s">
+        <v>9</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>6</v>
+      </c>
+      <c r="G31">
+        <v>3.42</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>85</v>
+      </c>
+      <c r="B32" t="s">
+        <v>23</v>
+      </c>
+      <c r="C32" t="s">
+        <v>25</v>
+      </c>
+      <c r="D32" t="s">
+        <v>35</v>
+      </c>
+      <c r="E32" t="s">
+        <v>5</v>
+      </c>
+      <c r="F32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G32">
+        <v>4.21</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>85</v>
+      </c>
+      <c r="B33" t="s">
+        <v>23</v>
+      </c>
+      <c r="C33" t="s">
+        <v>25</v>
+      </c>
+      <c r="D33" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" t="s">
+        <v>5</v>
+      </c>
+      <c r="F33" t="s">
+        <v>6</v>
+      </c>
+      <c r="G33">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>85</v>
+      </c>
+      <c r="B34" t="s">
+        <v>23</v>
+      </c>
+      <c r="C34" t="s">
+        <v>25</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>5</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34">
+        <v>2.52</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>85</v>
+      </c>
+      <c r="B35" t="s">
+        <v>23</v>
+      </c>
+      <c r="C35" t="s">
+        <v>25</v>
+      </c>
+      <c r="D35" t="s">
+        <v>4</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>6</v>
+      </c>
+      <c r="G35">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>85</v>
+      </c>
+      <c r="B36" t="s">
+        <v>23</v>
+      </c>
+      <c r="C36" t="s">
+        <v>26</v>
+      </c>
+      <c r="D36" t="s">
+        <v>9</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>6</v>
+      </c>
+      <c r="G36">
+        <v>3.21</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>85</v>
+      </c>
+      <c r="B37" t="s">
+        <v>23</v>
+      </c>
+      <c r="C37" t="s">
+        <v>26</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>5</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>85</v>
+      </c>
+      <c r="B38" t="s">
+        <v>23</v>
+      </c>
+      <c r="C38" t="s">
+        <v>26</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38">
+        <v>1.71</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>85</v>
+      </c>
+      <c r="B39" t="s">
+        <v>23</v>
+      </c>
+      <c r="C39" t="s">
+        <v>26</v>
+      </c>
+      <c r="D39" t="s">
+        <v>4</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>6</v>
+      </c>
+      <c r="G39">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>85</v>
+      </c>
+      <c r="B40" t="s">
+        <v>23</v>
+      </c>
+      <c r="C40" t="s">
+        <v>28</v>
+      </c>
+      <c r="D40" t="s">
+        <v>9</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>6</v>
+      </c>
+      <c r="G40">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
+        <v>23</v>
+      </c>
+      <c r="C41" t="s">
+        <v>28</v>
+      </c>
+      <c r="D41" t="s">
+        <v>4</v>
+      </c>
+      <c r="E41" t="s">
+        <v>5</v>
+      </c>
+      <c r="F41" t="s">
+        <v>6</v>
+      </c>
+      <c r="G41">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>85</v>
+      </c>
+      <c r="B42" t="s">
+        <v>23</v>
+      </c>
+      <c r="C42" t="s">
+        <v>29</v>
+      </c>
+      <c r="D42" t="s">
+        <v>9</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>6</v>
+      </c>
+      <c r="G42">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>85</v>
+      </c>
+      <c r="B43" t="s">
+        <v>23</v>
+      </c>
+      <c r="C43" t="s">
+        <v>29</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43">
+        <v>6.58</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>85</v>
+      </c>
+      <c r="B44" t="s">
+        <v>23</v>
+      </c>
+      <c r="C44" t="s">
+        <v>29</v>
+      </c>
+      <c r="D44" t="s">
+        <v>4</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>6</v>
+      </c>
+      <c r="G44">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>85</v>
+      </c>
+      <c r="B45" t="s">
+        <v>23</v>
+      </c>
+      <c r="C45" t="s">
+        <v>30</v>
+      </c>
+      <c r="D45" t="s">
+        <v>9</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>6</v>
+      </c>
+      <c r="G45">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>85</v>
+      </c>
+      <c r="B46" t="s">
+        <v>23</v>
+      </c>
+      <c r="C46" t="s">
+        <v>30</v>
+      </c>
+      <c r="D46" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>6</v>
+      </c>
+      <c r="G46">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>85</v>
+      </c>
+      <c r="B47" t="s">
+        <v>23</v>
+      </c>
+      <c r="C47" t="s">
+        <v>30</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>85</v>
+      </c>
+      <c r="B48" t="s">
+        <v>23</v>
+      </c>
+      <c r="C48" t="s">
+        <v>30</v>
+      </c>
+      <c r="D48" t="s">
+        <v>4</v>
+      </c>
+      <c r="E48" t="s">
+        <v>5</v>
+      </c>
+      <c r="F48" t="s">
+        <v>6</v>
+      </c>
+      <c r="G48">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>85</v>
+      </c>
+      <c r="B49" t="s">
+        <v>23</v>
+      </c>
+      <c r="C49" t="s">
+        <v>30</v>
+      </c>
+      <c r="D49" t="s">
+        <v>4</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>6</v>
+      </c>
+      <c r="G49">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>85</v>
+      </c>
+      <c r="B50" t="s">
+        <v>23</v>
+      </c>
+      <c r="C50" t="s">
+        <v>31</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>6</v>
+      </c>
+      <c r="G50">
+        <v>0.67</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>85</v>
+      </c>
+      <c r="B51" t="s">
+        <v>23</v>
+      </c>
+      <c r="C51" t="s">
+        <v>31</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>5</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51">
+        <v>2.92</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>85</v>
+      </c>
+      <c r="B52" t="s">
+        <v>23</v>
+      </c>
+      <c r="C52" t="s">
+        <v>31</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>85</v>
+      </c>
+      <c r="B53" t="s">
+        <v>23</v>
+      </c>
+      <c r="C53" t="s">
+        <v>31</v>
+      </c>
+      <c r="D53" t="s">
+        <v>4</v>
+      </c>
+      <c r="E53" t="s">
+        <v>5</v>
+      </c>
+      <c r="F53" t="s">
+        <v>6</v>
+      </c>
+      <c r="G53">
+        <v>2.67</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>85</v>
+      </c>
+      <c r="B54" t="s">
+        <v>23</v>
+      </c>
+      <c r="C54" t="s">
+        <v>31</v>
+      </c>
+      <c r="D54" t="s">
+        <v>4</v>
+      </c>
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G54">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>85</v>
+      </c>
+      <c r="B55" t="s">
+        <v>23</v>
+      </c>
+      <c r="C55" t="s">
+        <v>67</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>5</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55">
+        <v>4.92</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>85</v>
+      </c>
+      <c r="B56" t="s">
+        <v>23</v>
+      </c>
+      <c r="C56" t="s">
+        <v>32</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>5</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>85</v>
+      </c>
+      <c r="B57" t="s">
+        <v>23</v>
+      </c>
+      <c r="C57" t="s">
+        <v>33</v>
+      </c>
+      <c r="D57" t="s">
+        <v>9</v>
+      </c>
+      <c r="E57" t="s">
+        <v>5</v>
+      </c>
+      <c r="F57" t="s">
+        <v>6</v>
+      </c>
+      <c r="G57">
+        <v>4.33</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>85</v>
+      </c>
+      <c r="B58" t="s">
+        <v>23</v>
+      </c>
+      <c r="C58" t="s">
+        <v>33</v>
+      </c>
+      <c r="D58" t="s">
+        <v>9</v>
+      </c>
+      <c r="E58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>6</v>
+      </c>
+      <c r="G58">
+        <v>3.08</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>85</v>
+      </c>
+      <c r="B59" t="s">
+        <v>23</v>
+      </c>
+      <c r="C59" t="s">
+        <v>33</v>
+      </c>
+      <c r="D59" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" t="s">
+        <v>5</v>
+      </c>
+      <c r="F59" t="s">
+        <v>6</v>
+      </c>
+      <c r="G59">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>85</v>
+      </c>
+      <c r="B60" t="s">
+        <v>23</v>
+      </c>
+      <c r="C60" t="s">
+        <v>33</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60">
+        <v>0.44</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>85</v>
+      </c>
+      <c r="B61" t="s">
+        <v>23</v>
+      </c>
+      <c r="C61" t="s">
+        <v>34</v>
+      </c>
+      <c r="D61" t="s">
+        <v>9</v>
+      </c>
+      <c r="E61" t="s">
+        <v>5</v>
+      </c>
+      <c r="F61" t="s">
+        <v>6</v>
+      </c>
+      <c r="G61">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>85</v>
+      </c>
+      <c r="B62" t="s">
+        <v>23</v>
+      </c>
+      <c r="C62" t="s">
+        <v>34</v>
+      </c>
+      <c r="D62" t="s">
+        <v>9</v>
+      </c>
+      <c r="E62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>6</v>
+      </c>
+      <c r="G62">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>85</v>
+      </c>
+      <c r="B63" t="s">
+        <v>23</v>
+      </c>
+      <c r="C63" t="s">
+        <v>34</v>
+      </c>
+      <c r="D63" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" t="s">
+        <v>5</v>
+      </c>
+      <c r="F63" t="s">
+        <v>6</v>
+      </c>
+      <c r="G63">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>85</v>
+      </c>
+      <c r="B64" t="s">
+        <v>23</v>
+      </c>
+      <c r="C64" t="s">
+        <v>34</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>5</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64">
+        <v>1.28</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>85</v>
+      </c>
+      <c r="B65" t="s">
+        <v>23</v>
+      </c>
+      <c r="C65" t="s">
+        <v>34</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65">
+        <v>1.17</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>85</v>
+      </c>
+      <c r="B66" t="s">
+        <v>23</v>
+      </c>
+      <c r="C66" t="s">
+        <v>34</v>
+      </c>
+      <c r="D66" t="s">
+        <v>4</v>
+      </c>
+      <c r="E66" t="s">
+        <v>5</v>
+      </c>
+      <c r="F66" t="s">
+        <v>6</v>
+      </c>
+      <c r="G66">
+        <v>1.46</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>85</v>
+      </c>
+      <c r="B67" t="s">
+        <v>23</v>
+      </c>
+      <c r="C67" t="s">
+        <v>34</v>
+      </c>
+      <c r="D67" t="s">
+        <v>4</v>
+      </c>
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>6</v>
+      </c>
+      <c r="G67">
+        <v>5.58</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>85</v>
+      </c>
+      <c r="B68" t="s">
+        <v>23</v>
+      </c>
+      <c r="C68" t="s">
+        <v>53</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>85</v>
+      </c>
+      <c r="B69" t="s">
+        <v>23</v>
+      </c>
+      <c r="C69" t="s">
+        <v>53</v>
+      </c>
+      <c r="D69" t="s">
+        <v>4</v>
+      </c>
+      <c r="E69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>6</v>
+      </c>
+      <c r="G69">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>85</v>
+      </c>
+      <c r="B70" t="s">
+        <v>68</v>
+      </c>
+      <c r="C70" t="s">
+        <v>69</v>
+      </c>
+      <c r="D70" t="s">
+        <v>4</v>
+      </c>
+      <c r="E70" t="s">
+        <v>5</v>
+      </c>
+      <c r="F70" t="s">
+        <v>6</v>
+      </c>
+      <c r="G70">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>85</v>
+      </c>
+      <c r="B71" t="s">
+        <v>44</v>
+      </c>
+      <c r="C71" t="s">
+        <v>64</v>
+      </c>
+      <c r="D71" t="s">
+        <v>9</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>6</v>
+      </c>
+      <c r="G71">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>85</v>
+      </c>
+      <c r="B72" t="s">
+        <v>44</v>
+      </c>
+      <c r="C72" t="s">
+        <v>64</v>
+      </c>
+      <c r="D72" t="s">
+        <v>35</v>
+      </c>
+      <c r="E72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>6</v>
+      </c>
+      <c r="G72">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>85</v>
+      </c>
+      <c r="B73" t="s">
+        <v>44</v>
+      </c>
+      <c r="C73" t="s">
+        <v>64</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>5</v>
+      </c>
+      <c r="F73" t="s">
+        <v>6</v>
+      </c>
+      <c r="G73">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>85</v>
+      </c>
+      <c r="B74" t="s">
+        <v>44</v>
+      </c>
+      <c r="C74" t="s">
+        <v>64</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>5</v>
+      </c>
+      <c r="F74" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>85</v>
+      </c>
+      <c r="B75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C75" t="s">
+        <v>37</v>
+      </c>
+      <c r="D75" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" t="s">
+        <v>5</v>
+      </c>
+      <c r="F75" t="s">
+        <v>6</v>
+      </c>
+      <c r="G75">
+        <v>3.25</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>85</v>
+      </c>
+      <c r="B76" t="s">
+        <v>36</v>
+      </c>
+      <c r="C76" t="s">
+        <v>37</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>5</v>
+      </c>
+      <c r="F76" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>85</v>
+      </c>
+      <c r="B77" t="s">
+        <v>36</v>
+      </c>
+      <c r="C77" t="s">
+        <v>37</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>85</v>
+      </c>
+      <c r="B78" t="s">
+        <v>36</v>
+      </c>
+      <c r="C78" t="s">
+        <v>37</v>
+      </c>
+      <c r="D78" t="s">
+        <v>4</v>
+      </c>
+      <c r="E78" t="s">
+        <v>5</v>
+      </c>
+      <c r="F78" t="s">
+        <v>6</v>
+      </c>
+      <c r="G78">
+        <v>0.96</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>85</v>
+      </c>
+      <c r="B79" t="s">
+        <v>36</v>
+      </c>
+      <c r="C79" t="s">
+        <v>87</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>12</v>
+      </c>
+      <c r="F79" t="s">
+        <v>6</v>
+      </c>
+      <c r="G79">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>81</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2</v>
+      </c>
+      <c r="C80" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G4" s="4" t="s">
+      <c r="D80" t="s">
+        <v>35</v>
+      </c>
+      <c r="E80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>6</v>
+      </c>
+      <c r="G80">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>81</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2</v>
+      </c>
+      <c r="C81" t="s">
+        <v>3</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>5</v>
+      </c>
+      <c r="F81" t="s">
+        <v>11</v>
+      </c>
+      <c r="G81">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>81</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2</v>
+      </c>
+      <c r="C82" t="s">
+        <v>3</v>
+      </c>
+      <c r="D82" t="s">
+        <v>4</v>
+      </c>
+      <c r="E82" t="s">
+        <v>5</v>
+      </c>
+      <c r="F82" t="s">
+        <v>6</v>
+      </c>
+      <c r="G82">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>81</v>
+      </c>
+      <c r="B83" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3" t="s">
+      <c r="C83" t="s">
         <v>8</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="D83" t="s">
         <v>9</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="E83" t="s">
+        <v>12</v>
+      </c>
+      <c r="F83" t="s">
+        <v>6</v>
+      </c>
+      <c r="G83">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>81</v>
+      </c>
+      <c r="B84" t="s">
+        <v>7</v>
+      </c>
+      <c r="C84" t="s">
+        <v>39</v>
+      </c>
+      <c r="D84" t="s">
+        <v>4</v>
+      </c>
+      <c r="E84" t="s">
+        <v>12</v>
+      </c>
+      <c r="F84" t="s">
+        <v>6</v>
+      </c>
+      <c r="G84">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>81</v>
+      </c>
+      <c r="B85" t="s">
+        <v>7</v>
+      </c>
+      <c r="C85" t="s">
         <v>10</v>
       </c>
-      <c r="D5" s="3" t="s">
-[...5 lines deleted...]
-      <c r="F5" s="3" t="s">
+      <c r="D85" t="s">
+        <v>9</v>
+      </c>
+      <c r="E85" t="s">
+        <v>5</v>
+      </c>
+      <c r="F85" t="s">
+        <v>6</v>
+      </c>
+      <c r="G85">
+        <v>0.67</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>81</v>
+      </c>
+      <c r="B86" t="s">
+        <v>7</v>
+      </c>
+      <c r="C86" t="s">
+        <v>10</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>5</v>
+      </c>
+      <c r="F86" t="s">
+        <v>11</v>
+      </c>
+      <c r="G86">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>81</v>
+      </c>
+      <c r="B87" t="s">
+        <v>7</v>
+      </c>
+      <c r="C87" t="s">
+        <v>10</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87">
+        <v>2.17</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>81</v>
+      </c>
+      <c r="B88" t="s">
+        <v>7</v>
+      </c>
+      <c r="C88" t="s">
+        <v>10</v>
+      </c>
+      <c r="D88" t="s">
+        <v>4</v>
+      </c>
+      <c r="E88" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" t="s">
+        <v>6</v>
+      </c>
+      <c r="G88">
+        <v>1.46</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>81</v>
+      </c>
+      <c r="B89" t="s">
+        <v>7</v>
+      </c>
+      <c r="C89" t="s">
         <v>13</v>
       </c>
-      <c r="G5">
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89">
+        <v>3.78</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>81</v>
+      </c>
+      <c r="B90" t="s">
+        <v>7</v>
+      </c>
+      <c r="C90" t="s">
+        <v>14</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>5</v>
+      </c>
+      <c r="F90" t="s">
+        <v>11</v>
+      </c>
+      <c r="G90">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>81</v>
+      </c>
+      <c r="B91" t="s">
+        <v>7</v>
+      </c>
+      <c r="C91" t="s">
+        <v>14</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91">
+        <v>0.78</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>81</v>
+      </c>
+      <c r="B92" t="s">
+        <v>7</v>
+      </c>
+      <c r="C92" t="s">
+        <v>14</v>
+      </c>
+      <c r="D92" t="s">
+        <v>4</v>
+      </c>
+      <c r="E92" t="s">
+        <v>5</v>
+      </c>
+      <c r="F92" t="s">
+        <v>6</v>
+      </c>
+      <c r="G92">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>81</v>
+      </c>
+      <c r="B93" t="s">
+        <v>7</v>
+      </c>
+      <c r="C93" t="s">
+        <v>14</v>
+      </c>
+      <c r="D93" t="s">
+        <v>4</v>
+      </c>
+      <c r="E93" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" t="s">
+        <v>6</v>
+      </c>
+      <c r="G93">
+        <v>2.58</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>81</v>
+      </c>
+      <c r="B94" t="s">
+        <v>7</v>
+      </c>
+      <c r="C94" t="s">
+        <v>16</v>
+      </c>
+      <c r="D94" t="s">
+        <v>9</v>
+      </c>
+      <c r="E94" t="s">
+        <v>5</v>
+      </c>
+      <c r="F94" t="s">
+        <v>6</v>
+      </c>
+      <c r="G94">
+        <v>1.17</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>81</v>
+      </c>
+      <c r="B95" t="s">
+        <v>7</v>
+      </c>
+      <c r="C95" t="s">
+        <v>16</v>
+      </c>
+      <c r="D95" t="s">
+        <v>9</v>
+      </c>
+      <c r="E95" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" t="s">
+        <v>6</v>
+      </c>
+      <c r="G95">
         <v>2</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A6" s="3" t="s">
+    <row r="96" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>81</v>
+      </c>
+      <c r="B96" t="s">
+        <v>7</v>
+      </c>
+      <c r="C96" t="s">
+        <v>16</v>
+      </c>
+      <c r="D96" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" t="s">
+        <v>12</v>
+      </c>
+      <c r="F96" t="s">
+        <v>6</v>
+      </c>
+      <c r="G96">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>81</v>
+      </c>
+      <c r="B97" t="s">
+        <v>7</v>
+      </c>
+      <c r="C97" t="s">
+        <v>16</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>12</v>
+      </c>
+      <c r="F97" t="s">
+        <v>6</v>
+      </c>
+      <c r="G97">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>81</v>
+      </c>
+      <c r="B98" t="s">
+        <v>7</v>
+      </c>
+      <c r="C98" t="s">
+        <v>16</v>
+      </c>
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>5</v>
+      </c>
+      <c r="F98" t="s">
+        <v>11</v>
+      </c>
+      <c r="G98">
+        <v>3.58</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>81</v>
+      </c>
+      <c r="B99" t="s">
+        <v>7</v>
+      </c>
+      <c r="C99" t="s">
+        <v>16</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>12</v>
+      </c>
+      <c r="F99" t="s">
+        <v>11</v>
+      </c>
+      <c r="G99">
+        <v>0.67</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>81</v>
+      </c>
+      <c r="B100" t="s">
+        <v>7</v>
+      </c>
+      <c r="C100" t="s">
+        <v>71</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>12</v>
+      </c>
+      <c r="F100" t="s">
+        <v>11</v>
+      </c>
+      <c r="G100">
+        <v>0.63</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>81</v>
+      </c>
+      <c r="B101" t="s">
+        <v>17</v>
+      </c>
+      <c r="C101" t="s">
+        <v>66</v>
+      </c>
+      <c r="D101" t="s">
+        <v>4</v>
+      </c>
+      <c r="E101" t="s">
+        <v>5</v>
+      </c>
+      <c r="F101" t="s">
+        <v>6</v>
+      </c>
+      <c r="G101">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>81</v>
+      </c>
+      <c r="B102" t="s">
+        <v>17</v>
+      </c>
+      <c r="C102" t="s">
+        <v>82</v>
+      </c>
+      <c r="D102" t="s">
+        <v>4</v>
+      </c>
+      <c r="E102" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" t="s">
+        <v>6</v>
+      </c>
+      <c r="G102">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>81</v>
+      </c>
+      <c r="B103" t="s">
+        <v>23</v>
+      </c>
+      <c r="C103" t="s">
+        <v>83</v>
+      </c>
+      <c r="D103" t="s">
+        <v>4</v>
+      </c>
+      <c r="E103" t="s">
+        <v>5</v>
+      </c>
+      <c r="F103" t="s">
+        <v>6</v>
+      </c>
+      <c r="G103">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>81</v>
+      </c>
+      <c r="B104" t="s">
+        <v>23</v>
+      </c>
+      <c r="C104" t="s">
+        <v>42</v>
+      </c>
+      <c r="D104" t="s">
+        <v>4</v>
+      </c>
+      <c r="E104" t="s">
+        <v>12</v>
+      </c>
+      <c r="F104" t="s">
+        <v>6</v>
+      </c>
+      <c r="G104">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>81</v>
+      </c>
+      <c r="B105" t="s">
+        <v>23</v>
+      </c>
+      <c r="C105" t="s">
+        <v>73</v>
+      </c>
+      <c r="D105" t="s">
+        <v>4</v>
+      </c>
+      <c r="E105" t="s">
+        <v>5</v>
+      </c>
+      <c r="F105" t="s">
+        <v>6</v>
+      </c>
+      <c r="G105">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>81</v>
+      </c>
+      <c r="B106" t="s">
+        <v>23</v>
+      </c>
+      <c r="C106" t="s">
+        <v>24</v>
+      </c>
+      <c r="D106" t="s">
+        <v>9</v>
+      </c>
+      <c r="E106" t="s">
+        <v>5</v>
+      </c>
+      <c r="F106" t="s">
+        <v>6</v>
+      </c>
+      <c r="G106">
+        <v>3.83</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>81</v>
+      </c>
+      <c r="B107" t="s">
+        <v>23</v>
+      </c>
+      <c r="C107" t="s">
+        <v>24</v>
+      </c>
+      <c r="D107" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" t="s">
+        <v>12</v>
+      </c>
+      <c r="F107" t="s">
+        <v>6</v>
+      </c>
+      <c r="G107">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>81</v>
+      </c>
+      <c r="B108" t="s">
+        <v>23</v>
+      </c>
+      <c r="C108" t="s">
+        <v>24</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>5</v>
+      </c>
+      <c r="F108" t="s">
+        <v>6</v>
+      </c>
+      <c r="G108">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>81</v>
+      </c>
+      <c r="B109" t="s">
+        <v>23</v>
+      </c>
+      <c r="C109" t="s">
+        <v>24</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>5</v>
+      </c>
+      <c r="F109" t="s">
+        <v>11</v>
+      </c>
+      <c r="G109">
+        <v>2.92</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>81</v>
+      </c>
+      <c r="B110" t="s">
+        <v>23</v>
+      </c>
+      <c r="C110" t="s">
+        <v>24</v>
+      </c>
+      <c r="D110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" t="s">
+        <v>12</v>
+      </c>
+      <c r="F110" t="s">
+        <v>11</v>
+      </c>
+      <c r="G110">
+        <v>2.72</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>81</v>
+      </c>
+      <c r="B111" t="s">
+        <v>23</v>
+      </c>
+      <c r="C111" t="s">
+        <v>24</v>
+      </c>
+      <c r="D111" t="s">
+        <v>4</v>
+      </c>
+      <c r="E111" t="s">
+        <v>5</v>
+      </c>
+      <c r="F111" t="s">
+        <v>6</v>
+      </c>
+      <c r="G111">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>81</v>
+      </c>
+      <c r="B112" t="s">
+        <v>23</v>
+      </c>
+      <c r="C112" t="s">
+        <v>24</v>
+      </c>
+      <c r="D112" t="s">
+        <v>4</v>
+      </c>
+      <c r="E112" t="s">
+        <v>12</v>
+      </c>
+      <c r="F112" t="s">
+        <v>6</v>
+      </c>
+      <c r="G112">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>81</v>
+      </c>
+      <c r="B113" t="s">
+        <v>23</v>
+      </c>
+      <c r="C113" t="s">
+        <v>25</v>
+      </c>
+      <c r="D113" t="s">
+        <v>9</v>
+      </c>
+      <c r="E113" t="s">
+        <v>5</v>
+      </c>
+      <c r="F113" t="s">
+        <v>6</v>
+      </c>
+      <c r="G113">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>81</v>
+      </c>
+      <c r="B114" t="s">
+        <v>23</v>
+      </c>
+      <c r="C114" t="s">
+        <v>25</v>
+      </c>
+      <c r="D114" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F114" t="s">
+        <v>11</v>
+      </c>
+      <c r="G114">
+        <v>3.14</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>81</v>
+      </c>
+      <c r="B115" t="s">
+        <v>23</v>
+      </c>
+      <c r="C115" t="s">
+        <v>25</v>
+      </c>
+      <c r="D115" t="s">
+        <v>4</v>
+      </c>
+      <c r="E115" t="s">
+        <v>12</v>
+      </c>
+      <c r="F115" t="s">
+        <v>6</v>
+      </c>
+      <c r="G115">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>81</v>
+      </c>
+      <c r="B116" t="s">
+        <v>23</v>
+      </c>
+      <c r="C116" t="s">
+        <v>26</v>
+      </c>
+      <c r="D116" t="s">
+        <v>9</v>
+      </c>
+      <c r="E116" t="s">
+        <v>5</v>
+      </c>
+      <c r="F116" t="s">
+        <v>6</v>
+      </c>
+      <c r="G116">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>81</v>
+      </c>
+      <c r="B117" t="s">
+        <v>23</v>
+      </c>
+      <c r="C117" t="s">
+        <v>26</v>
+      </c>
+      <c r="D117" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" t="s">
+        <v>5</v>
+      </c>
+      <c r="F117" t="s">
+        <v>11</v>
+      </c>
+      <c r="G117">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>81</v>
+      </c>
+      <c r="B118" t="s">
+        <v>23</v>
+      </c>
+      <c r="C118" t="s">
+        <v>26</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>12</v>
+      </c>
+      <c r="F118" t="s">
+        <v>11</v>
+      </c>
+      <c r="G118">
+        <v>1.8</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>81</v>
+      </c>
+      <c r="B119" t="s">
+        <v>23</v>
+      </c>
+      <c r="C119" t="s">
+        <v>26</v>
+      </c>
+      <c r="D119" t="s">
+        <v>4</v>
+      </c>
+      <c r="E119" t="s">
+        <v>5</v>
+      </c>
+      <c r="F119" t="s">
+        <v>6</v>
+      </c>
+      <c r="G119">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>81</v>
+      </c>
+      <c r="B120" t="s">
+        <v>23</v>
+      </c>
+      <c r="C120" t="s">
+        <v>26</v>
+      </c>
+      <c r="D120" t="s">
+        <v>4</v>
+      </c>
+      <c r="E120" t="s">
+        <v>12</v>
+      </c>
+      <c r="F120" t="s">
+        <v>6</v>
+      </c>
+      <c r="G120">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>81</v>
+      </c>
+      <c r="B121" t="s">
+        <v>23</v>
+      </c>
+      <c r="C121" t="s">
+        <v>28</v>
+      </c>
+      <c r="D121" t="s">
+        <v>9</v>
+      </c>
+      <c r="E121" t="s">
+        <v>12</v>
+      </c>
+      <c r="F121" t="s">
+        <v>6</v>
+      </c>
+      <c r="G121">
+        <v>0.67</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>81</v>
+      </c>
+      <c r="B122" t="s">
+        <v>23</v>
+      </c>
+      <c r="C122" t="s">
+        <v>28</v>
+      </c>
+      <c r="D122" t="s">
+        <v>11</v>
+      </c>
+      <c r="E122" t="s">
+        <v>12</v>
+      </c>
+      <c r="F122" t="s">
+        <v>11</v>
+      </c>
+      <c r="G122">
+        <v>0.71</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
+        <v>81</v>
+      </c>
+      <c r="B123" t="s">
+        <v>23</v>
+      </c>
+      <c r="C123" t="s">
+        <v>28</v>
+      </c>
+      <c r="D123" t="s">
+        <v>4</v>
+      </c>
+      <c r="E123" t="s">
+        <v>5</v>
+      </c>
+      <c r="F123" t="s">
+        <v>6</v>
+      </c>
+      <c r="G123">
+        <v>2.25</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
+        <v>81</v>
+      </c>
+      <c r="B124" t="s">
+        <v>23</v>
+      </c>
+      <c r="C124" t="s">
+        <v>28</v>
+      </c>
+      <c r="D124" t="s">
+        <v>4</v>
+      </c>
+      <c r="E124" t="s">
+        <v>12</v>
+      </c>
+      <c r="F124" t="s">
+        <v>6</v>
+      </c>
+      <c r="G124">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A125" t="s">
+        <v>81</v>
+      </c>
+      <c r="B125" t="s">
+        <v>23</v>
+      </c>
+      <c r="C125" t="s">
+        <v>29</v>
+      </c>
+      <c r="D125" t="s">
+        <v>9</v>
+      </c>
+      <c r="E125" t="s">
+        <v>12</v>
+      </c>
+      <c r="F125" t="s">
+        <v>6</v>
+      </c>
+      <c r="G125">
+        <v>3.58</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A126" t="s">
+        <v>81</v>
+      </c>
+      <c r="B126" t="s">
+        <v>23</v>
+      </c>
+      <c r="C126" t="s">
+        <v>29</v>
+      </c>
+      <c r="D126" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" t="s">
+        <v>12</v>
+      </c>
+      <c r="F126" t="s">
+        <v>6</v>
+      </c>
+      <c r="G126">
+        <v>1.83</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A127" t="s">
+        <v>81</v>
+      </c>
+      <c r="B127" t="s">
+        <v>23</v>
+      </c>
+      <c r="C127" t="s">
+        <v>29</v>
+      </c>
+      <c r="D127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E127" t="s">
+        <v>5</v>
+      </c>
+      <c r="F127" t="s">
+        <v>11</v>
+      </c>
+      <c r="G127">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A128" t="s">
+        <v>81</v>
+      </c>
+      <c r="B128" t="s">
+        <v>23</v>
+      </c>
+      <c r="C128" t="s">
+        <v>29</v>
+      </c>
+      <c r="D128" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128" t="s">
+        <v>12</v>
+      </c>
+      <c r="F128" t="s">
+        <v>11</v>
+      </c>
+      <c r="G128">
+        <v>2.17</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A129" t="s">
+        <v>81</v>
+      </c>
+      <c r="B129" t="s">
+        <v>23</v>
+      </c>
+      <c r="C129" t="s">
+        <v>29</v>
+      </c>
+      <c r="D129" t="s">
+        <v>4</v>
+      </c>
+      <c r="E129" t="s">
+        <v>5</v>
+      </c>
+      <c r="F129" t="s">
+        <v>6</v>
+      </c>
+      <c r="G129">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>81</v>
+      </c>
+      <c r="B130" t="s">
+        <v>23</v>
+      </c>
+      <c r="C130" t="s">
+        <v>30</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>5</v>
+      </c>
+      <c r="F130" t="s">
+        <v>6</v>
+      </c>
+      <c r="G130">
+        <v>2.33</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>81</v>
+      </c>
+      <c r="B131" t="s">
+        <v>23</v>
+      </c>
+      <c r="C131" t="s">
+        <v>30</v>
+      </c>
+      <c r="D131" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" t="s">
+        <v>5</v>
+      </c>
+      <c r="F131" t="s">
+        <v>11</v>
+      </c>
+      <c r="G131">
+        <v>4.75</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
+        <v>81</v>
+      </c>
+      <c r="B132" t="s">
+        <v>23</v>
+      </c>
+      <c r="C132" t="s">
+        <v>30</v>
+      </c>
+      <c r="D132" t="s">
+        <v>11</v>
+      </c>
+      <c r="E132" t="s">
+        <v>12</v>
+      </c>
+      <c r="F132" t="s">
+        <v>11</v>
+      </c>
+      <c r="G132">
+        <v>2.33</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
+        <v>81</v>
+      </c>
+      <c r="B133" t="s">
+        <v>23</v>
+      </c>
+      <c r="C133" t="s">
+        <v>30</v>
+      </c>
+      <c r="D133" t="s">
+        <v>4</v>
+      </c>
+      <c r="E133" t="s">
+        <v>12</v>
+      </c>
+      <c r="F133" t="s">
+        <v>6</v>
+      </c>
+      <c r="G133">
+        <v>3.67</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
+        <v>81</v>
+      </c>
+      <c r="B134" t="s">
+        <v>23</v>
+      </c>
+      <c r="C134" t="s">
+        <v>31</v>
+      </c>
+      <c r="D134" t="s">
+        <v>11</v>
+      </c>
+      <c r="E134" t="s">
+        <v>5</v>
+      </c>
+      <c r="F134" t="s">
+        <v>11</v>
+      </c>
+      <c r="G134">
+        <v>3.08</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>81</v>
+      </c>
+      <c r="B135" t="s">
+        <v>23</v>
+      </c>
+      <c r="C135" t="s">
+        <v>31</v>
+      </c>
+      <c r="D135" t="s">
+        <v>4</v>
+      </c>
+      <c r="E135" t="s">
+        <v>5</v>
+      </c>
+      <c r="F135" t="s">
+        <v>6</v>
+      </c>
+      <c r="G135">
+        <v>3.25</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>81</v>
+      </c>
+      <c r="B136" t="s">
+        <v>23</v>
+      </c>
+      <c r="C136" t="s">
+        <v>67</v>
+      </c>
+      <c r="D136" t="s">
+        <v>11</v>
+      </c>
+      <c r="E136" t="s">
+        <v>5</v>
+      </c>
+      <c r="F136" t="s">
+        <v>11</v>
+      </c>
+      <c r="G136">
+        <v>4.42</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>81</v>
+      </c>
+      <c r="B137" t="s">
+        <v>23</v>
+      </c>
+      <c r="C137" t="s">
+        <v>63</v>
+      </c>
+      <c r="D137" t="s">
+        <v>9</v>
+      </c>
+      <c r="E137" t="s">
+        <v>12</v>
+      </c>
+      <c r="F137" t="s">
+        <v>6</v>
+      </c>
+      <c r="G137">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A138" t="s">
+        <v>81</v>
+      </c>
+      <c r="B138" t="s">
+        <v>23</v>
+      </c>
+      <c r="C138" t="s">
+        <v>63</v>
+      </c>
+      <c r="D138" t="s">
+        <v>4</v>
+      </c>
+      <c r="E138" t="s">
+        <v>5</v>
+      </c>
+      <c r="F138" t="s">
+        <v>6</v>
+      </c>
+      <c r="G138">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>81</v>
+      </c>
+      <c r="B139" t="s">
+        <v>23</v>
+      </c>
+      <c r="C139" t="s">
+        <v>32</v>
+      </c>
+      <c r="D139" t="s">
+        <v>11</v>
+      </c>
+      <c r="E139" t="s">
+        <v>12</v>
+      </c>
+      <c r="F139" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>81</v>
+      </c>
+      <c r="B140" t="s">
+        <v>23</v>
+      </c>
+      <c r="C140" t="s">
+        <v>32</v>
+      </c>
+      <c r="D140" t="s">
+        <v>4</v>
+      </c>
+      <c r="E140" t="s">
+        <v>12</v>
+      </c>
+      <c r="F140" t="s">
+        <v>6</v>
+      </c>
+      <c r="G140">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>81</v>
+      </c>
+      <c r="B141" t="s">
+        <v>23</v>
+      </c>
+      <c r="C141" t="s">
+        <v>33</v>
+      </c>
+      <c r="D141" t="s">
+        <v>9</v>
+      </c>
+      <c r="E141" t="s">
+        <v>12</v>
+      </c>
+      <c r="F141" t="s">
+        <v>6</v>
+      </c>
+      <c r="G141">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>81</v>
+      </c>
+      <c r="B142" t="s">
+        <v>23</v>
+      </c>
+      <c r="C142" t="s">
+        <v>33</v>
+      </c>
+      <c r="D142" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" t="s">
+        <v>12</v>
+      </c>
+      <c r="F142" t="s">
+        <v>6</v>
+      </c>
+      <c r="G142">
+        <v>0.67</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>81</v>
+      </c>
+      <c r="B143" t="s">
+        <v>23</v>
+      </c>
+      <c r="C143" t="s">
+        <v>33</v>
+      </c>
+      <c r="D143" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" t="s">
+        <v>5</v>
+      </c>
+      <c r="F143" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143">
+        <v>3.17</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>81</v>
+      </c>
+      <c r="B144" t="s">
+        <v>23</v>
+      </c>
+      <c r="C144" t="s">
+        <v>33</v>
+      </c>
+      <c r="D144" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" t="s">
+        <v>12</v>
+      </c>
+      <c r="F144" t="s">
+        <v>11</v>
+      </c>
+      <c r="G144">
+        <v>2.17</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>81</v>
+      </c>
+      <c r="B145" t="s">
+        <v>23</v>
+      </c>
+      <c r="C145" t="s">
+        <v>33</v>
+      </c>
+      <c r="D145" t="s">
+        <v>4</v>
+      </c>
+      <c r="E145" t="s">
+        <v>5</v>
+      </c>
+      <c r="F145" t="s">
+        <v>6</v>
+      </c>
+      <c r="G145">
+        <v>3.08</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>81</v>
+      </c>
+      <c r="B146" t="s">
+        <v>23</v>
+      </c>
+      <c r="C146" t="s">
+        <v>34</v>
+      </c>
+      <c r="D146" t="s">
+        <v>9</v>
+      </c>
+      <c r="E146" t="s">
+        <v>12</v>
+      </c>
+      <c r="F146" t="s">
+        <v>6</v>
+      </c>
+      <c r="G146">
+        <v>0.57999999999999996</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>81</v>
+      </c>
+      <c r="B147" t="s">
+        <v>23</v>
+      </c>
+      <c r="C147" t="s">
+        <v>34</v>
+      </c>
+      <c r="D147" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" t="s">
+        <v>5</v>
+      </c>
+      <c r="F147" t="s">
+        <v>6</v>
+      </c>
+      <c r="G147">
+        <v>0.57999999999999996</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A148" t="s">
+        <v>81</v>
+      </c>
+      <c r="B148" t="s">
+        <v>23</v>
+      </c>
+      <c r="C148" t="s">
+        <v>34</v>
+      </c>
+      <c r="D148" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" t="s">
+        <v>5</v>
+      </c>
+      <c r="F148" t="s">
+        <v>11</v>
+      </c>
+      <c r="G148">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>81</v>
+      </c>
+      <c r="B149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C149" t="s">
+        <v>34</v>
+      </c>
+      <c r="D149" t="s">
+        <v>11</v>
+      </c>
+      <c r="E149" t="s">
+        <v>12</v>
+      </c>
+      <c r="F149" t="s">
+        <v>11</v>
+      </c>
+      <c r="G149">
+        <v>4.96</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A150" t="s">
+        <v>81</v>
+      </c>
+      <c r="B150" t="s">
+        <v>23</v>
+      </c>
+      <c r="C150" t="s">
+        <v>34</v>
+      </c>
+      <c r="D150" t="s">
+        <v>4</v>
+      </c>
+      <c r="E150" t="s">
+        <v>5</v>
+      </c>
+      <c r="F150" t="s">
+        <v>6</v>
+      </c>
+      <c r="G150">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>81</v>
+      </c>
+      <c r="B151" t="s">
+        <v>23</v>
+      </c>
+      <c r="C151" t="s">
+        <v>34</v>
+      </c>
+      <c r="D151" t="s">
+        <v>4</v>
+      </c>
+      <c r="E151" t="s">
+        <v>12</v>
+      </c>
+      <c r="F151" t="s">
+        <v>6</v>
+      </c>
+      <c r="G151">
+        <v>3.33</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
+        <v>81</v>
+      </c>
+      <c r="B152" t="s">
+        <v>23</v>
+      </c>
+      <c r="C152" t="s">
+        <v>53</v>
+      </c>
+      <c r="D152" t="s">
+        <v>11</v>
+      </c>
+      <c r="E152" t="s">
+        <v>5</v>
+      </c>
+      <c r="F152" t="s">
+        <v>11</v>
+      </c>
+      <c r="G152">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A153" t="s">
+        <v>81</v>
+      </c>
+      <c r="B153" t="s">
+        <v>23</v>
+      </c>
+      <c r="C153" t="s">
+        <v>53</v>
+      </c>
+      <c r="D153" t="s">
+        <v>11</v>
+      </c>
+      <c r="E153" t="s">
+        <v>12</v>
+      </c>
+      <c r="F153" t="s">
+        <v>11</v>
+      </c>
+      <c r="G153">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A154" t="s">
+        <v>81</v>
+      </c>
+      <c r="B154" t="s">
+        <v>68</v>
+      </c>
+      <c r="C154" t="s">
+        <v>69</v>
+      </c>
+      <c r="D154" t="s">
+        <v>9</v>
+      </c>
+      <c r="E154" t="s">
+        <v>5</v>
+      </c>
+      <c r="F154" t="s">
+        <v>6</v>
+      </c>
+      <c r="G154">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A155" t="s">
+        <v>81</v>
+      </c>
+      <c r="B155" t="s">
+        <v>44</v>
+      </c>
+      <c r="C155" t="s">
+        <v>64</v>
+      </c>
+      <c r="D155" t="s">
+        <v>9</v>
+      </c>
+      <c r="E155" t="s">
+        <v>12</v>
+      </c>
+      <c r="F155" t="s">
+        <v>6</v>
+      </c>
+      <c r="G155">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A156" t="s">
+        <v>81</v>
+      </c>
+      <c r="B156" t="s">
+        <v>44</v>
+      </c>
+      <c r="C156" t="s">
+        <v>64</v>
+      </c>
+      <c r="D156" t="s">
+        <v>11</v>
+      </c>
+      <c r="E156" t="s">
+        <v>12</v>
+      </c>
+      <c r="F156" t="s">
+        <v>11</v>
+      </c>
+      <c r="G156">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A157" t="s">
+        <v>81</v>
+      </c>
+      <c r="B157" t="s">
+        <v>36</v>
+      </c>
+      <c r="C157" t="s">
+        <v>37</v>
+      </c>
+      <c r="D157" t="s">
+        <v>9</v>
+      </c>
+      <c r="E157" t="s">
+        <v>5</v>
+      </c>
+      <c r="F157" t="s">
+        <v>6</v>
+      </c>
+      <c r="G157">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A158" t="s">
+        <v>81</v>
+      </c>
+      <c r="B158" t="s">
+        <v>36</v>
+      </c>
+      <c r="C158" t="s">
+        <v>37</v>
+      </c>
+      <c r="D158" t="s">
+        <v>9</v>
+      </c>
+      <c r="E158" t="s">
+        <v>12</v>
+      </c>
+      <c r="F158" t="s">
+        <v>6</v>
+      </c>
+      <c r="G158">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A159" t="s">
+        <v>81</v>
+      </c>
+      <c r="B159" t="s">
+        <v>36</v>
+      </c>
+      <c r="C159" t="s">
+        <v>37</v>
+      </c>
+      <c r="D159" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" t="s">
+        <v>5</v>
+      </c>
+      <c r="F159" t="s">
+        <v>6</v>
+      </c>
+      <c r="G159">
+        <v>2.67</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A160" t="s">
+        <v>81</v>
+      </c>
+      <c r="B160" t="s">
+        <v>36</v>
+      </c>
+      <c r="C160" t="s">
+        <v>37</v>
+      </c>
+      <c r="D160" t="s">
+        <v>11</v>
+      </c>
+      <c r="E160" t="s">
+        <v>5</v>
+      </c>
+      <c r="F160" t="s">
+        <v>11</v>
+      </c>
+      <c r="G160">
+        <v>3.56</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A161" t="s">
+        <v>81</v>
+      </c>
+      <c r="B161" t="s">
+        <v>36</v>
+      </c>
+      <c r="C161" t="s">
+        <v>37</v>
+      </c>
+      <c r="D161" t="s">
+        <v>4</v>
+      </c>
+      <c r="E161" t="s">
+        <v>5</v>
+      </c>
+      <c r="F161" t="s">
+        <v>6</v>
+      </c>
+      <c r="G161">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A162" t="s">
+        <v>81</v>
+      </c>
+      <c r="B162" t="s">
+        <v>36</v>
+      </c>
+      <c r="C162" t="s">
+        <v>84</v>
+      </c>
+      <c r="D162" t="s">
+        <v>11</v>
+      </c>
+      <c r="E162" t="s">
+        <v>5</v>
+      </c>
+      <c r="F162" t="s">
+        <v>11</v>
+      </c>
+      <c r="G162">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A163" t="s">
+        <v>81</v>
+      </c>
+      <c r="B163" t="s">
+        <v>36</v>
+      </c>
+      <c r="C163" t="s">
+        <v>84</v>
+      </c>
+      <c r="D163" t="s">
+        <v>4</v>
+      </c>
+      <c r="E163" t="s">
+        <v>5</v>
+      </c>
+      <c r="F163" t="s">
+        <v>6</v>
+      </c>
+      <c r="G163">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
+        <v>76</v>
+      </c>
+      <c r="B164" t="s">
+        <v>2</v>
+      </c>
+      <c r="C164" t="s">
+        <v>3</v>
+      </c>
+      <c r="D164" t="s">
+        <v>62</v>
+      </c>
+      <c r="E164" t="s">
+        <v>12</v>
+      </c>
+      <c r="F164" t="s">
+        <v>6</v>
+      </c>
+      <c r="G164">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A165" t="s">
+        <v>76</v>
+      </c>
+      <c r="B165" t="s">
+        <v>7</v>
+      </c>
+      <c r="C165" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="D165" t="s">
         <v>9</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="E165" t="s">
+        <v>12</v>
+      </c>
+      <c r="F165" t="s">
+        <v>6</v>
+      </c>
+      <c r="G165">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A166" t="s">
+        <v>76</v>
+      </c>
+      <c r="B166" t="s">
+        <v>7</v>
+      </c>
+      <c r="C166" t="s">
+        <v>8</v>
+      </c>
+      <c r="D166" t="s">
+        <v>11</v>
+      </c>
+      <c r="E166" t="s">
+        <v>12</v>
+      </c>
+      <c r="F166" t="s">
+        <v>11</v>
+      </c>
+      <c r="G166">
+        <v>1.69</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A167" t="s">
+        <v>76</v>
+      </c>
+      <c r="B167" t="s">
+        <v>7</v>
+      </c>
+      <c r="C167" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" t="s">
+        <v>4</v>
+      </c>
+      <c r="E167" t="s">
+        <v>5</v>
+      </c>
+      <c r="F167" t="s">
+        <v>6</v>
+      </c>
+      <c r="G167">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A168" t="s">
+        <v>76</v>
+      </c>
+      <c r="B168" t="s">
+        <v>7</v>
+      </c>
+      <c r="C168" t="s">
+        <v>39</v>
+      </c>
+      <c r="D168" t="s">
+        <v>11</v>
+      </c>
+      <c r="E168" t="s">
+        <v>12</v>
+      </c>
+      <c r="F168" t="s">
+        <v>11</v>
+      </c>
+      <c r="G168">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A169" t="s">
+        <v>76</v>
+      </c>
+      <c r="B169" t="s">
+        <v>7</v>
+      </c>
+      <c r="C169" t="s">
         <v>10</v>
       </c>
-      <c r="D6" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="D169" t="s">
+        <v>9</v>
+      </c>
+      <c r="E169" t="s">
+        <v>5</v>
+      </c>
+      <c r="F169" t="s">
+        <v>6</v>
+      </c>
+      <c r="G169">
+        <v>3.92</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>76</v>
+      </c>
+      <c r="B170" t="s">
+        <v>7</v>
+      </c>
+      <c r="C170" t="s">
+        <v>10</v>
+      </c>
+      <c r="D170" t="s">
+        <v>9</v>
+      </c>
+      <c r="E170" t="s">
+        <v>12</v>
+      </c>
+      <c r="F170" t="s">
+        <v>6</v>
+      </c>
+      <c r="G170">
+        <v>0.54</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A171" t="s">
+        <v>76</v>
+      </c>
+      <c r="B171" t="s">
+        <v>7</v>
+      </c>
+      <c r="C171" t="s">
+        <v>10</v>
+      </c>
+      <c r="D171" t="s">
+        <v>20</v>
+      </c>
+      <c r="E171" t="s">
+        <v>5</v>
+      </c>
+      <c r="F171" t="s">
+        <v>6</v>
+      </c>
+      <c r="G171">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A172" t="s">
+        <v>76</v>
+      </c>
+      <c r="B172" t="s">
+        <v>7</v>
+      </c>
+      <c r="C172" t="s">
+        <v>10</v>
+      </c>
+      <c r="D172" t="s">
+        <v>20</v>
+      </c>
+      <c r="E172" t="s">
+        <v>12</v>
+      </c>
+      <c r="F172" t="s">
+        <v>6</v>
+      </c>
+      <c r="G172">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>76</v>
+      </c>
+      <c r="B173" t="s">
+        <v>7</v>
+      </c>
+      <c r="C173" t="s">
+        <v>10</v>
+      </c>
+      <c r="D173" t="s">
+        <v>11</v>
+      </c>
+      <c r="E173" t="s">
+        <v>12</v>
+      </c>
+      <c r="F173" t="s">
+        <v>11</v>
+      </c>
+      <c r="G173">
+        <v>1.62</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A174" t="s">
+        <v>76</v>
+      </c>
+      <c r="B174" t="s">
+        <v>7</v>
+      </c>
+      <c r="C174" t="s">
         <v>14</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G6">
+      <c r="D174" t="s">
+        <v>9</v>
+      </c>
+      <c r="E174" t="s">
+        <v>12</v>
+      </c>
+      <c r="F174" t="s">
+        <v>6</v>
+      </c>
+      <c r="G174">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A175" t="s">
+        <v>76</v>
+      </c>
+      <c r="B175" t="s">
+        <v>7</v>
+      </c>
+      <c r="C175" t="s">
+        <v>14</v>
+      </c>
+      <c r="D175" t="s">
+        <v>11</v>
+      </c>
+      <c r="E175" t="s">
+        <v>12</v>
+      </c>
+      <c r="F175" t="s">
+        <v>11</v>
+      </c>
+      <c r="G175">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A176" t="s">
+        <v>76</v>
+      </c>
+      <c r="B176" t="s">
+        <v>7</v>
+      </c>
+      <c r="C176" t="s">
+        <v>14</v>
+      </c>
+      <c r="D176" t="s">
+        <v>4</v>
+      </c>
+      <c r="E176" t="s">
+        <v>12</v>
+      </c>
+      <c r="F176" t="s">
+        <v>6</v>
+      </c>
+      <c r="G176">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A177" t="s">
+        <v>76</v>
+      </c>
+      <c r="B177" t="s">
+        <v>7</v>
+      </c>
+      <c r="C177" t="s">
+        <v>16</v>
+      </c>
+      <c r="D177" t="s">
+        <v>20</v>
+      </c>
+      <c r="E177" t="s">
+        <v>12</v>
+      </c>
+      <c r="F177" t="s">
+        <v>6</v>
+      </c>
+      <c r="G177">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A178" t="s">
+        <v>76</v>
+      </c>
+      <c r="B178" t="s">
+        <v>7</v>
+      </c>
+      <c r="C178" t="s">
+        <v>16</v>
+      </c>
+      <c r="D178" t="s">
+        <v>11</v>
+      </c>
+      <c r="E178" t="s">
+        <v>5</v>
+      </c>
+      <c r="F178" t="s">
+        <v>11</v>
+      </c>
+      <c r="G178">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A179" t="s">
+        <v>76</v>
+      </c>
+      <c r="B179" t="s">
+        <v>7</v>
+      </c>
+      <c r="C179" t="s">
+        <v>16</v>
+      </c>
+      <c r="D179" t="s">
+        <v>11</v>
+      </c>
+      <c r="E179" t="s">
+        <v>12</v>
+      </c>
+      <c r="F179" t="s">
+        <v>11</v>
+      </c>
+      <c r="G179">
+        <v>3.58</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A180" t="s">
+        <v>76</v>
+      </c>
+      <c r="B180" t="s">
+        <v>7</v>
+      </c>
+      <c r="C180" t="s">
+        <v>16</v>
+      </c>
+      <c r="D180" t="s">
+        <v>4</v>
+      </c>
+      <c r="E180" t="s">
+        <v>12</v>
+      </c>
+      <c r="F180" t="s">
+        <v>6</v>
+      </c>
+      <c r="G180">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A181" t="s">
+        <v>76</v>
+      </c>
+      <c r="B181" t="s">
+        <v>7</v>
+      </c>
+      <c r="C181" t="s">
+        <v>71</v>
+      </c>
+      <c r="D181" t="s">
+        <v>11</v>
+      </c>
+      <c r="E181" t="s">
+        <v>12</v>
+      </c>
+      <c r="F181" t="s">
+        <v>11</v>
+      </c>
+      <c r="G181">
+        <v>2.92</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A182" t="s">
+        <v>76</v>
+      </c>
+      <c r="B182" t="s">
+        <v>17</v>
+      </c>
+      <c r="C182" t="s">
+        <v>77</v>
+      </c>
+      <c r="D182" t="s">
+        <v>35</v>
+      </c>
+      <c r="E182" t="s">
+        <v>5</v>
+      </c>
+      <c r="F182" t="s">
+        <v>6</v>
+      </c>
+      <c r="G182">
         <v>2</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+    <row r="183" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A183" t="s">
+        <v>76</v>
+      </c>
+      <c r="B183" t="s">
+        <v>17</v>
+      </c>
+      <c r="C183" t="s">
+        <v>51</v>
+      </c>
+      <c r="D183" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" t="s">
+        <v>5</v>
+      </c>
+      <c r="F183" t="s">
+        <v>6</v>
+      </c>
+      <c r="G183">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A184" t="s">
+        <v>76</v>
+      </c>
+      <c r="B184" t="s">
+        <v>17</v>
+      </c>
+      <c r="C184" t="s">
+        <v>72</v>
+      </c>
+      <c r="D184" t="s">
+        <v>9</v>
+      </c>
+      <c r="E184" t="s">
+        <v>5</v>
+      </c>
+      <c r="F184" t="s">
+        <v>6</v>
+      </c>
+      <c r="G184">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A185" t="s">
+        <v>76</v>
+      </c>
+      <c r="B185" t="s">
+        <v>17</v>
+      </c>
+      <c r="C185" t="s">
+        <v>72</v>
+      </c>
+      <c r="D185" t="s">
+        <v>62</v>
+      </c>
+      <c r="E185" t="s">
+        <v>5</v>
+      </c>
+      <c r="F185" t="s">
+        <v>6</v>
+      </c>
+      <c r="G185">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>76</v>
+      </c>
+      <c r="B186" t="s">
+        <v>17</v>
+      </c>
+      <c r="C186" t="s">
+        <v>41</v>
+      </c>
+      <c r="D186" t="s">
+        <v>4</v>
+      </c>
+      <c r="E186" t="s">
+        <v>12</v>
+      </c>
+      <c r="F186" t="s">
+        <v>6</v>
+      </c>
+      <c r="G186">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>76</v>
+      </c>
+      <c r="B187" t="s">
+        <v>23</v>
+      </c>
+      <c r="C187" t="s">
+        <v>42</v>
+      </c>
+      <c r="D187" t="s">
+        <v>11</v>
+      </c>
+      <c r="E187" t="s">
+        <v>5</v>
+      </c>
+      <c r="F187" t="s">
+        <v>11</v>
+      </c>
+      <c r="G187">
+        <v>2.44</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A188" t="s">
+        <v>76</v>
+      </c>
+      <c r="B188" t="s">
+        <v>23</v>
+      </c>
+      <c r="C188" t="s">
+        <v>42</v>
+      </c>
+      <c r="D188" t="s">
+        <v>11</v>
+      </c>
+      <c r="E188" t="s">
+        <v>12</v>
+      </c>
+      <c r="F188" t="s">
+        <v>11</v>
+      </c>
+      <c r="G188">
+        <v>3.44</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>76</v>
+      </c>
+      <c r="B189" t="s">
+        <v>23</v>
+      </c>
+      <c r="C189" t="s">
+        <v>24</v>
+      </c>
+      <c r="D189" t="s">
+        <v>9</v>
+      </c>
+      <c r="E189" t="s">
+        <v>5</v>
+      </c>
+      <c r="F189" t="s">
+        <v>6</v>
+      </c>
+      <c r="G189">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A190" t="s">
+        <v>76</v>
+      </c>
+      <c r="B190" t="s">
+        <v>23</v>
+      </c>
+      <c r="C190" t="s">
+        <v>24</v>
+      </c>
+      <c r="D190" t="s">
+        <v>9</v>
+      </c>
+      <c r="E190" t="s">
+        <v>12</v>
+      </c>
+      <c r="F190" t="s">
+        <v>6</v>
+      </c>
+      <c r="G190">
+        <v>3.08</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A191" t="s">
+        <v>76</v>
+      </c>
+      <c r="B191" t="s">
+        <v>23</v>
+      </c>
+      <c r="C191" t="s">
+        <v>24</v>
+      </c>
+      <c r="D191" t="s">
+        <v>20</v>
+      </c>
+      <c r="E191" t="s">
+        <v>12</v>
+      </c>
+      <c r="F191" t="s">
+        <v>6</v>
+      </c>
+      <c r="G191">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A192" t="s">
+        <v>76</v>
+      </c>
+      <c r="B192" t="s">
+        <v>23</v>
+      </c>
+      <c r="C192" t="s">
+        <v>24</v>
+      </c>
+      <c r="D192" t="s">
+        <v>11</v>
+      </c>
+      <c r="E192" t="s">
+        <v>5</v>
+      </c>
+      <c r="F192" t="s">
+        <v>11</v>
+      </c>
+      <c r="G192">
+        <v>2.33</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A193" t="s">
+        <v>76</v>
+      </c>
+      <c r="B193" t="s">
+        <v>23</v>
+      </c>
+      <c r="C193" t="s">
+        <v>24</v>
+      </c>
+      <c r="D193" t="s">
+        <v>11</v>
+      </c>
+      <c r="E193" t="s">
+        <v>12</v>
+      </c>
+      <c r="F193" t="s">
+        <v>11</v>
+      </c>
+      <c r="G193">
+        <v>3.35</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A194" t="s">
+        <v>76</v>
+      </c>
+      <c r="B194" t="s">
+        <v>23</v>
+      </c>
+      <c r="C194" t="s">
+        <v>24</v>
+      </c>
+      <c r="D194" t="s">
+        <v>4</v>
+      </c>
+      <c r="E194" t="s">
+        <v>12</v>
+      </c>
+      <c r="F194" t="s">
+        <v>6</v>
+      </c>
+      <c r="G194">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A195" t="s">
+        <v>76</v>
+      </c>
+      <c r="B195" t="s">
+        <v>23</v>
+      </c>
+      <c r="C195" t="s">
+        <v>25</v>
+      </c>
+      <c r="D195" t="s">
+        <v>9</v>
+      </c>
+      <c r="E195" t="s">
+        <v>12</v>
+      </c>
+      <c r="F195" t="s">
+        <v>6</v>
+      </c>
+      <c r="G195">
+        <v>0.96</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A196" t="s">
+        <v>76</v>
+      </c>
+      <c r="B196" t="s">
+        <v>23</v>
+      </c>
+      <c r="C196" t="s">
+        <v>25</v>
+      </c>
+      <c r="D196" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" t="s">
+        <v>12</v>
+      </c>
+      <c r="F196" t="s">
+        <v>6</v>
+      </c>
+      <c r="G196">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A197" t="s">
+        <v>76</v>
+      </c>
+      <c r="B197" t="s">
+        <v>23</v>
+      </c>
+      <c r="C197" t="s">
+        <v>25</v>
+      </c>
+      <c r="D197" t="s">
+        <v>11</v>
+      </c>
+      <c r="E197" t="s">
+        <v>5</v>
+      </c>
+      <c r="F197" t="s">
+        <v>11</v>
+      </c>
+      <c r="G197">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A198" t="s">
+        <v>76</v>
+      </c>
+      <c r="B198" t="s">
+        <v>23</v>
+      </c>
+      <c r="C198" t="s">
+        <v>25</v>
+      </c>
+      <c r="D198" t="s">
+        <v>11</v>
+      </c>
+      <c r="E198" t="s">
+        <v>12</v>
+      </c>
+      <c r="F198" t="s">
+        <v>11</v>
+      </c>
+      <c r="G198">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A199" t="s">
+        <v>76</v>
+      </c>
+      <c r="B199" t="s">
+        <v>23</v>
+      </c>
+      <c r="C199" t="s">
+        <v>25</v>
+      </c>
+      <c r="D199" t="s">
+        <v>4</v>
+      </c>
+      <c r="E199" t="s">
+        <v>5</v>
+      </c>
+      <c r="F199" t="s">
+        <v>6</v>
+      </c>
+      <c r="G199">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A200" t="s">
+        <v>76</v>
+      </c>
+      <c r="B200" t="s">
+        <v>23</v>
+      </c>
+      <c r="C200" t="s">
+        <v>25</v>
+      </c>
+      <c r="D200" t="s">
+        <v>4</v>
+      </c>
+      <c r="E200" t="s">
+        <v>12</v>
+      </c>
+      <c r="F200" t="s">
+        <v>6</v>
+      </c>
+      <c r="G200">
+        <v>1.29</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A201" t="s">
+        <v>76</v>
+      </c>
+      <c r="B201" t="s">
+        <v>23</v>
+      </c>
+      <c r="C201" t="s">
+        <v>26</v>
+      </c>
+      <c r="D201" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" t="s">
+        <v>12</v>
+      </c>
+      <c r="F201" t="s">
+        <v>6</v>
+      </c>
+      <c r="G201">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A202" t="s">
+        <v>76</v>
+      </c>
+      <c r="B202" t="s">
+        <v>23</v>
+      </c>
+      <c r="C202" t="s">
+        <v>26</v>
+      </c>
+      <c r="D202" t="s">
+        <v>20</v>
+      </c>
+      <c r="E202" t="s">
+        <v>12</v>
+      </c>
+      <c r="F202" t="s">
+        <v>6</v>
+      </c>
+      <c r="G202">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A203" t="s">
+        <v>76</v>
+      </c>
+      <c r="B203" t="s">
+        <v>23</v>
+      </c>
+      <c r="C203" t="s">
+        <v>26</v>
+      </c>
+      <c r="D203" t="s">
+        <v>11</v>
+      </c>
+      <c r="E203" t="s">
+        <v>5</v>
+      </c>
+      <c r="F203" t="s">
+        <v>11</v>
+      </c>
+      <c r="G203">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A204" t="s">
+        <v>76</v>
+      </c>
+      <c r="B204" t="s">
+        <v>23</v>
+      </c>
+      <c r="C204" t="s">
+        <v>26</v>
+      </c>
+      <c r="D204" t="s">
+        <v>11</v>
+      </c>
+      <c r="E204" t="s">
+        <v>12</v>
+      </c>
+      <c r="F204" t="s">
+        <v>11</v>
+      </c>
+      <c r="G204">
+        <v>2.11</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A205" t="s">
+        <v>76</v>
+      </c>
+      <c r="B205" t="s">
+        <v>23</v>
+      </c>
+      <c r="C205" t="s">
+        <v>26</v>
+      </c>
+      <c r="D205" t="s">
+        <v>4</v>
+      </c>
+      <c r="E205" t="s">
+        <v>12</v>
+      </c>
+      <c r="F205" t="s">
+        <v>6</v>
+      </c>
+      <c r="G205">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A206" t="s">
+        <v>76</v>
+      </c>
+      <c r="B206" t="s">
+        <v>23</v>
+      </c>
+      <c r="C206" t="s">
+        <v>27</v>
+      </c>
+      <c r="D206" t="s">
+        <v>4</v>
+      </c>
+      <c r="E206" t="s">
+        <v>12</v>
+      </c>
+      <c r="F206" t="s">
+        <v>6</v>
+      </c>
+      <c r="G206">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A207" t="s">
+        <v>76</v>
+      </c>
+      <c r="B207" t="s">
+        <v>23</v>
+      </c>
+      <c r="C207" t="s">
+        <v>28</v>
+      </c>
+      <c r="D207" t="s">
+        <v>4</v>
+      </c>
+      <c r="E207" t="s">
+        <v>12</v>
+      </c>
+      <c r="F207" t="s">
+        <v>6</v>
+      </c>
+      <c r="G207">
+        <v>1.67</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A208" t="s">
+        <v>76</v>
+      </c>
+      <c r="B208" t="s">
+        <v>23</v>
+      </c>
+      <c r="C208" t="s">
+        <v>29</v>
+      </c>
+      <c r="D208" t="s">
+        <v>11</v>
+      </c>
+      <c r="E208" t="s">
+        <v>12</v>
+      </c>
+      <c r="F208" t="s">
+        <v>11</v>
+      </c>
+      <c r="G208">
+        <v>2.17</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A209" t="s">
+        <v>76</v>
+      </c>
+      <c r="B209" t="s">
+        <v>23</v>
+      </c>
+      <c r="C209" t="s">
+        <v>29</v>
+      </c>
+      <c r="D209" t="s">
+        <v>4</v>
+      </c>
+      <c r="E209" t="s">
+        <v>5</v>
+      </c>
+      <c r="F209" t="s">
+        <v>6</v>
+      </c>
+      <c r="G209">
+        <v>2.02</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A210" t="s">
+        <v>76</v>
+      </c>
+      <c r="B210" t="s">
+        <v>23</v>
+      </c>
+      <c r="C210" t="s">
+        <v>29</v>
+      </c>
+      <c r="D210" t="s">
+        <v>4</v>
+      </c>
+      <c r="E210" t="s">
+        <v>12</v>
+      </c>
+      <c r="F210" t="s">
+        <v>6</v>
+      </c>
+      <c r="G210">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A211" t="s">
+        <v>76</v>
+      </c>
+      <c r="B211" t="s">
+        <v>23</v>
+      </c>
+      <c r="C211" t="s">
+        <v>30</v>
+      </c>
+      <c r="D211" t="s">
+        <v>11</v>
+      </c>
+      <c r="E211" t="s">
+        <v>12</v>
+      </c>
+      <c r="F211" t="s">
+        <v>11</v>
+      </c>
+      <c r="G211">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A212" t="s">
+        <v>76</v>
+      </c>
+      <c r="B212" t="s">
+        <v>23</v>
+      </c>
+      <c r="C212" t="s">
+        <v>30</v>
+      </c>
+      <c r="D212" t="s">
+        <v>4</v>
+      </c>
+      <c r="E212" t="s">
+        <v>12</v>
+      </c>
+      <c r="F212" t="s">
+        <v>6</v>
+      </c>
+      <c r="G212">
+        <v>1.38</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A213" t="s">
+        <v>76</v>
+      </c>
+      <c r="B213" t="s">
+        <v>23</v>
+      </c>
+      <c r="C213" t="s">
+        <v>31</v>
+      </c>
+      <c r="D213" t="s">
+        <v>4</v>
+      </c>
+      <c r="E213" t="s">
+        <v>5</v>
+      </c>
+      <c r="F213" t="s">
+        <v>6</v>
+      </c>
+      <c r="G213">
+        <v>1.67</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A214" t="s">
+        <v>76</v>
+      </c>
+      <c r="B214" t="s">
+        <v>23</v>
+      </c>
+      <c r="C214" t="s">
+        <v>32</v>
+      </c>
+      <c r="D214" t="s">
+        <v>11</v>
+      </c>
+      <c r="E214" t="s">
+        <v>12</v>
+      </c>
+      <c r="F214" t="s">
+        <v>11</v>
+      </c>
+      <c r="G214">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A215" t="s">
+        <v>76</v>
+      </c>
+      <c r="B215" t="s">
+        <v>23</v>
+      </c>
+      <c r="C215" t="s">
+        <v>33</v>
+      </c>
+      <c r="D215" t="s">
+        <v>9</v>
+      </c>
+      <c r="E215" t="s">
+        <v>5</v>
+      </c>
+      <c r="F215" t="s">
+        <v>6</v>
+      </c>
+      <c r="G215">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A216" t="s">
+        <v>76</v>
+      </c>
+      <c r="B216" t="s">
+        <v>23</v>
+      </c>
+      <c r="C216" t="s">
+        <v>33</v>
+      </c>
+      <c r="D216" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" t="s">
+        <v>12</v>
+      </c>
+      <c r="F216" t="s">
+        <v>11</v>
+      </c>
+      <c r="G216">
+        <v>2.1800000000000002</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
+        <v>76</v>
+      </c>
+      <c r="B217" t="s">
+        <v>23</v>
+      </c>
+      <c r="C217" t="s">
+        <v>33</v>
+      </c>
+      <c r="D217" t="s">
+        <v>4</v>
+      </c>
+      <c r="E217" t="s">
+        <v>5</v>
+      </c>
+      <c r="F217" t="s">
+        <v>6</v>
+      </c>
+      <c r="G217">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A218" t="s">
+        <v>76</v>
+      </c>
+      <c r="B218" t="s">
+        <v>23</v>
+      </c>
+      <c r="C218" t="s">
+        <v>33</v>
+      </c>
+      <c r="D218" t="s">
+        <v>4</v>
+      </c>
+      <c r="E218" t="s">
+        <v>12</v>
+      </c>
+      <c r="F218" t="s">
+        <v>6</v>
+      </c>
+      <c r="G218">
+        <v>1.02</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A219" t="s">
+        <v>76</v>
+      </c>
+      <c r="B219" t="s">
+        <v>23</v>
+      </c>
+      <c r="C219" t="s">
+        <v>34</v>
+      </c>
+      <c r="D219" t="s">
+        <v>9</v>
+      </c>
+      <c r="E219" t="s">
+        <v>12</v>
+      </c>
+      <c r="F219" t="s">
+        <v>6</v>
+      </c>
+      <c r="G219">
+        <v>2.67</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A220" t="s">
+        <v>76</v>
+      </c>
+      <c r="B220" t="s">
+        <v>23</v>
+      </c>
+      <c r="C220" t="s">
+        <v>34</v>
+      </c>
+      <c r="D220" t="s">
+        <v>11</v>
+      </c>
+      <c r="E220" t="s">
+        <v>5</v>
+      </c>
+      <c r="F220" t="s">
+        <v>11</v>
+      </c>
+      <c r="G220">
+        <v>2.25</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A221" t="s">
+        <v>76</v>
+      </c>
+      <c r="B221" t="s">
+        <v>23</v>
+      </c>
+      <c r="C221" t="s">
+        <v>34</v>
+      </c>
+      <c r="D221" t="s">
+        <v>11</v>
+      </c>
+      <c r="E221" t="s">
+        <v>12</v>
+      </c>
+      <c r="F221" t="s">
+        <v>11</v>
+      </c>
+      <c r="G221">
+        <v>1.27</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A222" t="s">
+        <v>76</v>
+      </c>
+      <c r="B222" t="s">
+        <v>23</v>
+      </c>
+      <c r="C222" t="s">
+        <v>34</v>
+      </c>
+      <c r="D222" t="s">
+        <v>4</v>
+      </c>
+      <c r="E222" t="s">
+        <v>5</v>
+      </c>
+      <c r="F222" t="s">
+        <v>6</v>
+      </c>
+      <c r="G222">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A223" t="s">
+        <v>76</v>
+      </c>
+      <c r="B223" t="s">
+        <v>23</v>
+      </c>
+      <c r="C223" t="s">
+        <v>53</v>
+      </c>
+      <c r="D223" t="s">
+        <v>9</v>
+      </c>
+      <c r="E223" t="s">
+        <v>5</v>
+      </c>
+      <c r="F223" t="s">
+        <v>6</v>
+      </c>
+      <c r="G223">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A224" t="s">
+        <v>76</v>
+      </c>
+      <c r="B224" t="s">
+        <v>78</v>
+      </c>
+      <c r="C224" t="s">
+        <v>69</v>
+      </c>
+      <c r="D224" t="s">
+        <v>4</v>
+      </c>
+      <c r="E224" t="s">
+        <v>12</v>
+      </c>
+      <c r="F224" t="s">
+        <v>6</v>
+      </c>
+      <c r="G224">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A225" t="s">
+        <v>76</v>
+      </c>
+      <c r="B225" t="s">
+        <v>44</v>
+      </c>
+      <c r="C225" t="s">
+        <v>79</v>
+      </c>
+      <c r="D225" t="s">
+        <v>9</v>
+      </c>
+      <c r="E225" t="s">
+        <v>5</v>
+      </c>
+      <c r="F225" t="s">
+        <v>6</v>
+      </c>
+      <c r="G225">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A226" t="s">
+        <v>76</v>
+      </c>
+      <c r="B226" t="s">
+        <v>44</v>
+      </c>
+      <c r="C226" t="s">
+        <v>64</v>
+      </c>
+      <c r="D226" t="s">
+        <v>9</v>
+      </c>
+      <c r="E226" t="s">
+        <v>5</v>
+      </c>
+      <c r="F226" t="s">
+        <v>6</v>
+      </c>
+      <c r="G226">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A227" t="s">
+        <v>76</v>
+      </c>
+      <c r="B227" t="s">
+        <v>44</v>
+      </c>
+      <c r="C227" t="s">
+        <v>64</v>
+      </c>
+      <c r="D227" t="s">
+        <v>11</v>
+      </c>
+      <c r="E227" t="s">
+        <v>5</v>
+      </c>
+      <c r="F227" t="s">
+        <v>11</v>
+      </c>
+      <c r="G227">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A228" t="s">
+        <v>76</v>
+      </c>
+      <c r="B228" t="s">
+        <v>36</v>
+      </c>
+      <c r="C228" t="s">
+        <v>37</v>
+      </c>
+      <c r="D228" t="s">
+        <v>9</v>
+      </c>
+      <c r="E228" t="s">
+        <v>5</v>
+      </c>
+      <c r="F228" t="s">
+        <v>6</v>
+      </c>
+      <c r="G228">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A229" t="s">
+        <v>76</v>
+      </c>
+      <c r="B229" t="s">
+        <v>36</v>
+      </c>
+      <c r="C229" t="s">
+        <v>37</v>
+      </c>
+      <c r="D229" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" t="s">
+        <v>12</v>
+      </c>
+      <c r="F229" t="s">
+        <v>6</v>
+      </c>
+      <c r="G229">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A230" t="s">
+        <v>76</v>
+      </c>
+      <c r="B230" t="s">
+        <v>36</v>
+      </c>
+      <c r="C230" t="s">
+        <v>37</v>
+      </c>
+      <c r="D230" t="s">
+        <v>11</v>
+      </c>
+      <c r="E230" t="s">
+        <v>5</v>
+      </c>
+      <c r="F230" t="s">
+        <v>11</v>
+      </c>
+      <c r="G230">
+        <v>3.46</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A231" t="s">
+        <v>76</v>
+      </c>
+      <c r="B231" t="s">
+        <v>36</v>
+      </c>
+      <c r="C231" t="s">
+        <v>37</v>
+      </c>
+      <c r="D231" t="s">
+        <v>11</v>
+      </c>
+      <c r="E231" t="s">
+        <v>12</v>
+      </c>
+      <c r="F231" t="s">
+        <v>11</v>
+      </c>
+      <c r="G231">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A232" t="s">
+        <v>76</v>
+      </c>
+      <c r="B232" t="s">
+        <v>36</v>
+      </c>
+      <c r="C232" t="s">
+        <v>37</v>
+      </c>
+      <c r="D232" t="s">
+        <v>4</v>
+      </c>
+      <c r="E232" t="s">
+        <v>5</v>
+      </c>
+      <c r="F232" t="s">
+        <v>6</v>
+      </c>
+      <c r="G232">
+        <v>3.83</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A233" t="s">
+        <v>76</v>
+      </c>
+      <c r="B233" t="s">
+        <v>80</v>
+      </c>
+      <c r="D233" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" t="s">
+        <v>5</v>
+      </c>
+      <c r="F233" t="s">
+        <v>6</v>
+      </c>
+      <c r="G233">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A234" t="s">
+        <v>70</v>
+      </c>
+      <c r="B234" t="s">
+        <v>2</v>
+      </c>
+      <c r="C234" t="s">
+        <v>3</v>
+      </c>
+      <c r="D234" t="s">
+        <v>4</v>
+      </c>
+      <c r="E234" t="s">
+        <v>5</v>
+      </c>
+      <c r="F234" t="s">
+        <v>6</v>
+      </c>
+      <c r="G234">
+        <v>2.58</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A235" t="s">
+        <v>70</v>
+      </c>
+      <c r="B235" t="s">
+        <v>7</v>
+      </c>
+      <c r="C235" t="s">
         <v>8</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="D235" t="s">
+        <v>35</v>
+      </c>
+      <c r="E235" t="s">
+        <v>12</v>
+      </c>
+      <c r="F235" t="s">
+        <v>6</v>
+      </c>
+      <c r="G235">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A236" t="s">
+        <v>70</v>
+      </c>
+      <c r="B236" t="s">
+        <v>7</v>
+      </c>
+      <c r="C236" t="s">
+        <v>8</v>
+      </c>
+      <c r="D236" t="s">
+        <v>11</v>
+      </c>
+      <c r="E236" t="s">
+        <v>12</v>
+      </c>
+      <c r="F236" t="s">
+        <v>11</v>
+      </c>
+      <c r="G236">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A237" t="s">
+        <v>70</v>
+      </c>
+      <c r="B237" t="s">
+        <v>7</v>
+      </c>
+      <c r="C237" t="s">
+        <v>8</v>
+      </c>
+      <c r="D237" t="s">
+        <v>4</v>
+      </c>
+      <c r="E237" t="s">
+        <v>5</v>
+      </c>
+      <c r="F237" t="s">
+        <v>6</v>
+      </c>
+      <c r="G237">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A238" t="s">
+        <v>70</v>
+      </c>
+      <c r="B238" t="s">
+        <v>7</v>
+      </c>
+      <c r="C238" t="s">
+        <v>39</v>
+      </c>
+      <c r="D238" t="s">
         <v>9</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="E238" t="s">
+        <v>12</v>
+      </c>
+      <c r="F238" t="s">
+        <v>6</v>
+      </c>
+      <c r="G238">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A239" t="s">
+        <v>70</v>
+      </c>
+      <c r="B239" t="s">
+        <v>7</v>
+      </c>
+      <c r="C239" t="s">
+        <v>39</v>
+      </c>
+      <c r="D239" t="s">
+        <v>11</v>
+      </c>
+      <c r="E239" t="s">
+        <v>12</v>
+      </c>
+      <c r="F239" t="s">
+        <v>11</v>
+      </c>
+      <c r="G239">
+        <v>1.17</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A240" t="s">
+        <v>70</v>
+      </c>
+      <c r="B240" t="s">
+        <v>7</v>
+      </c>
+      <c r="C240" t="s">
         <v>10</v>
       </c>
-      <c r="D7" s="3" t="s">
+      <c r="D240" t="s">
+        <v>9</v>
+      </c>
+      <c r="E240" t="s">
+        <v>12</v>
+      </c>
+      <c r="F240" t="s">
+        <v>6</v>
+      </c>
+      <c r="G240">
+        <v>0.72</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A241" t="s">
+        <v>70</v>
+      </c>
+      <c r="B241" t="s">
+        <v>7</v>
+      </c>
+      <c r="C241" t="s">
+        <v>10</v>
+      </c>
+      <c r="D241" t="s">
+        <v>11</v>
+      </c>
+      <c r="E241" t="s">
+        <v>5</v>
+      </c>
+      <c r="F241" t="s">
+        <v>11</v>
+      </c>
+      <c r="G241">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A242" t="s">
+        <v>70</v>
+      </c>
+      <c r="B242" t="s">
+        <v>7</v>
+      </c>
+      <c r="C242" t="s">
+        <v>10</v>
+      </c>
+      <c r="D242" t="s">
+        <v>11</v>
+      </c>
+      <c r="E242" t="s">
+        <v>12</v>
+      </c>
+      <c r="F242" t="s">
+        <v>11</v>
+      </c>
+      <c r="G242">
+        <v>2.06</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A243" t="s">
+        <v>70</v>
+      </c>
+      <c r="B243" t="s">
+        <v>7</v>
+      </c>
+      <c r="C243" t="s">
+        <v>13</v>
+      </c>
+      <c r="D243" t="s">
+        <v>11</v>
+      </c>
+      <c r="E243" t="s">
+        <v>12</v>
+      </c>
+      <c r="F243" t="s">
+        <v>11</v>
+      </c>
+      <c r="G243">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A244" t="s">
+        <v>70</v>
+      </c>
+      <c r="B244" t="s">
+        <v>7</v>
+      </c>
+      <c r="C244" t="s">
+        <v>16</v>
+      </c>
+      <c r="D244" t="s">
+        <v>9</v>
+      </c>
+      <c r="E244" t="s">
+        <v>12</v>
+      </c>
+      <c r="F244" t="s">
+        <v>6</v>
+      </c>
+      <c r="G244">
+        <v>2.83</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A245" t="s">
+        <v>70</v>
+      </c>
+      <c r="B245" t="s">
+        <v>7</v>
+      </c>
+      <c r="C245" t="s">
+        <v>16</v>
+      </c>
+      <c r="D245" t="s">
         <v>15</v>
       </c>
-      <c r="E7" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G7">
+      <c r="E245" t="s">
+        <v>12</v>
+      </c>
+      <c r="F245" t="s">
+        <v>6</v>
+      </c>
+      <c r="G245">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A246" t="s">
+        <v>70</v>
+      </c>
+      <c r="B246" t="s">
+        <v>7</v>
+      </c>
+      <c r="C246" t="s">
+        <v>16</v>
+      </c>
+      <c r="D246" t="s">
+        <v>11</v>
+      </c>
+      <c r="E246" t="s">
+        <v>5</v>
+      </c>
+      <c r="F246" t="s">
+        <v>11</v>
+      </c>
+      <c r="G246">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A247" t="s">
+        <v>70</v>
+      </c>
+      <c r="B247" t="s">
+        <v>7</v>
+      </c>
+      <c r="C247" t="s">
+        <v>16</v>
+      </c>
+      <c r="D247" t="s">
+        <v>11</v>
+      </c>
+      <c r="E247" t="s">
+        <v>12</v>
+      </c>
+      <c r="F247" t="s">
+        <v>11</v>
+      </c>
+      <c r="G247">
+        <v>2.17</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A248" t="s">
+        <v>70</v>
+      </c>
+      <c r="B248" t="s">
+        <v>7</v>
+      </c>
+      <c r="C248" t="s">
+        <v>71</v>
+      </c>
+      <c r="D248" t="s">
+        <v>11</v>
+      </c>
+      <c r="E248" t="s">
+        <v>12</v>
+      </c>
+      <c r="F248" t="s">
+        <v>11</v>
+      </c>
+      <c r="G248">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A249" t="s">
+        <v>70</v>
+      </c>
+      <c r="B249" t="s">
+        <v>17</v>
+      </c>
+      <c r="C249" t="s">
+        <v>19</v>
+      </c>
+      <c r="D249" t="s">
+        <v>9</v>
+      </c>
+      <c r="E249" t="s">
+        <v>5</v>
+      </c>
+      <c r="F249" t="s">
+        <v>6</v>
+      </c>
+      <c r="G249">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A250" t="s">
+        <v>70</v>
+      </c>
+      <c r="B250" t="s">
+        <v>17</v>
+      </c>
+      <c r="C250" t="s">
+        <v>19</v>
+      </c>
+      <c r="D250" t="s">
+        <v>11</v>
+      </c>
+      <c r="E250" t="s">
+        <v>5</v>
+      </c>
+      <c r="F250" t="s">
+        <v>11</v>
+      </c>
+      <c r="G250">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A251" t="s">
+        <v>70</v>
+      </c>
+      <c r="B251" t="s">
+        <v>17</v>
+      </c>
+      <c r="C251" t="s">
+        <v>72</v>
+      </c>
+      <c r="D251" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" t="s">
+        <v>12</v>
+      </c>
+      <c r="F251" t="s">
+        <v>6</v>
+      </c>
+      <c r="G251">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A252" t="s">
+        <v>70</v>
+      </c>
+      <c r="B252" t="s">
+        <v>17</v>
+      </c>
+      <c r="C252" t="s">
+        <v>41</v>
+      </c>
+      <c r="D252" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" t="s">
+        <v>5</v>
+      </c>
+      <c r="F252" t="s">
+        <v>6</v>
+      </c>
+      <c r="G252">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A253" t="s">
+        <v>70</v>
+      </c>
+      <c r="B253" t="s">
+        <v>17</v>
+      </c>
+      <c r="C253" t="s">
+        <v>41</v>
+      </c>
+      <c r="D253" t="s">
+        <v>4</v>
+      </c>
+      <c r="E253" t="s">
+        <v>5</v>
+      </c>
+      <c r="F253" t="s">
+        <v>6</v>
+      </c>
+      <c r="G253">
+        <v>3.17</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A254" t="s">
+        <v>70</v>
+      </c>
+      <c r="B254" t="s">
+        <v>17</v>
+      </c>
+      <c r="C254" t="s">
+        <v>41</v>
+      </c>
+      <c r="D254" t="s">
+        <v>4</v>
+      </c>
+      <c r="E254" t="s">
+        <v>12</v>
+      </c>
+      <c r="F254" t="s">
+        <v>6</v>
+      </c>
+      <c r="G254">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A255" t="s">
+        <v>70</v>
+      </c>
+      <c r="B255" t="s">
+        <v>23</v>
+      </c>
+      <c r="C255" t="s">
+        <v>42</v>
+      </c>
+      <c r="D255" t="s">
+        <v>11</v>
+      </c>
+      <c r="E255" t="s">
+        <v>5</v>
+      </c>
+      <c r="F255" t="s">
+        <v>11</v>
+      </c>
+      <c r="G255">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A256" t="s">
+        <v>70</v>
+      </c>
+      <c r="B256" t="s">
+        <v>23</v>
+      </c>
+      <c r="C256" t="s">
+        <v>42</v>
+      </c>
+      <c r="D256" t="s">
+        <v>4</v>
+      </c>
+      <c r="E256" t="s">
+        <v>5</v>
+      </c>
+      <c r="F256" t="s">
+        <v>6</v>
+      </c>
+      <c r="G256">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A257" t="s">
+        <v>70</v>
+      </c>
+      <c r="B257" t="s">
+        <v>23</v>
+      </c>
+      <c r="C257" t="s">
+        <v>42</v>
+      </c>
+      <c r="D257" t="s">
+        <v>4</v>
+      </c>
+      <c r="E257" t="s">
+        <v>12</v>
+      </c>
+      <c r="F257" t="s">
+        <v>6</v>
+      </c>
+      <c r="G257">
+        <v>3.08</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A258" t="s">
+        <v>70</v>
+      </c>
+      <c r="B258" t="s">
+        <v>23</v>
+      </c>
+      <c r="C258" t="s">
+        <v>73</v>
+      </c>
+      <c r="D258" t="s">
+        <v>4</v>
+      </c>
+      <c r="E258" t="s">
+        <v>5</v>
+      </c>
+      <c r="F258" t="s">
+        <v>6</v>
+      </c>
+      <c r="G258">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A259" t="s">
+        <v>70</v>
+      </c>
+      <c r="B259" t="s">
+        <v>23</v>
+      </c>
+      <c r="C259" t="s">
+        <v>24</v>
+      </c>
+      <c r="D259" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" t="s">
+        <v>12</v>
+      </c>
+      <c r="F259" t="s">
+        <v>6</v>
+      </c>
+      <c r="G259">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A260" t="s">
+        <v>70</v>
+      </c>
+      <c r="B260" t="s">
+        <v>23</v>
+      </c>
+      <c r="C260" t="s">
+        <v>24</v>
+      </c>
+      <c r="D260" t="s">
+        <v>11</v>
+      </c>
+      <c r="E260" t="s">
+        <v>5</v>
+      </c>
+      <c r="F260" t="s">
+        <v>11</v>
+      </c>
+      <c r="G260">
+        <v>2.33</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A261" t="s">
+        <v>70</v>
+      </c>
+      <c r="B261" t="s">
+        <v>23</v>
+      </c>
+      <c r="C261" t="s">
+        <v>24</v>
+      </c>
+      <c r="D261" t="s">
+        <v>11</v>
+      </c>
+      <c r="E261" t="s">
+        <v>12</v>
+      </c>
+      <c r="F261" t="s">
+        <v>11</v>
+      </c>
+      <c r="G261">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A262" t="s">
+        <v>70</v>
+      </c>
+      <c r="B262" t="s">
+        <v>23</v>
+      </c>
+      <c r="C262" t="s">
+        <v>24</v>
+      </c>
+      <c r="D262" t="s">
+        <v>4</v>
+      </c>
+      <c r="E262" t="s">
+        <v>5</v>
+      </c>
+      <c r="F262" t="s">
+        <v>6</v>
+      </c>
+      <c r="G262">
+        <v>2.58</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A263" t="s">
+        <v>70</v>
+      </c>
+      <c r="B263" t="s">
+        <v>23</v>
+      </c>
+      <c r="C263" t="s">
+        <v>24</v>
+      </c>
+      <c r="D263" t="s">
+        <v>4</v>
+      </c>
+      <c r="E263" t="s">
+        <v>12</v>
+      </c>
+      <c r="F263" t="s">
+        <v>6</v>
+      </c>
+      <c r="G263">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A264" t="s">
+        <v>70</v>
+      </c>
+      <c r="B264" t="s">
+        <v>23</v>
+      </c>
+      <c r="C264" t="s">
+        <v>25</v>
+      </c>
+      <c r="D264" t="s">
+        <v>9</v>
+      </c>
+      <c r="E264" t="s">
+        <v>5</v>
+      </c>
+      <c r="F264" t="s">
+        <v>6</v>
+      </c>
+      <c r="G264">
+        <v>0.67</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A265" t="s">
+        <v>70</v>
+      </c>
+      <c r="B265" t="s">
+        <v>23</v>
+      </c>
+      <c r="C265" t="s">
+        <v>25</v>
+      </c>
+      <c r="D265" t="s">
+        <v>9</v>
+      </c>
+      <c r="E265" t="s">
+        <v>12</v>
+      </c>
+      <c r="F265" t="s">
+        <v>6</v>
+      </c>
+      <c r="G265">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="266" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A266" t="s">
+        <v>70</v>
+      </c>
+      <c r="B266" t="s">
+        <v>23</v>
+      </c>
+      <c r="C266" t="s">
+        <v>25</v>
+      </c>
+      <c r="D266" t="s">
+        <v>11</v>
+      </c>
+      <c r="E266" t="s">
+        <v>5</v>
+      </c>
+      <c r="F266" t="s">
+        <v>11</v>
+      </c>
+      <c r="G266">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A267" t="s">
+        <v>70</v>
+      </c>
+      <c r="B267" t="s">
+        <v>23</v>
+      </c>
+      <c r="C267" t="s">
+        <v>25</v>
+      </c>
+      <c r="D267" t="s">
+        <v>11</v>
+      </c>
+      <c r="E267" t="s">
+        <v>12</v>
+      </c>
+      <c r="F267" t="s">
+        <v>11</v>
+      </c>
+      <c r="G267">
+        <v>1.63</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A268" t="s">
+        <v>70</v>
+      </c>
+      <c r="B268" t="s">
+        <v>23</v>
+      </c>
+      <c r="C268" t="s">
+        <v>25</v>
+      </c>
+      <c r="D268" t="s">
+        <v>4</v>
+      </c>
+      <c r="E268" t="s">
+        <v>5</v>
+      </c>
+      <c r="F268" t="s">
+        <v>6</v>
+      </c>
+      <c r="G268">
+        <v>0.57999999999999996</v>
+      </c>
+    </row>
+    <row r="269" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A269" t="s">
+        <v>70</v>
+      </c>
+      <c r="B269" t="s">
+        <v>23</v>
+      </c>
+      <c r="C269" t="s">
+        <v>26</v>
+      </c>
+      <c r="D269" t="s">
+        <v>9</v>
+      </c>
+      <c r="E269" t="s">
+        <v>12</v>
+      </c>
+      <c r="F269" t="s">
+        <v>6</v>
+      </c>
+      <c r="G269">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="270" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A270" t="s">
+        <v>70</v>
+      </c>
+      <c r="B270" t="s">
+        <v>23</v>
+      </c>
+      <c r="C270" t="s">
+        <v>26</v>
+      </c>
+      <c r="D270" t="s">
+        <v>11</v>
+      </c>
+      <c r="E270" t="s">
+        <v>5</v>
+      </c>
+      <c r="F270" t="s">
+        <v>11</v>
+      </c>
+      <c r="G270">
+        <v>0.63</v>
+      </c>
+    </row>
+    <row r="271" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A271" t="s">
+        <v>70</v>
+      </c>
+      <c r="B271" t="s">
+        <v>23</v>
+      </c>
+      <c r="C271" t="s">
+        <v>26</v>
+      </c>
+      <c r="D271" t="s">
+        <v>11</v>
+      </c>
+      <c r="E271" t="s">
+        <v>12</v>
+      </c>
+      <c r="F271" t="s">
+        <v>11</v>
+      </c>
+      <c r="G271">
+        <v>1.83</v>
+      </c>
+    </row>
+    <row r="272" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A272" t="s">
+        <v>70</v>
+      </c>
+      <c r="B272" t="s">
+        <v>23</v>
+      </c>
+      <c r="C272" t="s">
+        <v>26</v>
+      </c>
+      <c r="D272" t="s">
+        <v>4</v>
+      </c>
+      <c r="E272" t="s">
+        <v>5</v>
+      </c>
+      <c r="F272" t="s">
+        <v>6</v>
+      </c>
+      <c r="G272">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="273" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A273" t="s">
+        <v>70</v>
+      </c>
+      <c r="B273" t="s">
+        <v>23</v>
+      </c>
+      <c r="C273" t="s">
+        <v>26</v>
+      </c>
+      <c r="D273" t="s">
+        <v>4</v>
+      </c>
+      <c r="E273" t="s">
+        <v>12</v>
+      </c>
+      <c r="F273" t="s">
+        <v>6</v>
+      </c>
+      <c r="G273">
+        <v>2.0299999999999998</v>
+      </c>
+    </row>
+    <row r="274" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A274" t="s">
+        <v>70</v>
+      </c>
+      <c r="B274" t="s">
+        <v>23</v>
+      </c>
+      <c r="C274" t="s">
+        <v>28</v>
+      </c>
+      <c r="D274" t="s">
+        <v>9</v>
+      </c>
+      <c r="E274" t="s">
+        <v>5</v>
+      </c>
+      <c r="F274" t="s">
+        <v>6</v>
+      </c>
+      <c r="G274">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A275" t="s">
+        <v>70</v>
+      </c>
+      <c r="B275" t="s">
+        <v>23</v>
+      </c>
+      <c r="C275" t="s">
+        <v>28</v>
+      </c>
+      <c r="D275" t="s">
+        <v>35</v>
+      </c>
+      <c r="E275" t="s">
+        <v>12</v>
+      </c>
+      <c r="F275" t="s">
+        <v>6</v>
+      </c>
+      <c r="G275">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A276" t="s">
+        <v>70</v>
+      </c>
+      <c r="B276" t="s">
+        <v>23</v>
+      </c>
+      <c r="C276" t="s">
+        <v>28</v>
+      </c>
+      <c r="D276" t="s">
+        <v>62</v>
+      </c>
+      <c r="E276" t="s">
+        <v>12</v>
+      </c>
+      <c r="F276" t="s">
+        <v>6</v>
+      </c>
+      <c r="G276">
+        <v>2.42</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A277" t="s">
+        <v>70</v>
+      </c>
+      <c r="B277" t="s">
+        <v>23</v>
+      </c>
+      <c r="C277" t="s">
+        <v>28</v>
+      </c>
+      <c r="D277" t="s">
+        <v>11</v>
+      </c>
+      <c r="E277" t="s">
+        <v>12</v>
+      </c>
+      <c r="F277" t="s">
+        <v>11</v>
+      </c>
+      <c r="G277">
+        <v>1.44</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A278" t="s">
+        <v>70</v>
+      </c>
+      <c r="B278" t="s">
+        <v>23</v>
+      </c>
+      <c r="C278" t="s">
+        <v>29</v>
+      </c>
+      <c r="D278" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" t="s">
+        <v>12</v>
+      </c>
+      <c r="F278" t="s">
+        <v>6</v>
+      </c>
+      <c r="G278">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A279" t="s">
+        <v>70</v>
+      </c>
+      <c r="B279" t="s">
+        <v>23</v>
+      </c>
+      <c r="C279" t="s">
+        <v>29</v>
+      </c>
+      <c r="D279" t="s">
+        <v>11</v>
+      </c>
+      <c r="E279" t="s">
+        <v>5</v>
+      </c>
+      <c r="F279" t="s">
+        <v>11</v>
+      </c>
+      <c r="G279">
+        <v>2.67</v>
+      </c>
+    </row>
+    <row r="280" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A280" t="s">
+        <v>70</v>
+      </c>
+      <c r="B280" t="s">
+        <v>23</v>
+      </c>
+      <c r="C280" t="s">
+        <v>29</v>
+      </c>
+      <c r="D280" t="s">
+        <v>4</v>
+      </c>
+      <c r="E280" t="s">
+        <v>5</v>
+      </c>
+      <c r="F280" t="s">
+        <v>6</v>
+      </c>
+      <c r="G280">
+        <v>2.42</v>
+      </c>
+    </row>
+    <row r="281" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A281" t="s">
+        <v>70</v>
+      </c>
+      <c r="B281" t="s">
+        <v>23</v>
+      </c>
+      <c r="C281" t="s">
+        <v>29</v>
+      </c>
+      <c r="D281" t="s">
+        <v>4</v>
+      </c>
+      <c r="E281" t="s">
+        <v>12</v>
+      </c>
+      <c r="F281" t="s">
+        <v>6</v>
+      </c>
+      <c r="G281">
+        <v>2.35</v>
+      </c>
+    </row>
+    <row r="282" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A282" t="s">
+        <v>70</v>
+      </c>
+      <c r="B282" t="s">
+        <v>23</v>
+      </c>
+      <c r="C282" t="s">
+        <v>30</v>
+      </c>
+      <c r="D282" t="s">
+        <v>11</v>
+      </c>
+      <c r="E282" t="s">
+        <v>5</v>
+      </c>
+      <c r="F282" t="s">
+        <v>11</v>
+      </c>
+      <c r="G282">
+        <v>0.96</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A283" t="s">
+        <v>70</v>
+      </c>
+      <c r="B283" t="s">
+        <v>23</v>
+      </c>
+      <c r="C283" t="s">
+        <v>30</v>
+      </c>
+      <c r="D283" t="s">
+        <v>11</v>
+      </c>
+      <c r="E283" t="s">
+        <v>12</v>
+      </c>
+      <c r="F283" t="s">
+        <v>11</v>
+      </c>
+      <c r="G283">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A284" t="s">
+        <v>70</v>
+      </c>
+      <c r="B284" t="s">
+        <v>23</v>
+      </c>
+      <c r="C284" t="s">
+        <v>30</v>
+      </c>
+      <c r="D284" t="s">
+        <v>4</v>
+      </c>
+      <c r="E284" t="s">
+        <v>12</v>
+      </c>
+      <c r="F284" t="s">
+        <v>6</v>
+      </c>
+      <c r="G284">
+        <v>1.56</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A285" t="s">
+        <v>70</v>
+      </c>
+      <c r="B285" t="s">
+        <v>23</v>
+      </c>
+      <c r="C285" t="s">
+        <v>67</v>
+      </c>
+      <c r="D285" t="s">
+        <v>11</v>
+      </c>
+      <c r="E285" t="s">
+        <v>12</v>
+      </c>
+      <c r="F285" t="s">
+        <v>11</v>
+      </c>
+      <c r="G285">
+        <v>1.83</v>
+      </c>
+    </row>
+    <row r="286" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A286" t="s">
+        <v>70</v>
+      </c>
+      <c r="B286" t="s">
+        <v>23</v>
+      </c>
+      <c r="C286" t="s">
+        <v>63</v>
+      </c>
+      <c r="D286" t="s">
+        <v>11</v>
+      </c>
+      <c r="E286" t="s">
+        <v>12</v>
+      </c>
+      <c r="F286" t="s">
+        <v>11</v>
+      </c>
+      <c r="G286">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="287" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A287" t="s">
+        <v>70</v>
+      </c>
+      <c r="B287" t="s">
+        <v>23</v>
+      </c>
+      <c r="C287" t="s">
+        <v>63</v>
+      </c>
+      <c r="D287" t="s">
+        <v>4</v>
+      </c>
+      <c r="E287" t="s">
+        <v>5</v>
+      </c>
+      <c r="F287" t="s">
+        <v>6</v>
+      </c>
+      <c r="G287">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A288" t="s">
+        <v>70</v>
+      </c>
+      <c r="B288" t="s">
+        <v>23</v>
+      </c>
+      <c r="C288" t="s">
+        <v>32</v>
+      </c>
+      <c r="D288" t="s">
+        <v>11</v>
+      </c>
+      <c r="E288" t="s">
+        <v>5</v>
+      </c>
+      <c r="F288" t="s">
+        <v>11</v>
+      </c>
+      <c r="G288">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="289" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A289" t="s">
+        <v>70</v>
+      </c>
+      <c r="B289" t="s">
+        <v>23</v>
+      </c>
+      <c r="C289" t="s">
+        <v>32</v>
+      </c>
+      <c r="D289" t="s">
+        <v>11</v>
+      </c>
+      <c r="E289" t="s">
+        <v>12</v>
+      </c>
+      <c r="F289" t="s">
+        <v>11</v>
+      </c>
+      <c r="G289">
+        <v>3.33</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A290" t="s">
+        <v>70</v>
+      </c>
+      <c r="B290" t="s">
+        <v>23</v>
+      </c>
+      <c r="C290" t="s">
+        <v>32</v>
+      </c>
+      <c r="D290" t="s">
+        <v>4</v>
+      </c>
+      <c r="E290" t="s">
+        <v>5</v>
+      </c>
+      <c r="F290" t="s">
+        <v>6</v>
+      </c>
+      <c r="G290">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A291" t="s">
+        <v>70</v>
+      </c>
+      <c r="B291" t="s">
+        <v>23</v>
+      </c>
+      <c r="C291" t="s">
+        <v>33</v>
+      </c>
+      <c r="D291" t="s">
+        <v>20</v>
+      </c>
+      <c r="E291" t="s">
+        <v>5</v>
+      </c>
+      <c r="F291" t="s">
+        <v>6</v>
+      </c>
+      <c r="G291">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A292" t="s">
+        <v>70</v>
+      </c>
+      <c r="B292" t="s">
+        <v>23</v>
+      </c>
+      <c r="C292" t="s">
+        <v>33</v>
+      </c>
+      <c r="D292" t="s">
+        <v>11</v>
+      </c>
+      <c r="E292" t="s">
+        <v>5</v>
+      </c>
+      <c r="F292" t="s">
+        <v>11</v>
+      </c>
+      <c r="G292">
+        <v>1.96</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A293" t="s">
+        <v>70</v>
+      </c>
+      <c r="B293" t="s">
+        <v>23</v>
+      </c>
+      <c r="C293" t="s">
+        <v>33</v>
+      </c>
+      <c r="D293" t="s">
+        <v>11</v>
+      </c>
+      <c r="E293" t="s">
+        <v>12</v>
+      </c>
+      <c r="F293" t="s">
+        <v>11</v>
+      </c>
+      <c r="G293">
+        <v>3.19</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A294" t="s">
+        <v>70</v>
+      </c>
+      <c r="B294" t="s">
+        <v>23</v>
+      </c>
+      <c r="C294" t="s">
+        <v>33</v>
+      </c>
+      <c r="D294" t="s">
+        <v>4</v>
+      </c>
+      <c r="E294" t="s">
+        <v>5</v>
+      </c>
+      <c r="F294" t="s">
+        <v>6</v>
+      </c>
+      <c r="G294">
+        <v>0.67</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A295" t="s">
+        <v>70</v>
+      </c>
+      <c r="B295" t="s">
+        <v>23</v>
+      </c>
+      <c r="C295" t="s">
+        <v>34</v>
+      </c>
+      <c r="D295" t="s">
+        <v>9</v>
+      </c>
+      <c r="E295" t="s">
+        <v>12</v>
+      </c>
+      <c r="F295" t="s">
+        <v>6</v>
+      </c>
+      <c r="G295">
+        <v>4.92</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A296" t="s">
+        <v>70</v>
+      </c>
+      <c r="B296" t="s">
+        <v>23</v>
+      </c>
+      <c r="C296" t="s">
+        <v>34</v>
+      </c>
+      <c r="D296" t="s">
+        <v>35</v>
+      </c>
+      <c r="E296" t="s">
+        <v>12</v>
+      </c>
+      <c r="F296" t="s">
+        <v>6</v>
+      </c>
+      <c r="G296">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A297" t="s">
+        <v>70</v>
+      </c>
+      <c r="B297" t="s">
+        <v>23</v>
+      </c>
+      <c r="C297" t="s">
+        <v>34</v>
+      </c>
+      <c r="D297" t="s">
+        <v>11</v>
+      </c>
+      <c r="E297" t="s">
+        <v>5</v>
+      </c>
+      <c r="F297" t="s">
+        <v>11</v>
+      </c>
+      <c r="G297">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A298" t="s">
+        <v>70</v>
+      </c>
+      <c r="B298" t="s">
+        <v>23</v>
+      </c>
+      <c r="C298" t="s">
+        <v>34</v>
+      </c>
+      <c r="D298" t="s">
+        <v>11</v>
+      </c>
+      <c r="E298" t="s">
+        <v>12</v>
+      </c>
+      <c r="F298" t="s">
+        <v>11</v>
+      </c>
+      <c r="G298">
+        <v>3.42</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A299" t="s">
+        <v>70</v>
+      </c>
+      <c r="B299" t="s">
+        <v>23</v>
+      </c>
+      <c r="C299" t="s">
+        <v>34</v>
+      </c>
+      <c r="D299" t="s">
+        <v>4</v>
+      </c>
+      <c r="E299" t="s">
+        <v>12</v>
+      </c>
+      <c r="F299" t="s">
+        <v>6</v>
+      </c>
+      <c r="G299">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A300" t="s">
+        <v>70</v>
+      </c>
+      <c r="B300" t="s">
+        <v>56</v>
+      </c>
+      <c r="C300" t="s">
+        <v>57</v>
+      </c>
+      <c r="D300" t="s">
+        <v>11</v>
+      </c>
+      <c r="E300" t="s">
+        <v>5</v>
+      </c>
+      <c r="F300" t="s">
+        <v>11</v>
+      </c>
+      <c r="G300">
+        <v>3.08</v>
+      </c>
+    </row>
+    <row r="301" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A301" t="s">
+        <v>70</v>
+      </c>
+      <c r="B301" t="s">
+        <v>44</v>
+      </c>
+      <c r="C301" t="s">
+        <v>64</v>
+      </c>
+      <c r="D301" t="s">
+        <v>11</v>
+      </c>
+      <c r="E301" t="s">
+        <v>5</v>
+      </c>
+      <c r="F301" t="s">
+        <v>11</v>
+      </c>
+      <c r="G301">
+        <v>2.33</v>
+      </c>
+    </row>
+    <row r="302" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A302" t="s">
+        <v>70</v>
+      </c>
+      <c r="B302" t="s">
+        <v>44</v>
+      </c>
+      <c r="C302" t="s">
+        <v>64</v>
+      </c>
+      <c r="D302" t="s">
+        <v>11</v>
+      </c>
+      <c r="E302" t="s">
+        <v>12</v>
+      </c>
+      <c r="F302" t="s">
+        <v>11</v>
+      </c>
+      <c r="G302">
+        <v>1.88</v>
+      </c>
+    </row>
+    <row r="303" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A303" t="s">
+        <v>70</v>
+      </c>
+      <c r="B303" t="s">
+        <v>44</v>
+      </c>
+      <c r="C303" t="s">
+        <v>64</v>
+      </c>
+      <c r="D303" t="s">
+        <v>4</v>
+      </c>
+      <c r="E303" t="s">
+        <v>5</v>
+      </c>
+      <c r="F303" t="s">
+        <v>6</v>
+      </c>
+      <c r="G303">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="304" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A304" t="s">
+        <v>70</v>
+      </c>
+      <c r="B304" t="s">
+        <v>36</v>
+      </c>
+      <c r="C304" t="s">
+        <v>37</v>
+      </c>
+      <c r="D304" t="s">
+        <v>9</v>
+      </c>
+      <c r="E304" t="s">
+        <v>5</v>
+      </c>
+      <c r="F304" t="s">
+        <v>6</v>
+      </c>
+      <c r="G304">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="305" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A305" t="s">
+        <v>70</v>
+      </c>
+      <c r="B305" t="s">
+        <v>36</v>
+      </c>
+      <c r="C305" t="s">
+        <v>37</v>
+      </c>
+      <c r="D305" t="s">
+        <v>9</v>
+      </c>
+      <c r="E305" t="s">
+        <v>12</v>
+      </c>
+      <c r="F305" t="s">
+        <v>6</v>
+      </c>
+      <c r="G305">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="306" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A306" t="s">
+        <v>70</v>
+      </c>
+      <c r="B306" t="s">
+        <v>36</v>
+      </c>
+      <c r="C306" t="s">
+        <v>37</v>
+      </c>
+      <c r="D306" t="s">
+        <v>62</v>
+      </c>
+      <c r="E306" t="s">
+        <v>5</v>
+      </c>
+      <c r="F306" t="s">
+        <v>6</v>
+      </c>
+      <c r="G306">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A307" t="s">
+        <v>70</v>
+      </c>
+      <c r="B307" t="s">
+        <v>36</v>
+      </c>
+      <c r="C307" t="s">
+        <v>37</v>
+      </c>
+      <c r="D307" t="s">
+        <v>11</v>
+      </c>
+      <c r="E307" t="s">
+        <v>5</v>
+      </c>
+      <c r="F307" t="s">
+        <v>11</v>
+      </c>
+      <c r="G307">
+        <v>2.63</v>
+      </c>
+    </row>
+    <row r="308" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A308" t="s">
+        <v>70</v>
+      </c>
+      <c r="B308" t="s">
+        <v>36</v>
+      </c>
+      <c r="C308" t="s">
+        <v>37</v>
+      </c>
+      <c r="D308" t="s">
+        <v>11</v>
+      </c>
+      <c r="E308" t="s">
+        <v>12</v>
+      </c>
+      <c r="F308" t="s">
+        <v>11</v>
+      </c>
+      <c r="G308">
+        <v>2.35</v>
+      </c>
+    </row>
+    <row r="309" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
+        <v>70</v>
+      </c>
+      <c r="B309" t="s">
+        <v>36</v>
+      </c>
+      <c r="C309" t="s">
+        <v>37</v>
+      </c>
+      <c r="D309" t="s">
+        <v>4</v>
+      </c>
+      <c r="E309" t="s">
+        <v>5</v>
+      </c>
+      <c r="F309" t="s">
+        <v>6</v>
+      </c>
+      <c r="G309">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="310" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
+        <v>70</v>
+      </c>
+      <c r="B310" t="s">
+        <v>36</v>
+      </c>
+      <c r="C310" t="s">
+        <v>37</v>
+      </c>
+      <c r="D310" t="s">
+        <v>4</v>
+      </c>
+      <c r="E310" t="s">
+        <v>12</v>
+      </c>
+      <c r="F310" t="s">
+        <v>6</v>
+      </c>
+      <c r="G310">
+        <v>3.17</v>
+      </c>
+    </row>
+    <row r="311" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A311" t="s">
+        <v>70</v>
+      </c>
+      <c r="B311" t="s">
+        <v>74</v>
+      </c>
+      <c r="C311" t="s">
+        <v>75</v>
+      </c>
+      <c r="D311" t="s">
+        <v>11</v>
+      </c>
+      <c r="E311" t="s">
+        <v>5</v>
+      </c>
+      <c r="F311" t="s">
+        <v>11</v>
+      </c>
+      <c r="G311">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="312" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A312" t="s">
+        <v>70</v>
+      </c>
+      <c r="B312" t="s">
+        <v>46</v>
+      </c>
+      <c r="C312" t="s">
+        <v>47</v>
+      </c>
+      <c r="D312" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" t="s">
+        <v>5</v>
+      </c>
+      <c r="F312" t="s">
+        <v>6</v>
+      </c>
+      <c r="G312">
+        <v>0.71</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
+        <v>70</v>
+      </c>
+      <c r="B313" t="s">
+        <v>46</v>
+      </c>
+      <c r="C313" t="s">
+        <v>47</v>
+      </c>
+      <c r="D313" t="s">
+        <v>20</v>
+      </c>
+      <c r="E313" t="s">
+        <v>5</v>
+      </c>
+      <c r="F313" t="s">
+        <v>6</v>
+      </c>
+      <c r="G313">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="314" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A314" t="s">
+        <v>70</v>
+      </c>
+      <c r="B314" t="s">
+        <v>46</v>
+      </c>
+      <c r="C314" t="s">
+        <v>47</v>
+      </c>
+      <c r="D314" t="s">
+        <v>4</v>
+      </c>
+      <c r="E314" t="s">
+        <v>12</v>
+      </c>
+      <c r="F314" t="s">
+        <v>6</v>
+      </c>
+      <c r="G314">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A315" t="s">
+        <v>65</v>
+      </c>
+      <c r="B315" t="s">
+        <v>2</v>
+      </c>
+      <c r="C315" t="s">
+        <v>3</v>
+      </c>
+      <c r="D315" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" t="s">
+        <v>5</v>
+      </c>
+      <c r="F315" t="s">
+        <v>6</v>
+      </c>
+      <c r="G315">
         <v>1.75</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A8" s="3" t="s">
+    <row r="316" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A316" t="s">
+        <v>65</v>
+      </c>
+      <c r="B316" t="s">
+        <v>7</v>
+      </c>
+      <c r="C316" t="s">
         <v>8</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1083 lines deleted...]
-      <c r="C55" s="3" t="s">
+      <c r="D316" t="s">
+        <v>4</v>
+      </c>
+      <c r="E316" t="s">
+        <v>12</v>
+      </c>
+      <c r="F316" t="s">
+        <v>6</v>
+      </c>
+      <c r="G316">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A317" t="s">
+        <v>65</v>
+      </c>
+      <c r="B317" t="s">
+        <v>7</v>
+      </c>
+      <c r="C317" t="s">
         <v>39</v>
       </c>
-      <c r="D55" s="3" t="s">
-[...6029 lines deleted...]
-        <v>13</v>
+      <c r="D317" t="s">
+        <v>4</v>
+      </c>
+      <c r="E317" t="s">
+        <v>12</v>
+      </c>
+      <c r="F317" t="s">
+        <v>6</v>
       </c>
       <c r="G317">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A318" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B318" s="3" t="s">
+      <c r="A318" t="s">
+        <v>65</v>
+      </c>
+      <c r="B318" t="s">
+        <v>7</v>
+      </c>
+      <c r="C318" t="s">
+        <v>10</v>
+      </c>
+      <c r="D318" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" t="s">
+        <v>12</v>
+      </c>
+      <c r="F318" t="s">
+        <v>6</v>
+      </c>
+      <c r="G318">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="319" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A319" t="s">
+        <v>65</v>
+      </c>
+      <c r="B319" t="s">
+        <v>7</v>
+      </c>
+      <c r="C319" t="s">
+        <v>10</v>
+      </c>
+      <c r="D319" t="s">
+        <v>11</v>
+      </c>
+      <c r="E319" t="s">
+        <v>12</v>
+      </c>
+      <c r="F319" t="s">
+        <v>11</v>
+      </c>
+      <c r="G319">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="320" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A320" t="s">
+        <v>65</v>
+      </c>
+      <c r="B320" t="s">
+        <v>7</v>
+      </c>
+      <c r="C320" t="s">
+        <v>13</v>
+      </c>
+      <c r="D320" t="s">
+        <v>4</v>
+      </c>
+      <c r="E320" t="s">
+        <v>12</v>
+      </c>
+      <c r="F320" t="s">
+        <v>6</v>
+      </c>
+      <c r="G320">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="321" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A321" t="s">
+        <v>65</v>
+      </c>
+      <c r="B321" t="s">
+        <v>7</v>
+      </c>
+      <c r="C321" t="s">
+        <v>14</v>
+      </c>
+      <c r="D321" t="s">
+        <v>11</v>
+      </c>
+      <c r="E321" t="s">
+        <v>5</v>
+      </c>
+      <c r="F321" t="s">
+        <v>11</v>
+      </c>
+      <c r="G321">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="322" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A322" t="s">
+        <v>65</v>
+      </c>
+      <c r="B322" t="s">
+        <v>7</v>
+      </c>
+      <c r="C322" t="s">
+        <v>14</v>
+      </c>
+      <c r="D322" t="s">
+        <v>11</v>
+      </c>
+      <c r="E322" t="s">
+        <v>12</v>
+      </c>
+      <c r="F322" t="s">
+        <v>11</v>
+      </c>
+      <c r="G322">
+        <v>1.22</v>
+      </c>
+    </row>
+    <row r="323" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A323" t="s">
+        <v>65</v>
+      </c>
+      <c r="B323" t="s">
+        <v>7</v>
+      </c>
+      <c r="C323" t="s">
         <v>16</v>
       </c>
-      <c r="C318" s="3" t="s">
-[...19 lines deleted...]
-      <c r="B319" s="3" t="s">
+      <c r="D323" t="s">
+        <v>9</v>
+      </c>
+      <c r="E323" t="s">
+        <v>12</v>
+      </c>
+      <c r="F323" t="s">
+        <v>6</v>
+      </c>
+      <c r="G323">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="324" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A324" t="s">
+        <v>65</v>
+      </c>
+      <c r="B324" t="s">
+        <v>7</v>
+      </c>
+      <c r="C324" t="s">
         <v>16</v>
       </c>
-      <c r="C319" s="3" t="s">
-[...124 lines deleted...]
-        <v>110</v>
+      <c r="D324" t="s">
+        <v>35</v>
+      </c>
+      <c r="E324" t="s">
+        <v>5</v>
+      </c>
+      <c r="F324" t="s">
+        <v>6</v>
       </c>
       <c r="G324">
-        <v>1.21</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="325" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A325" s="3" t="s">
-[...15 lines deleted...]
-        <v>13</v>
+      <c r="A325" t="s">
+        <v>65</v>
+      </c>
+      <c r="B325" t="s">
+        <v>7</v>
+      </c>
+      <c r="C325" t="s">
+        <v>16</v>
+      </c>
+      <c r="D325" t="s">
+        <v>11</v>
+      </c>
+      <c r="E325" t="s">
+        <v>12</v>
+      </c>
+      <c r="F325" t="s">
+        <v>11</v>
       </c>
       <c r="G325">
-        <v>1</v>
+        <v>1.96</v>
       </c>
     </row>
     <row r="326" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A326" s="3" t="s">
-[...15 lines deleted...]
-        <v>110</v>
+      <c r="A326" t="s">
+        <v>65</v>
+      </c>
+      <c r="B326" t="s">
+        <v>7</v>
+      </c>
+      <c r="C326" t="s">
+        <v>16</v>
+      </c>
+      <c r="D326" t="s">
+        <v>4</v>
+      </c>
+      <c r="E326" t="s">
+        <v>12</v>
+      </c>
+      <c r="F326" t="s">
+        <v>6</v>
       </c>
       <c r="G326">
-        <v>2.72</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="327" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A327" s="3" t="s">
-[...15 lines deleted...]
-        <v>13</v>
+      <c r="A327" t="s">
+        <v>65</v>
+      </c>
+      <c r="B327" t="s">
+        <v>17</v>
+      </c>
+      <c r="C327" t="s">
+        <v>50</v>
+      </c>
+      <c r="D327" t="s">
+        <v>9</v>
+      </c>
+      <c r="E327" t="s">
+        <v>5</v>
+      </c>
+      <c r="F327" t="s">
+        <v>6</v>
       </c>
       <c r="G327">
-        <v>0.46</v>
+        <v>1.17</v>
       </c>
     </row>
     <row r="328" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A328" s="3" t="s">
-[...15 lines deleted...]
-        <v>110</v>
+      <c r="A328" t="s">
+        <v>65</v>
+      </c>
+      <c r="B328" t="s">
+        <v>17</v>
+      </c>
+      <c r="C328" t="s">
+        <v>50</v>
+      </c>
+      <c r="D328" t="s">
+        <v>4</v>
+      </c>
+      <c r="E328" t="s">
+        <v>5</v>
+      </c>
+      <c r="F328" t="s">
+        <v>6</v>
       </c>
       <c r="G328">
-        <v>1.28</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="329" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A329" s="3" t="s">
-[...15 lines deleted...]
-        <v>110</v>
+      <c r="A329" t="s">
+        <v>65</v>
+      </c>
+      <c r="B329" t="s">
+        <v>17</v>
+      </c>
+      <c r="C329" t="s">
+        <v>66</v>
+      </c>
+      <c r="D329" t="s">
+        <v>4</v>
+      </c>
+      <c r="E329" t="s">
+        <v>12</v>
+      </c>
+      <c r="F329" t="s">
+        <v>6</v>
       </c>
       <c r="G329">
-        <v>2.4300000000000002</v>
+        <v>2</v>
       </c>
     </row>
     <row r="330" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A330" s="3" t="s">
-[...15 lines deleted...]
-        <v>13</v>
+      <c r="A330" t="s">
+        <v>65</v>
+      </c>
+      <c r="B330" t="s">
+        <v>17</v>
+      </c>
+      <c r="C330" t="s">
+        <v>52</v>
+      </c>
+      <c r="D330" t="s">
+        <v>4</v>
+      </c>
+      <c r="E330" t="s">
+        <v>12</v>
+      </c>
+      <c r="F330" t="s">
+        <v>6</v>
       </c>
       <c r="G330">
         <v>2</v>
       </c>
     </row>
     <row r="331" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A331" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B331" s="3" t="s">
+      <c r="A331" t="s">
+        <v>65</v>
+      </c>
+      <c r="B331" t="s">
+        <v>17</v>
+      </c>
+      <c r="C331" t="s">
+        <v>41</v>
+      </c>
+      <c r="D331" t="s">
+        <v>9</v>
+      </c>
+      <c r="E331" t="s">
+        <v>5</v>
+      </c>
+      <c r="F331" t="s">
+        <v>6</v>
+      </c>
+      <c r="G331">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="332" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A332" t="s">
+        <v>65</v>
+      </c>
+      <c r="B332" t="s">
+        <v>17</v>
+      </c>
+      <c r="C332" t="s">
+        <v>41</v>
+      </c>
+      <c r="D332" t="s">
+        <v>11</v>
+      </c>
+      <c r="E332" t="s">
+        <v>12</v>
+      </c>
+      <c r="F332" t="s">
+        <v>11</v>
+      </c>
+      <c r="G332">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="333" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A333" t="s">
+        <v>65</v>
+      </c>
+      <c r="B333" t="s">
+        <v>17</v>
+      </c>
+      <c r="C333" t="s">
+        <v>41</v>
+      </c>
+      <c r="D333" t="s">
+        <v>4</v>
+      </c>
+      <c r="E333" t="s">
+        <v>12</v>
+      </c>
+      <c r="F333" t="s">
+        <v>6</v>
+      </c>
+      <c r="G333">
+        <v>4.25</v>
+      </c>
+    </row>
+    <row r="334" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A334" t="s">
+        <v>65</v>
+      </c>
+      <c r="B334" t="s">
+        <v>23</v>
+      </c>
+      <c r="C334" t="s">
+        <v>42</v>
+      </c>
+      <c r="D334" t="s">
+        <v>9</v>
+      </c>
+      <c r="E334" t="s">
+        <v>5</v>
+      </c>
+      <c r="F334" t="s">
+        <v>6</v>
+      </c>
+      <c r="G334">
+        <v>0.57999999999999996</v>
+      </c>
+    </row>
+    <row r="335" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A335" t="s">
+        <v>65</v>
+      </c>
+      <c r="B335" t="s">
+        <v>23</v>
+      </c>
+      <c r="C335" t="s">
+        <v>24</v>
+      </c>
+      <c r="D335" t="s">
+        <v>9</v>
+      </c>
+      <c r="E335" t="s">
+        <v>12</v>
+      </c>
+      <c r="F335" t="s">
+        <v>6</v>
+      </c>
+      <c r="G335">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="336" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A336" t="s">
+        <v>65</v>
+      </c>
+      <c r="B336" t="s">
+        <v>23</v>
+      </c>
+      <c r="C336" t="s">
+        <v>24</v>
+      </c>
+      <c r="D336" t="s">
+        <v>11</v>
+      </c>
+      <c r="E336" t="s">
+        <v>5</v>
+      </c>
+      <c r="F336" t="s">
+        <v>11</v>
+      </c>
+      <c r="G336">
+        <v>2.46</v>
+      </c>
+    </row>
+    <row r="337" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A337" t="s">
+        <v>65</v>
+      </c>
+      <c r="B337" t="s">
+        <v>23</v>
+      </c>
+      <c r="C337" t="s">
+        <v>24</v>
+      </c>
+      <c r="D337" t="s">
+        <v>11</v>
+      </c>
+      <c r="E337" t="s">
+        <v>12</v>
+      </c>
+      <c r="F337" t="s">
+        <v>11</v>
+      </c>
+      <c r="G337">
+        <v>3.22</v>
+      </c>
+    </row>
+    <row r="338" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A338" t="s">
+        <v>65</v>
+      </c>
+      <c r="B338" t="s">
+        <v>23</v>
+      </c>
+      <c r="C338" t="s">
+        <v>24</v>
+      </c>
+      <c r="D338" t="s">
+        <v>4</v>
+      </c>
+      <c r="E338" t="s">
+        <v>5</v>
+      </c>
+      <c r="F338" t="s">
+        <v>6</v>
+      </c>
+      <c r="G338">
+        <v>2.25</v>
+      </c>
+    </row>
+    <row r="339" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A339" t="s">
+        <v>65</v>
+      </c>
+      <c r="B339" t="s">
+        <v>23</v>
+      </c>
+      <c r="C339" t="s">
+        <v>25</v>
+      </c>
+      <c r="D339" t="s">
+        <v>11</v>
+      </c>
+      <c r="E339" t="s">
+        <v>5</v>
+      </c>
+      <c r="F339" t="s">
+        <v>11</v>
+      </c>
+      <c r="G339">
+        <v>1.96</v>
+      </c>
+    </row>
+    <row r="340" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A340" t="s">
+        <v>65</v>
+      </c>
+      <c r="B340" t="s">
+        <v>23</v>
+      </c>
+      <c r="C340" t="s">
+        <v>25</v>
+      </c>
+      <c r="D340" t="s">
+        <v>11</v>
+      </c>
+      <c r="E340" t="s">
+        <v>12</v>
+      </c>
+      <c r="F340" t="s">
+        <v>11</v>
+      </c>
+      <c r="G340">
+        <v>1.67</v>
+      </c>
+    </row>
+    <row r="341" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A341" t="s">
+        <v>65</v>
+      </c>
+      <c r="B341" t="s">
+        <v>23</v>
+      </c>
+      <c r="C341" t="s">
+        <v>25</v>
+      </c>
+      <c r="D341" t="s">
+        <v>4</v>
+      </c>
+      <c r="E341" t="s">
+        <v>5</v>
+      </c>
+      <c r="F341" t="s">
+        <v>6</v>
+      </c>
+      <c r="G341">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="342" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A342" t="s">
+        <v>65</v>
+      </c>
+      <c r="B342" t="s">
+        <v>23</v>
+      </c>
+      <c r="C342" t="s">
+        <v>26</v>
+      </c>
+      <c r="D342" t="s">
+        <v>9</v>
+      </c>
+      <c r="E342" t="s">
+        <v>12</v>
+      </c>
+      <c r="F342" t="s">
+        <v>6</v>
+      </c>
+      <c r="G342">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="343" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A343" t="s">
+        <v>65</v>
+      </c>
+      <c r="B343" t="s">
+        <v>23</v>
+      </c>
+      <c r="C343" t="s">
+        <v>26</v>
+      </c>
+      <c r="D343" t="s">
+        <v>20</v>
+      </c>
+      <c r="E343" t="s">
+        <v>12</v>
+      </c>
+      <c r="F343" t="s">
+        <v>6</v>
+      </c>
+      <c r="G343">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="344" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A344" t="s">
+        <v>65</v>
+      </c>
+      <c r="B344" t="s">
+        <v>23</v>
+      </c>
+      <c r="C344" t="s">
+        <v>26</v>
+      </c>
+      <c r="D344" t="s">
+        <v>11</v>
+      </c>
+      <c r="E344" t="s">
+        <v>5</v>
+      </c>
+      <c r="F344" t="s">
+        <v>11</v>
+      </c>
+      <c r="G344">
+        <v>2.67</v>
+      </c>
+    </row>
+    <row r="345" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A345" t="s">
+        <v>65</v>
+      </c>
+      <c r="B345" t="s">
+        <v>23</v>
+      </c>
+      <c r="C345" t="s">
+        <v>26</v>
+      </c>
+      <c r="D345" t="s">
+        <v>11</v>
+      </c>
+      <c r="E345" t="s">
+        <v>12</v>
+      </c>
+      <c r="F345" t="s">
+        <v>11</v>
+      </c>
+      <c r="G345">
+        <v>2.17</v>
+      </c>
+    </row>
+    <row r="346" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A346" t="s">
+        <v>65</v>
+      </c>
+      <c r="B346" t="s">
+        <v>23</v>
+      </c>
+      <c r="C346" t="s">
+        <v>26</v>
+      </c>
+      <c r="D346" t="s">
+        <v>4</v>
+      </c>
+      <c r="E346" t="s">
+        <v>5</v>
+      </c>
+      <c r="F346" t="s">
+        <v>6</v>
+      </c>
+      <c r="G346">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="347" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A347" t="s">
+        <v>65</v>
+      </c>
+      <c r="B347" t="s">
+        <v>23</v>
+      </c>
+      <c r="C347" t="s">
+        <v>28</v>
+      </c>
+      <c r="D347" t="s">
+        <v>11</v>
+      </c>
+      <c r="E347" t="s">
+        <v>12</v>
+      </c>
+      <c r="F347" t="s">
+        <v>11</v>
+      </c>
+      <c r="G347">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="348" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A348" t="s">
+        <v>65</v>
+      </c>
+      <c r="B348" t="s">
+        <v>23</v>
+      </c>
+      <c r="C348" t="s">
+        <v>28</v>
+      </c>
+      <c r="D348" t="s">
+        <v>4</v>
+      </c>
+      <c r="E348" t="s">
+        <v>12</v>
+      </c>
+      <c r="F348" t="s">
+        <v>6</v>
+      </c>
+      <c r="G348">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="349" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A349" t="s">
+        <v>65</v>
+      </c>
+      <c r="B349" t="s">
+        <v>23</v>
+      </c>
+      <c r="C349" t="s">
+        <v>29</v>
+      </c>
+      <c r="D349" t="s">
+        <v>15</v>
+      </c>
+      <c r="E349" t="s">
+        <v>12</v>
+      </c>
+      <c r="F349" t="s">
+        <v>6</v>
+      </c>
+      <c r="G349">
+        <v>4.5</v>
+      </c>
+    </row>
+    <row r="350" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A350" t="s">
+        <v>65</v>
+      </c>
+      <c r="B350" t="s">
+        <v>23</v>
+      </c>
+      <c r="C350" t="s">
+        <v>29</v>
+      </c>
+      <c r="D350" t="s">
+        <v>11</v>
+      </c>
+      <c r="E350" t="s">
+        <v>5</v>
+      </c>
+      <c r="F350" t="s">
+        <v>11</v>
+      </c>
+      <c r="G350">
+        <v>3.78</v>
+      </c>
+    </row>
+    <row r="351" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A351" t="s">
+        <v>65</v>
+      </c>
+      <c r="B351" t="s">
+        <v>23</v>
+      </c>
+      <c r="C351" t="s">
+        <v>29</v>
+      </c>
+      <c r="D351" t="s">
+        <v>11</v>
+      </c>
+      <c r="E351" t="s">
+        <v>12</v>
+      </c>
+      <c r="F351" t="s">
+        <v>11</v>
+      </c>
+      <c r="G351">
+        <v>3.54</v>
+      </c>
+    </row>
+    <row r="352" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A352" t="s">
+        <v>65</v>
+      </c>
+      <c r="B352" t="s">
+        <v>23</v>
+      </c>
+      <c r="C352" t="s">
+        <v>29</v>
+      </c>
+      <c r="D352" t="s">
+        <v>4</v>
+      </c>
+      <c r="E352" t="s">
+        <v>5</v>
+      </c>
+      <c r="F352" t="s">
+        <v>6</v>
+      </c>
+      <c r="G352">
+        <v>2.5299999999999998</v>
+      </c>
+    </row>
+    <row r="353" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A353" t="s">
+        <v>65</v>
+      </c>
+      <c r="B353" t="s">
+        <v>23</v>
+      </c>
+      <c r="C353" t="s">
+        <v>29</v>
+      </c>
+      <c r="D353" t="s">
+        <v>4</v>
+      </c>
+      <c r="E353" t="s">
+        <v>12</v>
+      </c>
+      <c r="F353" t="s">
+        <v>6</v>
+      </c>
+      <c r="G353">
+        <v>2.19</v>
+      </c>
+    </row>
+    <row r="354" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A354" t="s">
+        <v>65</v>
+      </c>
+      <c r="B354" t="s">
+        <v>23</v>
+      </c>
+      <c r="C354" t="s">
         <v>30</v>
       </c>
-      <c r="C331" s="3" t="s">
+      <c r="D354" t="s">
+        <v>9</v>
+      </c>
+      <c r="E354" t="s">
+        <v>12</v>
+      </c>
+      <c r="F354" t="s">
+        <v>6</v>
+      </c>
+      <c r="G354">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="355" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A355" t="s">
+        <v>65</v>
+      </c>
+      <c r="B355" t="s">
+        <v>23</v>
+      </c>
+      <c r="C355" t="s">
+        <v>30</v>
+      </c>
+      <c r="D355" t="s">
+        <v>11</v>
+      </c>
+      <c r="E355" t="s">
+        <v>5</v>
+      </c>
+      <c r="F355" t="s">
+        <v>11</v>
+      </c>
+      <c r="G355">
+        <v>2.56</v>
+      </c>
+    </row>
+    <row r="356" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A356" t="s">
+        <v>65</v>
+      </c>
+      <c r="B356" t="s">
+        <v>23</v>
+      </c>
+      <c r="C356" t="s">
+        <v>30</v>
+      </c>
+      <c r="D356" t="s">
+        <v>11</v>
+      </c>
+      <c r="E356" t="s">
+        <v>12</v>
+      </c>
+      <c r="F356" t="s">
+        <v>11</v>
+      </c>
+      <c r="G356">
+        <v>2.67</v>
+      </c>
+    </row>
+    <row r="357" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A357" t="s">
+        <v>65</v>
+      </c>
+      <c r="B357" t="s">
+        <v>23</v>
+      </c>
+      <c r="C357" t="s">
+        <v>30</v>
+      </c>
+      <c r="D357" t="s">
+        <v>4</v>
+      </c>
+      <c r="E357" t="s">
+        <v>5</v>
+      </c>
+      <c r="F357" t="s">
+        <v>6</v>
+      </c>
+      <c r="G357">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="358" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A358" t="s">
+        <v>65</v>
+      </c>
+      <c r="B358" t="s">
+        <v>23</v>
+      </c>
+      <c r="C358" t="s">
+        <v>67</v>
+      </c>
+      <c r="D358" t="s">
+        <v>11</v>
+      </c>
+      <c r="E358" t="s">
+        <v>5</v>
+      </c>
+      <c r="F358" t="s">
+        <v>11</v>
+      </c>
+      <c r="G358">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="359" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A359" t="s">
+        <v>65</v>
+      </c>
+      <c r="B359" t="s">
+        <v>23</v>
+      </c>
+      <c r="C359" t="s">
+        <v>32</v>
+      </c>
+      <c r="D359" t="s">
+        <v>11</v>
+      </c>
+      <c r="E359" t="s">
+        <v>12</v>
+      </c>
+      <c r="F359" t="s">
+        <v>11</v>
+      </c>
+      <c r="G359">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="360" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A360" t="s">
+        <v>65</v>
+      </c>
+      <c r="B360" t="s">
+        <v>23</v>
+      </c>
+      <c r="C360" t="s">
+        <v>33</v>
+      </c>
+      <c r="D360" t="s">
+        <v>11</v>
+      </c>
+      <c r="E360" t="s">
+        <v>12</v>
+      </c>
+      <c r="F360" t="s">
+        <v>11</v>
+      </c>
+      <c r="G360">
+        <v>2.11</v>
+      </c>
+    </row>
+    <row r="361" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A361" t="s">
+        <v>65</v>
+      </c>
+      <c r="B361" t="s">
+        <v>23</v>
+      </c>
+      <c r="C361" t="s">
+        <v>33</v>
+      </c>
+      <c r="D361" t="s">
+        <v>4</v>
+      </c>
+      <c r="E361" t="s">
+        <v>5</v>
+      </c>
+      <c r="F361" t="s">
+        <v>6</v>
+      </c>
+      <c r="G361">
+        <v>5.08</v>
+      </c>
+    </row>
+    <row r="362" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A362" t="s">
+        <v>65</v>
+      </c>
+      <c r="B362" t="s">
+        <v>23</v>
+      </c>
+      <c r="C362" t="s">
+        <v>33</v>
+      </c>
+      <c r="D362" t="s">
+        <v>4</v>
+      </c>
+      <c r="E362" t="s">
+        <v>12</v>
+      </c>
+      <c r="F362" t="s">
+        <v>6</v>
+      </c>
+      <c r="G362">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="363" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A363" t="s">
+        <v>65</v>
+      </c>
+      <c r="B363" t="s">
+        <v>23</v>
+      </c>
+      <c r="C363" t="s">
         <v>34</v>
       </c>
-      <c r="D331" s="3" t="s">
+      <c r="D363" t="s">
+        <v>9</v>
+      </c>
+      <c r="E363" t="s">
+        <v>5</v>
+      </c>
+      <c r="F363" t="s">
+        <v>6</v>
+      </c>
+      <c r="G363">
+        <v>4.08</v>
+      </c>
+    </row>
+    <row r="364" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A364" t="s">
+        <v>65</v>
+      </c>
+      <c r="B364" t="s">
+        <v>23</v>
+      </c>
+      <c r="C364" t="s">
+        <v>34</v>
+      </c>
+      <c r="D364" t="s">
+        <v>11</v>
+      </c>
+      <c r="E364" t="s">
+        <v>5</v>
+      </c>
+      <c r="F364" t="s">
+        <v>11</v>
+      </c>
+      <c r="G364">
+        <v>4.08</v>
+      </c>
+    </row>
+    <row r="365" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A365" t="s">
+        <v>65</v>
+      </c>
+      <c r="B365" t="s">
+        <v>23</v>
+      </c>
+      <c r="C365" t="s">
+        <v>34</v>
+      </c>
+      <c r="D365" t="s">
+        <v>11</v>
+      </c>
+      <c r="E365" t="s">
+        <v>12</v>
+      </c>
+      <c r="F365" t="s">
+        <v>11</v>
+      </c>
+      <c r="G365">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="366" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A366" t="s">
+        <v>65</v>
+      </c>
+      <c r="B366" t="s">
+        <v>23</v>
+      </c>
+      <c r="C366" t="s">
+        <v>34</v>
+      </c>
+      <c r="D366" t="s">
+        <v>4</v>
+      </c>
+      <c r="E366" t="s">
+        <v>5</v>
+      </c>
+      <c r="F366" t="s">
+        <v>6</v>
+      </c>
+      <c r="G366">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="367" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A367" t="s">
+        <v>65</v>
+      </c>
+      <c r="B367" t="s">
+        <v>23</v>
+      </c>
+      <c r="C367" t="s">
+        <v>34</v>
+      </c>
+      <c r="D367" t="s">
+        <v>4</v>
+      </c>
+      <c r="E367" t="s">
+        <v>12</v>
+      </c>
+      <c r="F367" t="s">
+        <v>6</v>
+      </c>
+      <c r="G367">
+        <v>1.67</v>
+      </c>
+    </row>
+    <row r="368" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A368" t="s">
+        <v>65</v>
+      </c>
+      <c r="B368" t="s">
+        <v>23</v>
+      </c>
+      <c r="C368" t="s">
+        <v>53</v>
+      </c>
+      <c r="D368" t="s">
+        <v>11</v>
+      </c>
+      <c r="E368" t="s">
+        <v>5</v>
+      </c>
+      <c r="F368" t="s">
+        <v>11</v>
+      </c>
+      <c r="G368">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="369" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A369" t="s">
+        <v>65</v>
+      </c>
+      <c r="B369" t="s">
+        <v>56</v>
+      </c>
+      <c r="C369" t="s">
+        <v>57</v>
+      </c>
+      <c r="D369" t="s">
+        <v>11</v>
+      </c>
+      <c r="E369" t="s">
+        <v>12</v>
+      </c>
+      <c r="F369" t="s">
+        <v>11</v>
+      </c>
+      <c r="G369">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="370" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A370" t="s">
+        <v>65</v>
+      </c>
+      <c r="B370" t="s">
+        <v>68</v>
+      </c>
+      <c r="C370" t="s">
+        <v>69</v>
+      </c>
+      <c r="D370" t="s">
+        <v>4</v>
+      </c>
+      <c r="E370" t="s">
+        <v>5</v>
+      </c>
+      <c r="F370" t="s">
+        <v>6</v>
+      </c>
+      <c r="G370">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="371" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A371" t="s">
+        <v>65</v>
+      </c>
+      <c r="B371" t="s">
+        <v>44</v>
+      </c>
+      <c r="C371" t="s">
+        <v>64</v>
+      </c>
+      <c r="D371" t="s">
+        <v>9</v>
+      </c>
+      <c r="E371" t="s">
+        <v>5</v>
+      </c>
+      <c r="F371" t="s">
+        <v>6</v>
+      </c>
+      <c r="G371">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="372" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A372" t="s">
+        <v>65</v>
+      </c>
+      <c r="B372" t="s">
+        <v>44</v>
+      </c>
+      <c r="C372" t="s">
+        <v>64</v>
+      </c>
+      <c r="D372" t="s">
+        <v>20</v>
+      </c>
+      <c r="E372" t="s">
+        <v>12</v>
+      </c>
+      <c r="F372" t="s">
+        <v>6</v>
+      </c>
+      <c r="G372">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="373" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A373" t="s">
+        <v>65</v>
+      </c>
+      <c r="B373" t="s">
+        <v>44</v>
+      </c>
+      <c r="C373" t="s">
+        <v>64</v>
+      </c>
+      <c r="D373" t="s">
+        <v>11</v>
+      </c>
+      <c r="E373" t="s">
+        <v>12</v>
+      </c>
+      <c r="F373" t="s">
+        <v>11</v>
+      </c>
+      <c r="G373">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="374" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A374" t="s">
+        <v>65</v>
+      </c>
+      <c r="B374" t="s">
+        <v>36</v>
+      </c>
+      <c r="C374" t="s">
+        <v>37</v>
+      </c>
+      <c r="D374" t="s">
+        <v>9</v>
+      </c>
+      <c r="E374" t="s">
+        <v>5</v>
+      </c>
+      <c r="F374" t="s">
+        <v>6</v>
+      </c>
+      <c r="G374">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="375" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A375" t="s">
+        <v>65</v>
+      </c>
+      <c r="B375" t="s">
+        <v>36</v>
+      </c>
+      <c r="C375" t="s">
+        <v>37</v>
+      </c>
+      <c r="D375" t="s">
+        <v>35</v>
+      </c>
+      <c r="E375" t="s">
+        <v>12</v>
+      </c>
+      <c r="F375" t="s">
+        <v>6</v>
+      </c>
+      <c r="G375">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="376" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A376" t="s">
+        <v>65</v>
+      </c>
+      <c r="B376" t="s">
+        <v>36</v>
+      </c>
+      <c r="C376" t="s">
+        <v>37</v>
+      </c>
+      <c r="D376" t="s">
         <v>15</v>
       </c>
-      <c r="E331" s="3" t="s">
-[...85 lines deleted...]
-      <c r="C335" s="3" t="s">
+      <c r="E376" t="s">
+        <v>12</v>
+      </c>
+      <c r="F376" t="s">
+        <v>6</v>
+      </c>
+      <c r="G376">
+        <v>3.92</v>
+      </c>
+    </row>
+    <row r="377" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A377" t="s">
+        <v>65</v>
+      </c>
+      <c r="B377" t="s">
         <v>36</v>
       </c>
-      <c r="D335" s="3" t="s">
-[...19 lines deleted...]
-      <c r="C336" s="3" t="s">
+      <c r="C377" t="s">
+        <v>37</v>
+      </c>
+      <c r="D377" t="s">
+        <v>11</v>
+      </c>
+      <c r="E377" t="s">
+        <v>5</v>
+      </c>
+      <c r="F377" t="s">
+        <v>11</v>
+      </c>
+      <c r="G377">
+        <v>1.54</v>
+      </c>
+    </row>
+    <row r="378" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A378" t="s">
+        <v>65</v>
+      </c>
+      <c r="B378" t="s">
         <v>36</v>
       </c>
-      <c r="D336" s="3" t="s">
-[...19 lines deleted...]
-      <c r="C337" s="3" t="s">
+      <c r="C378" t="s">
+        <v>37</v>
+      </c>
+      <c r="D378" t="s">
+        <v>11</v>
+      </c>
+      <c r="E378" t="s">
+        <v>12</v>
+      </c>
+      <c r="F378" t="s">
+        <v>11</v>
+      </c>
+      <c r="G378">
+        <v>1.88</v>
+      </c>
+    </row>
+    <row r="379" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A379" t="s">
+        <v>65</v>
+      </c>
+      <c r="B379" t="s">
         <v>36</v>
       </c>
-      <c r="D337" s="3" t="s">
+      <c r="C379" t="s">
+        <v>37</v>
+      </c>
+      <c r="D379" t="s">
+        <v>4</v>
+      </c>
+      <c r="E379" t="s">
+        <v>5</v>
+      </c>
+      <c r="F379" t="s">
+        <v>6</v>
+      </c>
+      <c r="G379">
+        <v>3.08</v>
+      </c>
+    </row>
+    <row r="380" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A380" t="s">
+        <v>65</v>
+      </c>
+      <c r="B380" t="s">
+        <v>36</v>
+      </c>
+      <c r="C380" t="s">
+        <v>37</v>
+      </c>
+      <c r="D380" t="s">
+        <v>4</v>
+      </c>
+      <c r="E380" t="s">
+        <v>12</v>
+      </c>
+      <c r="F380" t="s">
+        <v>6</v>
+      </c>
+      <c r="G380">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="381" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A381" t="s">
+        <v>65</v>
+      </c>
+      <c r="B381" t="s">
+        <v>46</v>
+      </c>
+      <c r="C381" t="s">
+        <v>47</v>
+      </c>
+      <c r="D381" t="s">
         <v>15</v>
       </c>
-      <c r="E337" s="3" t="s">
-[...166 lines deleted...]
-      <c r="G344">
+      <c r="E381" t="s">
+        <v>12</v>
+      </c>
+      <c r="F381" t="s">
+        <v>6</v>
+      </c>
+      <c r="G381">
         <v>0.92</v>
       </c>
     </row>
-    <row r="345" spans="1:7" x14ac:dyDescent="0.25">
-[...87 lines deleted...]
-      <c r="G348">
+    <row r="382" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A382" t="s">
+        <v>65</v>
+      </c>
+      <c r="B382" t="s">
+        <v>46</v>
+      </c>
+      <c r="C382" t="s">
+        <v>47</v>
+      </c>
+      <c r="D382" t="s">
+        <v>62</v>
+      </c>
+      <c r="E382" t="s">
+        <v>12</v>
+      </c>
+      <c r="F382" t="s">
+        <v>6</v>
+      </c>
+      <c r="G382">
         <v>1.08</v>
       </c>
     </row>
-    <row r="349" spans="1:7" x14ac:dyDescent="0.25">
-[...213 lines deleted...]
-      <c r="C358" s="3" t="s">
+    <row r="383" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A383" t="s">
+        <v>65</v>
+      </c>
+      <c r="B383" t="s">
         <v>46</v>
       </c>
-      <c r="D358" s="3" t="s">
-[...581 lines deleted...]
-        <v>13</v>
+      <c r="C383" t="s">
+        <v>47</v>
+      </c>
+      <c r="D383" t="s">
+        <v>4</v>
+      </c>
+      <c r="E383" t="s">
+        <v>5</v>
+      </c>
+      <c r="F383" t="s">
+        <v>6</v>
       </c>
       <c r="G383">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A384" s="3" t="s">
-[...15 lines deleted...]
-        <v>110</v>
+      <c r="A384" t="s">
+        <v>65</v>
+      </c>
+      <c r="B384" t="s">
+        <v>46</v>
+      </c>
+      <c r="C384" t="s">
+        <v>47</v>
+      </c>
+      <c r="D384" t="s">
+        <v>4</v>
+      </c>
+      <c r="E384" t="s">
+        <v>12</v>
+      </c>
+      <c r="F384" t="s">
+        <v>6</v>
       </c>
       <c r="G384">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A385" s="3" t="s">
-[...5 lines deleted...]
-      <c r="C385" s="3" t="s">
+      <c r="A385" t="s">
+        <v>58</v>
+      </c>
+      <c r="B385" t="s">
+        <v>7</v>
+      </c>
+      <c r="C385" t="s">
+        <v>8</v>
+      </c>
+      <c r="D385" t="s">
+        <v>11</v>
+      </c>
+      <c r="E385" t="s">
+        <v>12</v>
+      </c>
+      <c r="F385" t="s">
+        <v>11</v>
+      </c>
+      <c r="G385">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="386" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A386" t="s">
+        <v>58</v>
+      </c>
+      <c r="B386" t="s">
+        <v>7</v>
+      </c>
+      <c r="C386" t="s">
+        <v>39</v>
+      </c>
+      <c r="D386" t="s">
+        <v>11</v>
+      </c>
+      <c r="E386" t="s">
+        <v>12</v>
+      </c>
+      <c r="F386" t="s">
+        <v>11</v>
+      </c>
+      <c r="G386">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="387" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A387" t="s">
+        <v>58</v>
+      </c>
+      <c r="B387" t="s">
+        <v>7</v>
+      </c>
+      <c r="C387" t="s">
+        <v>10</v>
+      </c>
+      <c r="D387" t="s">
+        <v>11</v>
+      </c>
+      <c r="E387" t="s">
+        <v>12</v>
+      </c>
+      <c r="F387" t="s">
+        <v>11</v>
+      </c>
+      <c r="G387">
+        <v>1.87</v>
+      </c>
+    </row>
+    <row r="388" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A388" t="s">
+        <v>58</v>
+      </c>
+      <c r="B388" t="s">
+        <v>7</v>
+      </c>
+      <c r="C388" t="s">
+        <v>13</v>
+      </c>
+      <c r="D388" t="s">
+        <v>4</v>
+      </c>
+      <c r="E388" t="s">
+        <v>12</v>
+      </c>
+      <c r="F388" t="s">
+        <v>6</v>
+      </c>
+      <c r="G388">
+        <v>1.96</v>
+      </c>
+    </row>
+    <row r="389" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A389" t="s">
+        <v>58</v>
+      </c>
+      <c r="B389" t="s">
+        <v>7</v>
+      </c>
+      <c r="C389" t="s">
+        <v>40</v>
+      </c>
+      <c r="D389" t="s">
+        <v>11</v>
+      </c>
+      <c r="E389" t="s">
+        <v>12</v>
+      </c>
+      <c r="F389" t="s">
+        <v>11</v>
+      </c>
+      <c r="G389">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="390" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A390" t="s">
+        <v>58</v>
+      </c>
+      <c r="B390" t="s">
+        <v>7</v>
+      </c>
+      <c r="C390" t="s">
+        <v>14</v>
+      </c>
+      <c r="D390" t="s">
+        <v>20</v>
+      </c>
+      <c r="E390" t="s">
+        <v>12</v>
+      </c>
+      <c r="F390" t="s">
+        <v>6</v>
+      </c>
+      <c r="G390">
+        <v>3.42</v>
+      </c>
+    </row>
+    <row r="391" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A391" t="s">
+        <v>58</v>
+      </c>
+      <c r="B391" t="s">
+        <v>7</v>
+      </c>
+      <c r="C391" t="s">
+        <v>14</v>
+      </c>
+      <c r="D391" t="s">
+        <v>11</v>
+      </c>
+      <c r="E391" t="s">
+        <v>12</v>
+      </c>
+      <c r="F391" t="s">
+        <v>11</v>
+      </c>
+      <c r="G391">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="392" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A392" t="s">
+        <v>58</v>
+      </c>
+      <c r="B392" t="s">
+        <v>7</v>
+      </c>
+      <c r="C392" t="s">
+        <v>16</v>
+      </c>
+      <c r="D392" t="s">
+        <v>9</v>
+      </c>
+      <c r="E392" t="s">
+        <v>12</v>
+      </c>
+      <c r="F392" t="s">
+        <v>6</v>
+      </c>
+      <c r="G392">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="393" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A393" t="s">
+        <v>58</v>
+      </c>
+      <c r="B393" t="s">
+        <v>7</v>
+      </c>
+      <c r="C393" t="s">
+        <v>16</v>
+      </c>
+      <c r="D393" t="s">
+        <v>11</v>
+      </c>
+      <c r="E393" t="s">
+        <v>12</v>
+      </c>
+      <c r="F393" t="s">
+        <v>11</v>
+      </c>
+      <c r="G393">
+        <v>1.19</v>
+      </c>
+    </row>
+    <row r="394" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A394" t="s">
+        <v>58</v>
+      </c>
+      <c r="B394" t="s">
+        <v>7</v>
+      </c>
+      <c r="C394" t="s">
+        <v>16</v>
+      </c>
+      <c r="D394" t="s">
+        <v>4</v>
+      </c>
+      <c r="E394" t="s">
+        <v>5</v>
+      </c>
+      <c r="F394" t="s">
+        <v>6</v>
+      </c>
+      <c r="G394">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="395" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A395" t="s">
+        <v>58</v>
+      </c>
+      <c r="B395" t="s">
+        <v>17</v>
+      </c>
+      <c r="C395" t="s">
+        <v>18</v>
+      </c>
+      <c r="D395" t="s">
+        <v>15</v>
+      </c>
+      <c r="E395" t="s">
+        <v>5</v>
+      </c>
+      <c r="F395" t="s">
+        <v>6</v>
+      </c>
+      <c r="G395">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="396" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A396" t="s">
+        <v>58</v>
+      </c>
+      <c r="B396" t="s">
+        <v>17</v>
+      </c>
+      <c r="C396" t="s">
         <v>59</v>
       </c>
-      <c r="D385" s="3" t="s">
+      <c r="D396" t="s">
+        <v>9</v>
+      </c>
+      <c r="E396" t="s">
+        <v>5</v>
+      </c>
+      <c r="F396" t="s">
+        <v>6</v>
+      </c>
+      <c r="G396">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="397" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A397" t="s">
+        <v>58</v>
+      </c>
+      <c r="B397" t="s">
+        <v>17</v>
+      </c>
+      <c r="C397" t="s">
+        <v>60</v>
+      </c>
+      <c r="D397" t="s">
+        <v>4</v>
+      </c>
+      <c r="E397" t="s">
+        <v>5</v>
+      </c>
+      <c r="F397" t="s">
+        <v>6</v>
+      </c>
+      <c r="G397">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="398" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A398" t="s">
+        <v>58</v>
+      </c>
+      <c r="B398" t="s">
+        <v>17</v>
+      </c>
+      <c r="C398" t="s">
+        <v>41</v>
+      </c>
+      <c r="D398" t="s">
+        <v>11</v>
+      </c>
+      <c r="E398" t="s">
+        <v>5</v>
+      </c>
+      <c r="F398" t="s">
+        <v>11</v>
+      </c>
+      <c r="G398">
+        <v>2.83</v>
+      </c>
+    </row>
+    <row r="399" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A399" t="s">
+        <v>58</v>
+      </c>
+      <c r="B399" t="s">
+        <v>17</v>
+      </c>
+      <c r="C399" t="s">
+        <v>41</v>
+      </c>
+      <c r="D399" t="s">
+        <v>11</v>
+      </c>
+      <c r="E399" t="s">
+        <v>12</v>
+      </c>
+      <c r="F399" t="s">
+        <v>11</v>
+      </c>
+      <c r="G399">
+        <v>1.21</v>
+      </c>
+    </row>
+    <row r="400" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A400" t="s">
+        <v>58</v>
+      </c>
+      <c r="B400" t="s">
+        <v>17</v>
+      </c>
+      <c r="C400" t="s">
+        <v>61</v>
+      </c>
+      <c r="D400" t="s">
+        <v>9</v>
+      </c>
+      <c r="E400" t="s">
+        <v>5</v>
+      </c>
+      <c r="F400" t="s">
+        <v>6</v>
+      </c>
+      <c r="G400">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="401" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A401" t="s">
+        <v>58</v>
+      </c>
+      <c r="B401" t="s">
+        <v>23</v>
+      </c>
+      <c r="C401" t="s">
+        <v>42</v>
+      </c>
+      <c r="D401" t="s">
+        <v>11</v>
+      </c>
+      <c r="E401" t="s">
+        <v>12</v>
+      </c>
+      <c r="F401" t="s">
+        <v>11</v>
+      </c>
+      <c r="G401">
+        <v>2.72</v>
+      </c>
+    </row>
+    <row r="402" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A402" t="s">
+        <v>58</v>
+      </c>
+      <c r="B402" t="s">
+        <v>23</v>
+      </c>
+      <c r="C402" t="s">
+        <v>24</v>
+      </c>
+      <c r="D402" t="s">
+        <v>9</v>
+      </c>
+      <c r="E402" t="s">
+        <v>12</v>
+      </c>
+      <c r="F402" t="s">
+        <v>6</v>
+      </c>
+      <c r="G402">
+        <v>0.46</v>
+      </c>
+    </row>
+    <row r="403" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A403" t="s">
+        <v>58</v>
+      </c>
+      <c r="B403" t="s">
+        <v>23</v>
+      </c>
+      <c r="C403" t="s">
+        <v>24</v>
+      </c>
+      <c r="D403" t="s">
+        <v>11</v>
+      </c>
+      <c r="E403" t="s">
+        <v>5</v>
+      </c>
+      <c r="F403" t="s">
+        <v>11</v>
+      </c>
+      <c r="G403">
+        <v>1.28</v>
+      </c>
+    </row>
+    <row r="404" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A404" t="s">
+        <v>58</v>
+      </c>
+      <c r="B404" t="s">
+        <v>23</v>
+      </c>
+      <c r="C404" t="s">
+        <v>24</v>
+      </c>
+      <c r="D404" t="s">
+        <v>11</v>
+      </c>
+      <c r="E404" t="s">
+        <v>12</v>
+      </c>
+      <c r="F404" t="s">
+        <v>11</v>
+      </c>
+      <c r="G404">
+        <v>2.4300000000000002</v>
+      </c>
+    </row>
+    <row r="405" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A405" t="s">
+        <v>58</v>
+      </c>
+      <c r="B405" t="s">
+        <v>23</v>
+      </c>
+      <c r="C405" t="s">
+        <v>24</v>
+      </c>
+      <c r="D405" t="s">
+        <v>4</v>
+      </c>
+      <c r="E405" t="s">
+        <v>5</v>
+      </c>
+      <c r="F405" t="s">
+        <v>6</v>
+      </c>
+      <c r="G405">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="406" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A406" t="s">
+        <v>58</v>
+      </c>
+      <c r="B406" t="s">
+        <v>23</v>
+      </c>
+      <c r="C406" t="s">
+        <v>24</v>
+      </c>
+      <c r="D406" t="s">
+        <v>4</v>
+      </c>
+      <c r="E406" t="s">
+        <v>12</v>
+      </c>
+      <c r="F406" t="s">
+        <v>6</v>
+      </c>
+      <c r="G406">
+        <v>2.2799999999999998</v>
+      </c>
+    </row>
+    <row r="407" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A407" t="s">
+        <v>58</v>
+      </c>
+      <c r="B407" t="s">
+        <v>23</v>
+      </c>
+      <c r="C407" t="s">
+        <v>25</v>
+      </c>
+      <c r="D407" t="s">
+        <v>62</v>
+      </c>
+      <c r="E407" t="s">
+        <v>5</v>
+      </c>
+      <c r="F407" t="s">
+        <v>6</v>
+      </c>
+      <c r="G407">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="408" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A408" t="s">
+        <v>58</v>
+      </c>
+      <c r="B408" t="s">
+        <v>23</v>
+      </c>
+      <c r="C408" t="s">
+        <v>25</v>
+      </c>
+      <c r="D408" t="s">
+        <v>11</v>
+      </c>
+      <c r="E408" t="s">
+        <v>5</v>
+      </c>
+      <c r="F408" t="s">
+        <v>11</v>
+      </c>
+      <c r="G408">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="409" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A409" t="s">
+        <v>58</v>
+      </c>
+      <c r="B409" t="s">
+        <v>23</v>
+      </c>
+      <c r="C409" t="s">
+        <v>25</v>
+      </c>
+      <c r="D409" t="s">
+        <v>11</v>
+      </c>
+      <c r="E409" t="s">
+        <v>12</v>
+      </c>
+      <c r="F409" t="s">
+        <v>11</v>
+      </c>
+      <c r="G409">
+        <v>1.38</v>
+      </c>
+    </row>
+    <row r="410" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A410" t="s">
+        <v>58</v>
+      </c>
+      <c r="B410" t="s">
+        <v>23</v>
+      </c>
+      <c r="C410" t="s">
+        <v>26</v>
+      </c>
+      <c r="D410" t="s">
+        <v>11</v>
+      </c>
+      <c r="E410" t="s">
+        <v>5</v>
+      </c>
+      <c r="F410" t="s">
+        <v>11</v>
+      </c>
+      <c r="G410">
+        <v>1.44</v>
+      </c>
+    </row>
+    <row r="411" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A411" t="s">
+        <v>58</v>
+      </c>
+      <c r="B411" t="s">
+        <v>23</v>
+      </c>
+      <c r="C411" t="s">
+        <v>26</v>
+      </c>
+      <c r="D411" t="s">
+        <v>11</v>
+      </c>
+      <c r="E411" t="s">
+        <v>12</v>
+      </c>
+      <c r="F411" t="s">
+        <v>11</v>
+      </c>
+      <c r="G411">
+        <v>2.4300000000000002</v>
+      </c>
+    </row>
+    <row r="412" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A412" t="s">
+        <v>58</v>
+      </c>
+      <c r="B412" t="s">
+        <v>23</v>
+      </c>
+      <c r="C412" t="s">
+        <v>26</v>
+      </c>
+      <c r="D412" t="s">
+        <v>4</v>
+      </c>
+      <c r="E412" t="s">
+        <v>12</v>
+      </c>
+      <c r="F412" t="s">
+        <v>6</v>
+      </c>
+      <c r="G412">
+        <v>2.67</v>
+      </c>
+    </row>
+    <row r="413" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A413" t="s">
+        <v>58</v>
+      </c>
+      <c r="B413" t="s">
+        <v>23</v>
+      </c>
+      <c r="C413" t="s">
+        <v>28</v>
+      </c>
+      <c r="D413" t="s">
+        <v>35</v>
+      </c>
+      <c r="E413" t="s">
+        <v>12</v>
+      </c>
+      <c r="F413" t="s">
+        <v>6</v>
+      </c>
+      <c r="G413">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="414" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A414" t="s">
+        <v>58</v>
+      </c>
+      <c r="B414" t="s">
+        <v>23</v>
+      </c>
+      <c r="C414" t="s">
+        <v>29</v>
+      </c>
+      <c r="D414" t="s">
         <v>15</v>
       </c>
-      <c r="E385" s="3" t="s">
-[...670 lines deleted...]
-        <v>13</v>
+      <c r="E414" t="s">
+        <v>12</v>
+      </c>
+      <c r="F414" t="s">
+        <v>6</v>
       </c>
       <c r="G414">
-        <v>2.42</v>
+        <v>3.08</v>
       </c>
     </row>
     <row r="415" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A415" s="3" t="s">
-[...15 lines deleted...]
-        <v>110</v>
+      <c r="A415" t="s">
+        <v>58</v>
+      </c>
+      <c r="B415" t="s">
+        <v>23</v>
+      </c>
+      <c r="C415" t="s">
+        <v>29</v>
+      </c>
+      <c r="D415" t="s">
+        <v>11</v>
+      </c>
+      <c r="E415" t="s">
+        <v>5</v>
+      </c>
+      <c r="F415" t="s">
+        <v>11</v>
       </c>
       <c r="G415">
         <v>3.08</v>
       </c>
     </row>
     <row r="416" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A416" s="3" t="s">
-[...15 lines deleted...]
-        <v>13</v>
+      <c r="A416" t="s">
+        <v>58</v>
+      </c>
+      <c r="B416" t="s">
+        <v>23</v>
+      </c>
+      <c r="C416" t="s">
+        <v>29</v>
+      </c>
+      <c r="D416" t="s">
+        <v>11</v>
+      </c>
+      <c r="E416" t="s">
+        <v>12</v>
+      </c>
+      <c r="F416" t="s">
+        <v>11</v>
       </c>
       <c r="G416">
-        <v>1.75</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="417" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A417" s="3" t="s">
-[...15 lines deleted...]
-        <v>13</v>
+      <c r="A417" t="s">
+        <v>58</v>
+      </c>
+      <c r="B417" t="s">
+        <v>23</v>
+      </c>
+      <c r="C417" t="s">
+        <v>29</v>
+      </c>
+      <c r="D417" t="s">
+        <v>4</v>
+      </c>
+      <c r="E417" t="s">
+        <v>5</v>
+      </c>
+      <c r="F417" t="s">
+        <v>6</v>
       </c>
       <c r="G417">
-        <v>1.58</v>
+        <v>1.83</v>
       </c>
     </row>
     <row r="418" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A418" s="3" t="s">
-[...15 lines deleted...]
-        <v>13</v>
+      <c r="A418" t="s">
+        <v>58</v>
+      </c>
+      <c r="B418" t="s">
+        <v>23</v>
+      </c>
+      <c r="C418" t="s">
+        <v>29</v>
+      </c>
+      <c r="D418" t="s">
+        <v>4</v>
+      </c>
+      <c r="E418" t="s">
+        <v>12</v>
+      </c>
+      <c r="F418" t="s">
+        <v>6</v>
       </c>
       <c r="G418">
         <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A419" s="3" t="s">
-[...11 lines deleted...]
-      <c r="E419" s="3" t="s">
+      <c r="A419" t="s">
+        <v>58</v>
+      </c>
+      <c r="B419" t="s">
+        <v>23</v>
+      </c>
+      <c r="C419" t="s">
+        <v>30</v>
+      </c>
+      <c r="D419" t="s">
+        <v>11</v>
+      </c>
+      <c r="E419" t="s">
+        <v>5</v>
+      </c>
+      <c r="F419" t="s">
+        <v>11</v>
+      </c>
+      <c r="G419">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="420" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A420" t="s">
+        <v>58</v>
+      </c>
+      <c r="B420" t="s">
+        <v>23</v>
+      </c>
+      <c r="C420" t="s">
+        <v>30</v>
+      </c>
+      <c r="D420" t="s">
+        <v>11</v>
+      </c>
+      <c r="E420" t="s">
+        <v>12</v>
+      </c>
+      <c r="F420" t="s">
+        <v>11</v>
+      </c>
+      <c r="G420">
+        <v>2.61</v>
+      </c>
+    </row>
+    <row r="421" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A421" t="s">
+        <v>58</v>
+      </c>
+      <c r="B421" t="s">
+        <v>23</v>
+      </c>
+      <c r="C421" t="s">
+        <v>30</v>
+      </c>
+      <c r="D421" t="s">
+        <v>4</v>
+      </c>
+      <c r="E421" t="s">
+        <v>5</v>
+      </c>
+      <c r="F421" t="s">
+        <v>6</v>
+      </c>
+      <c r="G421">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="422" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A422" t="s">
+        <v>58</v>
+      </c>
+      <c r="B422" t="s">
+        <v>23</v>
+      </c>
+      <c r="C422" t="s">
+        <v>31</v>
+      </c>
+      <c r="D422" t="s">
+        <v>4</v>
+      </c>
+      <c r="E422" t="s">
+        <v>12</v>
+      </c>
+      <c r="F422" t="s">
+        <v>6</v>
+      </c>
+      <c r="G422">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="423" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A423" t="s">
+        <v>58</v>
+      </c>
+      <c r="B423" t="s">
+        <v>23</v>
+      </c>
+      <c r="C423" t="s">
+        <v>63</v>
+      </c>
+      <c r="D423" t="s">
+        <v>11</v>
+      </c>
+      <c r="E423" t="s">
+        <v>12</v>
+      </c>
+      <c r="F423" t="s">
+        <v>11</v>
+      </c>
+      <c r="G423">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="424" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A424" t="s">
+        <v>58</v>
+      </c>
+      <c r="B424" t="s">
+        <v>23</v>
+      </c>
+      <c r="C424" t="s">
+        <v>32</v>
+      </c>
+      <c r="D424" t="s">
+        <v>11</v>
+      </c>
+      <c r="E424" t="s">
+        <v>5</v>
+      </c>
+      <c r="F424" t="s">
+        <v>11</v>
+      </c>
+      <c r="G424">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="425" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A425" t="s">
+        <v>58</v>
+      </c>
+      <c r="B425" t="s">
+        <v>23</v>
+      </c>
+      <c r="C425" t="s">
+        <v>32</v>
+      </c>
+      <c r="D425" t="s">
+        <v>11</v>
+      </c>
+      <c r="E425" t="s">
+        <v>12</v>
+      </c>
+      <c r="F425" t="s">
+        <v>11</v>
+      </c>
+      <c r="G425">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="426" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A426" t="s">
+        <v>58</v>
+      </c>
+      <c r="B426" t="s">
+        <v>23</v>
+      </c>
+      <c r="C426" t="s">
+        <v>33</v>
+      </c>
+      <c r="D426" t="s">
+        <v>9</v>
+      </c>
+      <c r="E426" t="s">
+        <v>5</v>
+      </c>
+      <c r="F426" t="s">
+        <v>6</v>
+      </c>
+      <c r="G426">
+        <v>4.83</v>
+      </c>
+    </row>
+    <row r="427" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A427" t="s">
+        <v>58</v>
+      </c>
+      <c r="B427" t="s">
+        <v>23</v>
+      </c>
+      <c r="C427" t="s">
+        <v>33</v>
+      </c>
+      <c r="D427" t="s">
+        <v>11</v>
+      </c>
+      <c r="E427" t="s">
+        <v>5</v>
+      </c>
+      <c r="F427" t="s">
+        <v>11</v>
+      </c>
+      <c r="G427">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="428" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A428" t="s">
+        <v>58</v>
+      </c>
+      <c r="B428" t="s">
+        <v>23</v>
+      </c>
+      <c r="C428" t="s">
+        <v>33</v>
+      </c>
+      <c r="D428" t="s">
+        <v>11</v>
+      </c>
+      <c r="E428" t="s">
+        <v>12</v>
+      </c>
+      <c r="F428" t="s">
+        <v>11</v>
+      </c>
+      <c r="G428">
+        <v>0.82</v>
+      </c>
+    </row>
+    <row r="429" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A429" t="s">
+        <v>58</v>
+      </c>
+      <c r="B429" t="s">
+        <v>23</v>
+      </c>
+      <c r="C429" t="s">
+        <v>33</v>
+      </c>
+      <c r="D429" t="s">
+        <v>4</v>
+      </c>
+      <c r="E429" t="s">
+        <v>5</v>
+      </c>
+      <c r="F429" t="s">
+        <v>6</v>
+      </c>
+      <c r="G429">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="430" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A430" t="s">
+        <v>58</v>
+      </c>
+      <c r="B430" t="s">
+        <v>23</v>
+      </c>
+      <c r="C430" t="s">
+        <v>34</v>
+      </c>
+      <c r="D430" t="s">
+        <v>9</v>
+      </c>
+      <c r="E430" t="s">
+        <v>5</v>
+      </c>
+      <c r="F430" t="s">
+        <v>6</v>
+      </c>
+      <c r="G430">
+        <v>4.33</v>
+      </c>
+    </row>
+    <row r="431" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A431" t="s">
+        <v>58</v>
+      </c>
+      <c r="B431" t="s">
+        <v>23</v>
+      </c>
+      <c r="C431" t="s">
+        <v>34</v>
+      </c>
+      <c r="D431" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" t="s">
+        <v>12</v>
+      </c>
+      <c r="F431" t="s">
+        <v>6</v>
+      </c>
+      <c r="G431">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="432" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A432" t="s">
+        <v>58</v>
+      </c>
+      <c r="B432" t="s">
+        <v>23</v>
+      </c>
+      <c r="C432" t="s">
+        <v>34</v>
+      </c>
+      <c r="D432" t="s">
+        <v>11</v>
+      </c>
+      <c r="E432" t="s">
+        <v>12</v>
+      </c>
+      <c r="F432" t="s">
+        <v>11</v>
+      </c>
+      <c r="G432">
+        <v>2.67</v>
+      </c>
+    </row>
+    <row r="433" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A433" t="s">
+        <v>58</v>
+      </c>
+      <c r="B433" t="s">
+        <v>23</v>
+      </c>
+      <c r="C433" t="s">
+        <v>53</v>
+      </c>
+      <c r="D433" t="s">
+        <v>11</v>
+      </c>
+      <c r="E433" t="s">
+        <v>12</v>
+      </c>
+      <c r="F433" t="s">
+        <v>11</v>
+      </c>
+      <c r="G433">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="434" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A434" t="s">
+        <v>58</v>
+      </c>
+      <c r="B434" t="s">
+        <v>44</v>
+      </c>
+      <c r="C434" t="s">
+        <v>64</v>
+      </c>
+      <c r="D434" t="s">
+        <v>9</v>
+      </c>
+      <c r="E434" t="s">
+        <v>5</v>
+      </c>
+      <c r="F434" t="s">
+        <v>6</v>
+      </c>
+      <c r="G434">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="435" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A435" t="s">
+        <v>58</v>
+      </c>
+      <c r="B435" t="s">
+        <v>44</v>
+      </c>
+      <c r="C435" t="s">
+        <v>64</v>
+      </c>
+      <c r="D435" t="s">
+        <v>4</v>
+      </c>
+      <c r="E435" t="s">
+        <v>5</v>
+      </c>
+      <c r="F435" t="s">
+        <v>6</v>
+      </c>
+      <c r="G435">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="436" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A436" t="s">
+        <v>58</v>
+      </c>
+      <c r="B436" t="s">
+        <v>36</v>
+      </c>
+      <c r="C436" t="s">
+        <v>37</v>
+      </c>
+      <c r="D436" t="s">
+        <v>4</v>
+      </c>
+      <c r="E436" t="s">
+        <v>5</v>
+      </c>
+      <c r="F436" t="s">
+        <v>6</v>
+      </c>
+      <c r="G436">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="437" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A437" t="s">
+        <v>54</v>
+      </c>
+      <c r="B437" t="s">
+        <v>7</v>
+      </c>
+      <c r="C437" t="s">
+        <v>8</v>
+      </c>
+      <c r="D437" t="s">
+        <v>9</v>
+      </c>
+      <c r="E437" t="s">
+        <v>12</v>
+      </c>
+      <c r="F437" t="s">
+        <v>6</v>
+      </c>
+      <c r="G437">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="438" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A438" t="s">
+        <v>54</v>
+      </c>
+      <c r="B438" t="s">
+        <v>7</v>
+      </c>
+      <c r="C438" t="s">
+        <v>8</v>
+      </c>
+      <c r="D438" t="s">
+        <v>4</v>
+      </c>
+      <c r="E438" t="s">
+        <v>12</v>
+      </c>
+      <c r="F438" t="s">
+        <v>6</v>
+      </c>
+      <c r="G438">
+        <v>0.28999999999999998</v>
+      </c>
+    </row>
+    <row r="439" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A439" t="s">
+        <v>54</v>
+      </c>
+      <c r="B439" t="s">
+        <v>7</v>
+      </c>
+      <c r="C439" t="s">
+        <v>39</v>
+      </c>
+      <c r="D439" t="s">
+        <v>11</v>
+      </c>
+      <c r="E439" t="s">
+        <v>5</v>
+      </c>
+      <c r="F439" t="s">
+        <v>11</v>
+      </c>
+      <c r="G439">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="440" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A440" t="s">
+        <v>54</v>
+      </c>
+      <c r="B440" t="s">
+        <v>7</v>
+      </c>
+      <c r="C440" t="s">
+        <v>39</v>
+      </c>
+      <c r="D440" t="s">
+        <v>11</v>
+      </c>
+      <c r="E440" t="s">
+        <v>12</v>
+      </c>
+      <c r="F440" t="s">
+        <v>11</v>
+      </c>
+      <c r="G440">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="441" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A441" t="s">
+        <v>54</v>
+      </c>
+      <c r="B441" t="s">
+        <v>7</v>
+      </c>
+      <c r="C441" t="s">
+        <v>39</v>
+      </c>
+      <c r="D441" t="s">
+        <v>4</v>
+      </c>
+      <c r="E441" t="s">
+        <v>5</v>
+      </c>
+      <c r="F441" t="s">
+        <v>6</v>
+      </c>
+      <c r="G441">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="442" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A442" t="s">
+        <v>54</v>
+      </c>
+      <c r="B442" t="s">
+        <v>7</v>
+      </c>
+      <c r="C442" t="s">
+        <v>10</v>
+      </c>
+      <c r="D442" t="s">
+        <v>11</v>
+      </c>
+      <c r="E442" t="s">
+        <v>5</v>
+      </c>
+      <c r="F442" t="s">
+        <v>11</v>
+      </c>
+      <c r="G442">
+        <v>1.36</v>
+      </c>
+    </row>
+    <row r="443" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A443" t="s">
+        <v>54</v>
+      </c>
+      <c r="B443" t="s">
+        <v>7</v>
+      </c>
+      <c r="C443" t="s">
+        <v>10</v>
+      </c>
+      <c r="D443" t="s">
+        <v>11</v>
+      </c>
+      <c r="E443" t="s">
+        <v>12</v>
+      </c>
+      <c r="F443" t="s">
+        <v>11</v>
+      </c>
+      <c r="G443">
+        <v>1.31</v>
+      </c>
+    </row>
+    <row r="444" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A444" t="s">
+        <v>54</v>
+      </c>
+      <c r="B444" t="s">
+        <v>7</v>
+      </c>
+      <c r="C444" t="s">
+        <v>10</v>
+      </c>
+      <c r="D444" t="s">
+        <v>4</v>
+      </c>
+      <c r="E444" t="s">
+        <v>12</v>
+      </c>
+      <c r="F444" t="s">
+        <v>6</v>
+      </c>
+      <c r="G444">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="445" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A445" t="s">
+        <v>54</v>
+      </c>
+      <c r="B445" t="s">
+        <v>7</v>
+      </c>
+      <c r="C445" t="s">
+        <v>13</v>
+      </c>
+      <c r="D445" t="s">
+        <v>11</v>
+      </c>
+      <c r="E445" t="s">
+        <v>5</v>
+      </c>
+      <c r="F445" t="s">
+        <v>11</v>
+      </c>
+      <c r="G445">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="446" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A446" t="s">
+        <v>54</v>
+      </c>
+      <c r="B446" t="s">
+        <v>7</v>
+      </c>
+      <c r="C446" t="s">
         <v>14</v>
       </c>
-      <c r="F419" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G419">
+      <c r="D446" t="s">
+        <v>11</v>
+      </c>
+      <c r="E446" t="s">
+        <v>12</v>
+      </c>
+      <c r="F446" t="s">
+        <v>11</v>
+      </c>
+      <c r="G446">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="447" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A447" t="s">
+        <v>54</v>
+      </c>
+      <c r="B447" t="s">
+        <v>7</v>
+      </c>
+      <c r="C447" t="s">
+        <v>16</v>
+      </c>
+      <c r="D447" t="s">
+        <v>35</v>
+      </c>
+      <c r="E447" t="s">
+        <v>12</v>
+      </c>
+      <c r="F447" t="s">
+        <v>6</v>
+      </c>
+      <c r="G447">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="448" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A448" t="s">
+        <v>54</v>
+      </c>
+      <c r="B448" t="s">
+        <v>7</v>
+      </c>
+      <c r="C448" t="s">
+        <v>16</v>
+      </c>
+      <c r="D448" t="s">
+        <v>11</v>
+      </c>
+      <c r="E448" t="s">
+        <v>5</v>
+      </c>
+      <c r="F448" t="s">
+        <v>11</v>
+      </c>
+      <c r="G448">
+        <v>0.88</v>
+      </c>
+    </row>
+    <row r="449" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A449" t="s">
+        <v>54</v>
+      </c>
+      <c r="B449" t="s">
+        <v>7</v>
+      </c>
+      <c r="C449" t="s">
+        <v>16</v>
+      </c>
+      <c r="D449" t="s">
+        <v>11</v>
+      </c>
+      <c r="E449" t="s">
+        <v>12</v>
+      </c>
+      <c r="F449" t="s">
+        <v>11</v>
+      </c>
+      <c r="G449">
+        <v>2.04</v>
+      </c>
+    </row>
+    <row r="450" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A450" t="s">
+        <v>54</v>
+      </c>
+      <c r="B450" t="s">
+        <v>7</v>
+      </c>
+      <c r="C450" t="s">
+        <v>16</v>
+      </c>
+      <c r="D450" t="s">
+        <v>4</v>
+      </c>
+      <c r="E450" t="s">
+        <v>12</v>
+      </c>
+      <c r="F450" t="s">
+        <v>6</v>
+      </c>
+      <c r="G450">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="451" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A451" t="s">
+        <v>54</v>
+      </c>
+      <c r="B451" t="s">
+        <v>17</v>
+      </c>
+      <c r="C451" t="s">
+        <v>19</v>
+      </c>
+      <c r="D451" t="s">
+        <v>9</v>
+      </c>
+      <c r="E451" t="s">
+        <v>5</v>
+      </c>
+      <c r="F451" t="s">
+        <v>6</v>
+      </c>
+      <c r="G451">
+        <v>1.67</v>
+      </c>
+    </row>
+    <row r="452" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A452" t="s">
+        <v>54</v>
+      </c>
+      <c r="B452" t="s">
+        <v>17</v>
+      </c>
+      <c r="C452" t="s">
+        <v>19</v>
+      </c>
+      <c r="D452" t="s">
+        <v>20</v>
+      </c>
+      <c r="E452" t="s">
+        <v>5</v>
+      </c>
+      <c r="F452" t="s">
+        <v>6</v>
+      </c>
+      <c r="G452">
+        <v>1.67</v>
+      </c>
+    </row>
+    <row r="453" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A453" t="s">
+        <v>54</v>
+      </c>
+      <c r="B453" t="s">
+        <v>17</v>
+      </c>
+      <c r="C453" t="s">
+        <v>51</v>
+      </c>
+      <c r="D453" t="s">
+        <v>48</v>
+      </c>
+      <c r="E453" t="s">
+        <v>12</v>
+      </c>
+      <c r="F453" t="s">
+        <v>6</v>
+      </c>
+      <c r="G453">
         <v>1</v>
       </c>
     </row>
-    <row r="420" spans="1:7" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D420" s="3" t="s">
+    <row r="454" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A454" t="s">
+        <v>54</v>
+      </c>
+      <c r="B454" t="s">
+        <v>17</v>
+      </c>
+      <c r="C454" t="s">
+        <v>51</v>
+      </c>
+      <c r="D454" t="s">
+        <v>9</v>
+      </c>
+      <c r="E454" t="s">
+        <v>12</v>
+      </c>
+      <c r="F454" t="s">
+        <v>6</v>
+      </c>
+      <c r="G454">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="455" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A455" t="s">
+        <v>54</v>
+      </c>
+      <c r="B455" t="s">
+        <v>17</v>
+      </c>
+      <c r="C455" t="s">
+        <v>51</v>
+      </c>
+      <c r="D455" t="s">
+        <v>35</v>
+      </c>
+      <c r="E455" t="s">
+        <v>5</v>
+      </c>
+      <c r="F455" t="s">
+        <v>6</v>
+      </c>
+      <c r="G455">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="456" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A456" t="s">
+        <v>54</v>
+      </c>
+      <c r="B456" t="s">
+        <v>17</v>
+      </c>
+      <c r="C456" t="s">
+        <v>21</v>
+      </c>
+      <c r="D456" t="s">
+        <v>9</v>
+      </c>
+      <c r="E456" t="s">
+        <v>5</v>
+      </c>
+      <c r="F456" t="s">
+        <v>6</v>
+      </c>
+      <c r="G456">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="457" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A457" t="s">
+        <v>54</v>
+      </c>
+      <c r="B457" t="s">
+        <v>17</v>
+      </c>
+      <c r="C457" t="s">
+        <v>21</v>
+      </c>
+      <c r="D457" t="s">
         <v>15</v>
       </c>
-      <c r="E420" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G420">
+      <c r="E457" t="s">
+        <v>12</v>
+      </c>
+      <c r="F457" t="s">
+        <v>6</v>
+      </c>
+      <c r="G457">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="458" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A458" t="s">
+        <v>54</v>
+      </c>
+      <c r="B458" t="s">
+        <v>17</v>
+      </c>
+      <c r="C458" t="s">
+        <v>52</v>
+      </c>
+      <c r="D458" t="s">
+        <v>4</v>
+      </c>
+      <c r="E458" t="s">
+        <v>5</v>
+      </c>
+      <c r="F458" t="s">
+        <v>6</v>
+      </c>
+      <c r="G458">
         <v>1</v>
       </c>
     </row>
-    <row r="421" spans="1:7" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="G421">
+    <row r="459" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A459" t="s">
+        <v>54</v>
+      </c>
+      <c r="B459" t="s">
+        <v>17</v>
+      </c>
+      <c r="C459" t="s">
+        <v>41</v>
+      </c>
+      <c r="D459" t="s">
+        <v>11</v>
+      </c>
+      <c r="E459" t="s">
+        <v>5</v>
+      </c>
+      <c r="F459" t="s">
+        <v>11</v>
+      </c>
+      <c r="G459">
         <v>1</v>
       </c>
     </row>
-    <row r="422" spans="1:7" x14ac:dyDescent="0.25">
-[...872 lines deleted...]
-    </row>
     <row r="460" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A460" s="3" t="s">
-[...15 lines deleted...]
-        <v>110</v>
+      <c r="A460" t="s">
+        <v>54</v>
+      </c>
+      <c r="B460" t="s">
+        <v>17</v>
+      </c>
+      <c r="C460" t="s">
+        <v>41</v>
+      </c>
+      <c r="D460" t="s">
+        <v>4</v>
+      </c>
+      <c r="E460" t="s">
+        <v>5</v>
+      </c>
+      <c r="F460" t="s">
+        <v>6</v>
       </c>
       <c r="G460">
         <v>1.08</v>
       </c>
     </row>
     <row r="461" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A461" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B461" s="3" t="s">
+      <c r="A461" t="s">
+        <v>54</v>
+      </c>
+      <c r="B461" t="s">
+        <v>17</v>
+      </c>
+      <c r="C461" t="s">
+        <v>41</v>
+      </c>
+      <c r="D461" t="s">
+        <v>4</v>
+      </c>
+      <c r="E461" t="s">
+        <v>12</v>
+      </c>
+      <c r="F461" t="s">
+        <v>6</v>
+      </c>
+      <c r="G461">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="462" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A462" t="s">
+        <v>54</v>
+      </c>
+      <c r="B462" t="s">
+        <v>23</v>
+      </c>
+      <c r="C462" t="s">
+        <v>42</v>
+      </c>
+      <c r="D462" t="s">
+        <v>4</v>
+      </c>
+      <c r="E462" t="s">
+        <v>12</v>
+      </c>
+      <c r="F462" t="s">
+        <v>6</v>
+      </c>
+      <c r="G462">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="463" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A463" t="s">
+        <v>54</v>
+      </c>
+      <c r="B463" t="s">
+        <v>23</v>
+      </c>
+      <c r="C463" t="s">
+        <v>24</v>
+      </c>
+      <c r="D463" t="s">
+        <v>11</v>
+      </c>
+      <c r="E463" t="s">
+        <v>5</v>
+      </c>
+      <c r="F463" t="s">
+        <v>11</v>
+      </c>
+      <c r="G463">
+        <v>2.64</v>
+      </c>
+    </row>
+    <row r="464" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A464" t="s">
+        <v>54</v>
+      </c>
+      <c r="B464" t="s">
+        <v>23</v>
+      </c>
+      <c r="C464" t="s">
+        <v>24</v>
+      </c>
+      <c r="D464" t="s">
+        <v>11</v>
+      </c>
+      <c r="E464" t="s">
+        <v>12</v>
+      </c>
+      <c r="F464" t="s">
+        <v>11</v>
+      </c>
+      <c r="G464">
+        <v>2.89</v>
+      </c>
+    </row>
+    <row r="465" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A465" t="s">
+        <v>54</v>
+      </c>
+      <c r="B465" t="s">
+        <v>23</v>
+      </c>
+      <c r="C465" t="s">
+        <v>24</v>
+      </c>
+      <c r="D465" t="s">
+        <v>4</v>
+      </c>
+      <c r="E465" t="s">
+        <v>5</v>
+      </c>
+      <c r="F465" t="s">
+        <v>6</v>
+      </c>
+      <c r="G465">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="466" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A466" t="s">
+        <v>54</v>
+      </c>
+      <c r="B466" t="s">
+        <v>23</v>
+      </c>
+      <c r="C466" t="s">
+        <v>24</v>
+      </c>
+      <c r="D466" t="s">
+        <v>4</v>
+      </c>
+      <c r="E466" t="s">
+        <v>12</v>
+      </c>
+      <c r="F466" t="s">
+        <v>6</v>
+      </c>
+      <c r="G466">
+        <v>1.46</v>
+      </c>
+    </row>
+    <row r="467" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A467" t="s">
+        <v>54</v>
+      </c>
+      <c r="B467" t="s">
+        <v>23</v>
+      </c>
+      <c r="C467" t="s">
+        <v>26</v>
+      </c>
+      <c r="D467" t="s">
+        <v>9</v>
+      </c>
+      <c r="E467" t="s">
+        <v>5</v>
+      </c>
+      <c r="F467" t="s">
+        <v>6</v>
+      </c>
+      <c r="G467">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="468" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A468" t="s">
+        <v>54</v>
+      </c>
+      <c r="B468" t="s">
+        <v>23</v>
+      </c>
+      <c r="C468" t="s">
+        <v>26</v>
+      </c>
+      <c r="D468" t="s">
+        <v>11</v>
+      </c>
+      <c r="E468" t="s">
+        <v>5</v>
+      </c>
+      <c r="F468" t="s">
+        <v>11</v>
+      </c>
+      <c r="G468">
+        <v>1.81</v>
+      </c>
+    </row>
+    <row r="469" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A469" t="s">
+        <v>54</v>
+      </c>
+      <c r="B469" t="s">
+        <v>23</v>
+      </c>
+      <c r="C469" t="s">
+        <v>26</v>
+      </c>
+      <c r="D469" t="s">
+        <v>11</v>
+      </c>
+      <c r="E469" t="s">
+        <v>12</v>
+      </c>
+      <c r="F469" t="s">
+        <v>11</v>
+      </c>
+      <c r="G469">
+        <v>1.17</v>
+      </c>
+    </row>
+    <row r="470" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A470" t="s">
+        <v>54</v>
+      </c>
+      <c r="B470" t="s">
+        <v>23</v>
+      </c>
+      <c r="C470" t="s">
+        <v>26</v>
+      </c>
+      <c r="D470" t="s">
+        <v>4</v>
+      </c>
+      <c r="E470" t="s">
+        <v>12</v>
+      </c>
+      <c r="F470" t="s">
+        <v>6</v>
+      </c>
+      <c r="G470">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="471" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A471" t="s">
+        <v>54</v>
+      </c>
+      <c r="B471" t="s">
+        <v>23</v>
+      </c>
+      <c r="C471" t="s">
+        <v>27</v>
+      </c>
+      <c r="D471" t="s">
+        <v>4</v>
+      </c>
+      <c r="E471" t="s">
+        <v>12</v>
+      </c>
+      <c r="F471" t="s">
+        <v>6</v>
+      </c>
+      <c r="G471">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="472" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A472" t="s">
+        <v>54</v>
+      </c>
+      <c r="B472" t="s">
+        <v>23</v>
+      </c>
+      <c r="C472" t="s">
+        <v>29</v>
+      </c>
+      <c r="D472" t="s">
+        <v>9</v>
+      </c>
+      <c r="E472" t="s">
+        <v>12</v>
+      </c>
+      <c r="F472" t="s">
+        <v>6</v>
+      </c>
+      <c r="G472">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="473" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A473" t="s">
+        <v>54</v>
+      </c>
+      <c r="B473" t="s">
+        <v>23</v>
+      </c>
+      <c r="C473" t="s">
+        <v>29</v>
+      </c>
+      <c r="D473" t="s">
+        <v>11</v>
+      </c>
+      <c r="E473" t="s">
+        <v>5</v>
+      </c>
+      <c r="F473" t="s">
+        <v>11</v>
+      </c>
+      <c r="G473">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="474" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A474" t="s">
+        <v>54</v>
+      </c>
+      <c r="B474" t="s">
+        <v>23</v>
+      </c>
+      <c r="C474" t="s">
+        <v>29</v>
+      </c>
+      <c r="D474" t="s">
+        <v>11</v>
+      </c>
+      <c r="E474" t="s">
+        <v>12</v>
+      </c>
+      <c r="F474" t="s">
+        <v>11</v>
+      </c>
+      <c r="G474">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="475" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A475" t="s">
+        <v>54</v>
+      </c>
+      <c r="B475" t="s">
+        <v>23</v>
+      </c>
+      <c r="C475" t="s">
+        <v>29</v>
+      </c>
+      <c r="D475" t="s">
+        <v>4</v>
+      </c>
+      <c r="E475" t="s">
+        <v>5</v>
+      </c>
+      <c r="F475" t="s">
+        <v>6</v>
+      </c>
+      <c r="G475">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="476" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A476" t="s">
+        <v>54</v>
+      </c>
+      <c r="B476" t="s">
+        <v>23</v>
+      </c>
+      <c r="C476" t="s">
+        <v>29</v>
+      </c>
+      <c r="D476" t="s">
+        <v>4</v>
+      </c>
+      <c r="E476" t="s">
+        <v>12</v>
+      </c>
+      <c r="F476" t="s">
+        <v>6</v>
+      </c>
+      <c r="G476">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="477" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A477" t="s">
+        <v>54</v>
+      </c>
+      <c r="B477" t="s">
+        <v>23</v>
+      </c>
+      <c r="C477" t="s">
         <v>30</v>
       </c>
-      <c r="C461" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E461" s="3" t="s">
+      <c r="D477" t="s">
+        <v>11</v>
+      </c>
+      <c r="E477" t="s">
+        <v>5</v>
+      </c>
+      <c r="F477" t="s">
+        <v>11</v>
+      </c>
+      <c r="G477">
+        <v>0.57999999999999996</v>
+      </c>
+    </row>
+    <row r="478" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A478" t="s">
+        <v>54</v>
+      </c>
+      <c r="B478" t="s">
+        <v>23</v>
+      </c>
+      <c r="C478" t="s">
+        <v>30</v>
+      </c>
+      <c r="D478" t="s">
+        <v>11</v>
+      </c>
+      <c r="E478" t="s">
+        <v>12</v>
+      </c>
+      <c r="F478" t="s">
+        <v>11</v>
+      </c>
+      <c r="G478">
+        <v>2.83</v>
+      </c>
+    </row>
+    <row r="479" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A479" t="s">
+        <v>54</v>
+      </c>
+      <c r="B479" t="s">
+        <v>23</v>
+      </c>
+      <c r="C479" t="s">
+        <v>31</v>
+      </c>
+      <c r="D479" t="s">
+        <v>9</v>
+      </c>
+      <c r="E479" t="s">
+        <v>5</v>
+      </c>
+      <c r="F479" t="s">
+        <v>6</v>
+      </c>
+      <c r="G479">
+        <v>5.08</v>
+      </c>
+    </row>
+    <row r="480" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A480" t="s">
+        <v>54</v>
+      </c>
+      <c r="B480" t="s">
+        <v>23</v>
+      </c>
+      <c r="C480" t="s">
+        <v>32</v>
+      </c>
+      <c r="D480" t="s">
+        <v>11</v>
+      </c>
+      <c r="E480" t="s">
+        <v>5</v>
+      </c>
+      <c r="F480" t="s">
+        <v>11</v>
+      </c>
+      <c r="G480">
+        <v>0.96</v>
+      </c>
+    </row>
+    <row r="481" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A481" t="s">
+        <v>54</v>
+      </c>
+      <c r="B481" t="s">
+        <v>23</v>
+      </c>
+      <c r="C481" t="s">
+        <v>32</v>
+      </c>
+      <c r="D481" t="s">
+        <v>11</v>
+      </c>
+      <c r="E481" t="s">
+        <v>12</v>
+      </c>
+      <c r="F481" t="s">
+        <v>11</v>
+      </c>
+      <c r="G481">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="482" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A482" t="s">
+        <v>54</v>
+      </c>
+      <c r="B482" t="s">
+        <v>23</v>
+      </c>
+      <c r="C482" t="s">
+        <v>33</v>
+      </c>
+      <c r="D482" t="s">
+        <v>11</v>
+      </c>
+      <c r="E482" t="s">
+        <v>12</v>
+      </c>
+      <c r="F482" t="s">
+        <v>11</v>
+      </c>
+      <c r="G482">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="483" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A483" t="s">
+        <v>54</v>
+      </c>
+      <c r="B483" t="s">
+        <v>23</v>
+      </c>
+      <c r="C483" t="s">
+        <v>34</v>
+      </c>
+      <c r="D483" t="s">
+        <v>11</v>
+      </c>
+      <c r="E483" t="s">
+        <v>5</v>
+      </c>
+      <c r="F483" t="s">
+        <v>11</v>
+      </c>
+      <c r="G483">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="484" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A484" t="s">
+        <v>54</v>
+      </c>
+      <c r="B484" t="s">
+        <v>23</v>
+      </c>
+      <c r="C484" t="s">
+        <v>34</v>
+      </c>
+      <c r="D484" t="s">
+        <v>11</v>
+      </c>
+      <c r="E484" t="s">
+        <v>12</v>
+      </c>
+      <c r="F484" t="s">
+        <v>11</v>
+      </c>
+      <c r="G484">
+        <v>2.21</v>
+      </c>
+    </row>
+    <row r="485" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A485" t="s">
+        <v>54</v>
+      </c>
+      <c r="B485" t="s">
+        <v>23</v>
+      </c>
+      <c r="C485" t="s">
+        <v>34</v>
+      </c>
+      <c r="D485" t="s">
+        <v>4</v>
+      </c>
+      <c r="E485" t="s">
+        <v>5</v>
+      </c>
+      <c r="F485" t="s">
+        <v>6</v>
+      </c>
+      <c r="G485">
+        <v>2.67</v>
+      </c>
+    </row>
+    <row r="486" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A486" t="s">
+        <v>54</v>
+      </c>
+      <c r="B486" t="s">
+        <v>23</v>
+      </c>
+      <c r="C486" t="s">
+        <v>53</v>
+      </c>
+      <c r="D486" t="s">
+        <v>11</v>
+      </c>
+      <c r="E486" t="s">
+        <v>12</v>
+      </c>
+      <c r="F486" t="s">
+        <v>11</v>
+      </c>
+      <c r="G486">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="487" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A487" t="s">
+        <v>54</v>
+      </c>
+      <c r="B487" t="s">
+        <v>23</v>
+      </c>
+      <c r="C487" t="s">
+        <v>55</v>
+      </c>
+      <c r="D487" t="s">
+        <v>9</v>
+      </c>
+      <c r="E487" t="s">
+        <v>5</v>
+      </c>
+      <c r="F487" t="s">
+        <v>6</v>
+      </c>
+      <c r="G487">
+        <v>0.57999999999999996</v>
+      </c>
+    </row>
+    <row r="488" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A488" t="s">
+        <v>54</v>
+      </c>
+      <c r="B488" t="s">
+        <v>56</v>
+      </c>
+      <c r="C488" t="s">
+        <v>57</v>
+      </c>
+      <c r="D488" t="s">
+        <v>4</v>
+      </c>
+      <c r="E488" t="s">
+        <v>12</v>
+      </c>
+      <c r="F488" t="s">
+        <v>6</v>
+      </c>
+      <c r="G488">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="489" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A489" t="s">
+        <v>54</v>
+      </c>
+      <c r="B489" t="s">
+        <v>36</v>
+      </c>
+      <c r="C489" t="s">
+        <v>37</v>
+      </c>
+      <c r="D489" t="s">
+        <v>9</v>
+      </c>
+      <c r="E489" t="s">
+        <v>5</v>
+      </c>
+      <c r="F489" t="s">
+        <v>6</v>
+      </c>
+      <c r="G489">
+        <v>2.42</v>
+      </c>
+    </row>
+    <row r="490" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A490" t="s">
+        <v>54</v>
+      </c>
+      <c r="B490" t="s">
+        <v>36</v>
+      </c>
+      <c r="C490" t="s">
+        <v>37</v>
+      </c>
+      <c r="D490" t="s">
+        <v>11</v>
+      </c>
+      <c r="E490" t="s">
+        <v>12</v>
+      </c>
+      <c r="F490" t="s">
+        <v>11</v>
+      </c>
+      <c r="G490">
+        <v>3.08</v>
+      </c>
+    </row>
+    <row r="491" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A491" t="s">
+        <v>54</v>
+      </c>
+      <c r="B491" t="s">
+        <v>36</v>
+      </c>
+      <c r="C491" t="s">
+        <v>37</v>
+      </c>
+      <c r="D491" t="s">
+        <v>4</v>
+      </c>
+      <c r="E491" t="s">
+        <v>5</v>
+      </c>
+      <c r="F491" t="s">
+        <v>6</v>
+      </c>
+      <c r="G491">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="492" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A492" t="s">
+        <v>54</v>
+      </c>
+      <c r="B492" t="s">
+        <v>46</v>
+      </c>
+      <c r="C492" t="s">
+        <v>47</v>
+      </c>
+      <c r="D492" t="s">
+        <v>9</v>
+      </c>
+      <c r="E492" t="s">
+        <v>12</v>
+      </c>
+      <c r="F492" t="s">
+        <v>6</v>
+      </c>
+      <c r="G492">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="493" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A493" t="s">
+        <v>54</v>
+      </c>
+      <c r="B493" t="s">
+        <v>46</v>
+      </c>
+      <c r="C493" t="s">
+        <v>47</v>
+      </c>
+      <c r="D493" t="s">
+        <v>15</v>
+      </c>
+      <c r="E493" t="s">
+        <v>5</v>
+      </c>
+      <c r="F493" t="s">
+        <v>6</v>
+      </c>
+      <c r="G493">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="494" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A494" t="s">
+        <v>54</v>
+      </c>
+      <c r="B494" t="s">
+        <v>46</v>
+      </c>
+      <c r="C494" t="s">
+        <v>47</v>
+      </c>
+      <c r="D494" t="s">
+        <v>11</v>
+      </c>
+      <c r="E494" t="s">
+        <v>5</v>
+      </c>
+      <c r="F494" t="s">
+        <v>11</v>
+      </c>
+      <c r="G494">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="495" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A495" t="s">
+        <v>54</v>
+      </c>
+      <c r="B495" t="s">
+        <v>46</v>
+      </c>
+      <c r="C495" t="s">
+        <v>47</v>
+      </c>
+      <c r="D495" t="s">
+        <v>4</v>
+      </c>
+      <c r="E495" t="s">
+        <v>5</v>
+      </c>
+      <c r="F495" t="s">
+        <v>6</v>
+      </c>
+      <c r="G495">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="496" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A496" t="s">
+        <v>49</v>
+      </c>
+      <c r="B496" t="s">
+        <v>2</v>
+      </c>
+      <c r="C496" t="s">
+        <v>3</v>
+      </c>
+      <c r="D496" t="s">
+        <v>35</v>
+      </c>
+      <c r="E496" t="s">
+        <v>5</v>
+      </c>
+      <c r="F496" t="s">
+        <v>6</v>
+      </c>
+      <c r="G496">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="497" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A497" t="s">
+        <v>49</v>
+      </c>
+      <c r="B497" t="s">
+        <v>2</v>
+      </c>
+      <c r="C497" t="s">
+        <v>3</v>
+      </c>
+      <c r="D497" t="s">
+        <v>15</v>
+      </c>
+      <c r="E497" t="s">
+        <v>5</v>
+      </c>
+      <c r="F497" t="s">
+        <v>6</v>
+      </c>
+      <c r="G497">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="498" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A498" t="s">
+        <v>49</v>
+      </c>
+      <c r="B498" t="s">
+        <v>7</v>
+      </c>
+      <c r="C498" t="s">
+        <v>10</v>
+      </c>
+      <c r="D498" t="s">
+        <v>9</v>
+      </c>
+      <c r="E498" t="s">
+        <v>5</v>
+      </c>
+      <c r="F498" t="s">
+        <v>6</v>
+      </c>
+      <c r="G498">
+        <v>4.08</v>
+      </c>
+    </row>
+    <row r="499" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A499" t="s">
+        <v>49</v>
+      </c>
+      <c r="B499" t="s">
+        <v>7</v>
+      </c>
+      <c r="C499" t="s">
+        <v>10</v>
+      </c>
+      <c r="D499" t="s">
+        <v>9</v>
+      </c>
+      <c r="E499" t="s">
+        <v>12</v>
+      </c>
+      <c r="F499" t="s">
+        <v>6</v>
+      </c>
+      <c r="G499">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="500" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A500" t="s">
+        <v>49</v>
+      </c>
+      <c r="B500" t="s">
+        <v>7</v>
+      </c>
+      <c r="C500" t="s">
+        <v>10</v>
+      </c>
+      <c r="D500" t="s">
+        <v>11</v>
+      </c>
+      <c r="E500" t="s">
+        <v>5</v>
+      </c>
+      <c r="F500" t="s">
+        <v>11</v>
+      </c>
+      <c r="G500">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="501" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A501" t="s">
+        <v>49</v>
+      </c>
+      <c r="B501" t="s">
+        <v>7</v>
+      </c>
+      <c r="C501" t="s">
+        <v>10</v>
+      </c>
+      <c r="D501" t="s">
+        <v>11</v>
+      </c>
+      <c r="E501" t="s">
+        <v>12</v>
+      </c>
+      <c r="F501" t="s">
+        <v>11</v>
+      </c>
+      <c r="G501">
+        <v>0.73</v>
+      </c>
+    </row>
+    <row r="502" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A502" t="s">
+        <v>49</v>
+      </c>
+      <c r="B502" t="s">
+        <v>7</v>
+      </c>
+      <c r="C502" t="s">
+        <v>10</v>
+      </c>
+      <c r="D502" t="s">
+        <v>4</v>
+      </c>
+      <c r="E502" t="s">
+        <v>5</v>
+      </c>
+      <c r="F502" t="s">
+        <v>6</v>
+      </c>
+      <c r="G502">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="503" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A503" t="s">
+        <v>49</v>
+      </c>
+      <c r="B503" t="s">
+        <v>7</v>
+      </c>
+      <c r="C503" t="s">
+        <v>10</v>
+      </c>
+      <c r="D503" t="s">
+        <v>4</v>
+      </c>
+      <c r="E503" t="s">
+        <v>12</v>
+      </c>
+      <c r="F503" t="s">
+        <v>6</v>
+      </c>
+      <c r="G503">
+        <v>1.17</v>
+      </c>
+    </row>
+    <row r="504" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A504" t="s">
+        <v>49</v>
+      </c>
+      <c r="B504" t="s">
+        <v>7</v>
+      </c>
+      <c r="C504" t="s">
+        <v>13</v>
+      </c>
+      <c r="D504" t="s">
+        <v>11</v>
+      </c>
+      <c r="E504" t="s">
+        <v>12</v>
+      </c>
+      <c r="F504" t="s">
+        <v>11</v>
+      </c>
+      <c r="G504">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="505" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A505" t="s">
+        <v>49</v>
+      </c>
+      <c r="B505" t="s">
+        <v>7</v>
+      </c>
+      <c r="C505" t="s">
         <v>14</v>
       </c>
-      <c r="F461" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G461">
+      <c r="D505" t="s">
+        <v>11</v>
+      </c>
+      <c r="E505" t="s">
+        <v>12</v>
+      </c>
+      <c r="F505" t="s">
+        <v>11</v>
+      </c>
+      <c r="G505">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="506" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A506" t="s">
+        <v>49</v>
+      </c>
+      <c r="B506" t="s">
+        <v>7</v>
+      </c>
+      <c r="C506" t="s">
+        <v>14</v>
+      </c>
+      <c r="D506" t="s">
+        <v>4</v>
+      </c>
+      <c r="E506" t="s">
+        <v>12</v>
+      </c>
+      <c r="F506" t="s">
+        <v>6</v>
+      </c>
+      <c r="G506">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="507" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A507" t="s">
+        <v>49</v>
+      </c>
+      <c r="B507" t="s">
+        <v>7</v>
+      </c>
+      <c r="C507" t="s">
+        <v>16</v>
+      </c>
+      <c r="D507" t="s">
+        <v>15</v>
+      </c>
+      <c r="E507" t="s">
+        <v>12</v>
+      </c>
+      <c r="F507" t="s">
+        <v>6</v>
+      </c>
+      <c r="G507">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="508" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A508" t="s">
+        <v>49</v>
+      </c>
+      <c r="B508" t="s">
+        <v>7</v>
+      </c>
+      <c r="C508" t="s">
+        <v>16</v>
+      </c>
+      <c r="D508" t="s">
+        <v>11</v>
+      </c>
+      <c r="E508" t="s">
+        <v>5</v>
+      </c>
+      <c r="F508" t="s">
+        <v>11</v>
+      </c>
+      <c r="G508">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="509" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A509" t="s">
+        <v>49</v>
+      </c>
+      <c r="B509" t="s">
+        <v>17</v>
+      </c>
+      <c r="C509" t="s">
+        <v>50</v>
+      </c>
+      <c r="D509" t="s">
+        <v>15</v>
+      </c>
+      <c r="E509" t="s">
+        <v>5</v>
+      </c>
+      <c r="F509" t="s">
+        <v>6</v>
+      </c>
+      <c r="G509">
         <v>1</v>
       </c>
     </row>
-    <row r="462" spans="1:7" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B462" s="3" t="s">
+    <row r="510" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A510" t="s">
+        <v>49</v>
+      </c>
+      <c r="B510" t="s">
+        <v>17</v>
+      </c>
+      <c r="C510" t="s">
+        <v>51</v>
+      </c>
+      <c r="D510" t="s">
+        <v>9</v>
+      </c>
+      <c r="E510" t="s">
+        <v>5</v>
+      </c>
+      <c r="F510" t="s">
+        <v>6</v>
+      </c>
+      <c r="G510">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="511" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A511" t="s">
+        <v>49</v>
+      </c>
+      <c r="B511" t="s">
+        <v>17</v>
+      </c>
+      <c r="C511" t="s">
+        <v>52</v>
+      </c>
+      <c r="D511" t="s">
+        <v>15</v>
+      </c>
+      <c r="E511" t="s">
+        <v>5</v>
+      </c>
+      <c r="F511" t="s">
+        <v>6</v>
+      </c>
+      <c r="G511">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="512" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A512" t="s">
+        <v>49</v>
+      </c>
+      <c r="B512" t="s">
+        <v>17</v>
+      </c>
+      <c r="C512" t="s">
+        <v>41</v>
+      </c>
+      <c r="D512" t="s">
+        <v>11</v>
+      </c>
+      <c r="E512" t="s">
+        <v>12</v>
+      </c>
+      <c r="F512" t="s">
+        <v>11</v>
+      </c>
+      <c r="G512">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="513" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A513" t="s">
+        <v>49</v>
+      </c>
+      <c r="B513" t="s">
+        <v>17</v>
+      </c>
+      <c r="C513" t="s">
+        <v>41</v>
+      </c>
+      <c r="D513" t="s">
+        <v>4</v>
+      </c>
+      <c r="E513" t="s">
+        <v>12</v>
+      </c>
+      <c r="F513" t="s">
+        <v>6</v>
+      </c>
+      <c r="G513">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="514" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A514" t="s">
+        <v>49</v>
+      </c>
+      <c r="B514" t="s">
+        <v>23</v>
+      </c>
+      <c r="C514" t="s">
+        <v>42</v>
+      </c>
+      <c r="D514" t="s">
+        <v>9</v>
+      </c>
+      <c r="E514" t="s">
+        <v>5</v>
+      </c>
+      <c r="F514" t="s">
+        <v>6</v>
+      </c>
+      <c r="G514">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="515" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A515" t="s">
+        <v>49</v>
+      </c>
+      <c r="B515" t="s">
+        <v>23</v>
+      </c>
+      <c r="C515" t="s">
+        <v>24</v>
+      </c>
+      <c r="D515" t="s">
+        <v>9</v>
+      </c>
+      <c r="E515" t="s">
+        <v>5</v>
+      </c>
+      <c r="F515" t="s">
+        <v>6</v>
+      </c>
+      <c r="G515">
+        <v>1.67</v>
+      </c>
+    </row>
+    <row r="516" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A516" t="s">
+        <v>49</v>
+      </c>
+      <c r="B516" t="s">
+        <v>23</v>
+      </c>
+      <c r="C516" t="s">
+        <v>24</v>
+      </c>
+      <c r="D516" t="s">
+        <v>11</v>
+      </c>
+      <c r="E516" t="s">
+        <v>5</v>
+      </c>
+      <c r="F516" t="s">
+        <v>11</v>
+      </c>
+      <c r="G516">
+        <v>4.04</v>
+      </c>
+    </row>
+    <row r="517" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A517" t="s">
+        <v>49</v>
+      </c>
+      <c r="B517" t="s">
+        <v>23</v>
+      </c>
+      <c r="C517" t="s">
+        <v>24</v>
+      </c>
+      <c r="D517" t="s">
+        <v>11</v>
+      </c>
+      <c r="E517" t="s">
+        <v>12</v>
+      </c>
+      <c r="F517" t="s">
+        <v>11</v>
+      </c>
+      <c r="G517">
+        <v>2.23</v>
+      </c>
+    </row>
+    <row r="518" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A518" t="s">
+        <v>49</v>
+      </c>
+      <c r="B518" t="s">
+        <v>23</v>
+      </c>
+      <c r="C518" t="s">
+        <v>24</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4</v>
+      </c>
+      <c r="E518" t="s">
+        <v>5</v>
+      </c>
+      <c r="F518" t="s">
+        <v>6</v>
+      </c>
+      <c r="G518">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="519" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A519" t="s">
+        <v>49</v>
+      </c>
+      <c r="B519" t="s">
+        <v>23</v>
+      </c>
+      <c r="C519" t="s">
+        <v>24</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4</v>
+      </c>
+      <c r="E519" t="s">
+        <v>12</v>
+      </c>
+      <c r="F519" t="s">
+        <v>6</v>
+      </c>
+      <c r="G519">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="520" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A520" t="s">
+        <v>49</v>
+      </c>
+      <c r="B520" t="s">
+        <v>23</v>
+      </c>
+      <c r="C520" t="s">
+        <v>25</v>
+      </c>
+      <c r="D520" t="s">
+        <v>9</v>
+      </c>
+      <c r="E520" t="s">
+        <v>5</v>
+      </c>
+      <c r="F520" t="s">
+        <v>6</v>
+      </c>
+      <c r="G520">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="521" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A521" t="s">
+        <v>49</v>
+      </c>
+      <c r="B521" t="s">
+        <v>23</v>
+      </c>
+      <c r="C521" t="s">
+        <v>25</v>
+      </c>
+      <c r="D521" t="s">
+        <v>11</v>
+      </c>
+      <c r="E521" t="s">
+        <v>5</v>
+      </c>
+      <c r="F521" t="s">
+        <v>11</v>
+      </c>
+      <c r="G521">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="522" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A522" t="s">
+        <v>49</v>
+      </c>
+      <c r="B522" t="s">
+        <v>23</v>
+      </c>
+      <c r="C522" t="s">
+        <v>25</v>
+      </c>
+      <c r="D522" t="s">
+        <v>11</v>
+      </c>
+      <c r="E522" t="s">
+        <v>12</v>
+      </c>
+      <c r="F522" t="s">
+        <v>11</v>
+      </c>
+      <c r="G522">
+        <v>1.65</v>
+      </c>
+    </row>
+    <row r="523" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A523" t="s">
+        <v>49</v>
+      </c>
+      <c r="B523" t="s">
+        <v>23</v>
+      </c>
+      <c r="C523" t="s">
+        <v>25</v>
+      </c>
+      <c r="D523" t="s">
+        <v>4</v>
+      </c>
+      <c r="E523" t="s">
+        <v>12</v>
+      </c>
+      <c r="F523" t="s">
+        <v>6</v>
+      </c>
+      <c r="G523">
+        <v>1.96</v>
+      </c>
+    </row>
+    <row r="524" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A524" t="s">
+        <v>49</v>
+      </c>
+      <c r="B524" t="s">
+        <v>23</v>
+      </c>
+      <c r="C524" t="s">
+        <v>26</v>
+      </c>
+      <c r="D524" t="s">
+        <v>11</v>
+      </c>
+      <c r="E524" t="s">
+        <v>5</v>
+      </c>
+      <c r="F524" t="s">
+        <v>11</v>
+      </c>
+      <c r="G524">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="525" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A525" t="s">
+        <v>49</v>
+      </c>
+      <c r="B525" t="s">
+        <v>23</v>
+      </c>
+      <c r="C525" t="s">
+        <v>26</v>
+      </c>
+      <c r="D525" t="s">
+        <v>11</v>
+      </c>
+      <c r="E525" t="s">
+        <v>12</v>
+      </c>
+      <c r="F525" t="s">
+        <v>11</v>
+      </c>
+      <c r="G525">
+        <v>1.55</v>
+      </c>
+    </row>
+    <row r="526" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A526" t="s">
+        <v>49</v>
+      </c>
+      <c r="B526" t="s">
+        <v>23</v>
+      </c>
+      <c r="C526" t="s">
+        <v>26</v>
+      </c>
+      <c r="D526" t="s">
+        <v>4</v>
+      </c>
+      <c r="E526" t="s">
+        <v>5</v>
+      </c>
+      <c r="F526" t="s">
+        <v>6</v>
+      </c>
+      <c r="G526">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="527" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A527" t="s">
+        <v>49</v>
+      </c>
+      <c r="B527" t="s">
+        <v>23</v>
+      </c>
+      <c r="C527" t="s">
+        <v>26</v>
+      </c>
+      <c r="D527" t="s">
+        <v>4</v>
+      </c>
+      <c r="E527" t="s">
+        <v>12</v>
+      </c>
+      <c r="F527" t="s">
+        <v>6</v>
+      </c>
+      <c r="G527">
+        <v>2.58</v>
+      </c>
+    </row>
+    <row r="528" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A528" t="s">
+        <v>49</v>
+      </c>
+      <c r="B528" t="s">
+        <v>23</v>
+      </c>
+      <c r="C528" t="s">
+        <v>28</v>
+      </c>
+      <c r="D528" t="s">
+        <v>11</v>
+      </c>
+      <c r="E528" t="s">
+        <v>12</v>
+      </c>
+      <c r="F528" t="s">
+        <v>11</v>
+      </c>
+      <c r="G528">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="529" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A529" t="s">
+        <v>49</v>
+      </c>
+      <c r="B529" t="s">
+        <v>23</v>
+      </c>
+      <c r="C529" t="s">
+        <v>29</v>
+      </c>
+      <c r="D529" t="s">
+        <v>9</v>
+      </c>
+      <c r="E529" t="s">
+        <v>5</v>
+      </c>
+      <c r="F529" t="s">
+        <v>6</v>
+      </c>
+      <c r="G529">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="530" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A530" t="s">
+        <v>49</v>
+      </c>
+      <c r="B530" t="s">
+        <v>23</v>
+      </c>
+      <c r="C530" t="s">
+        <v>29</v>
+      </c>
+      <c r="D530" t="s">
+        <v>11</v>
+      </c>
+      <c r="E530" t="s">
+        <v>5</v>
+      </c>
+      <c r="F530" t="s">
+        <v>11</v>
+      </c>
+      <c r="G530">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="531" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A531" t="s">
+        <v>49</v>
+      </c>
+      <c r="B531" t="s">
+        <v>23</v>
+      </c>
+      <c r="C531" t="s">
+        <v>29</v>
+      </c>
+      <c r="D531" t="s">
+        <v>11</v>
+      </c>
+      <c r="E531" t="s">
+        <v>12</v>
+      </c>
+      <c r="F531" t="s">
+        <v>11</v>
+      </c>
+      <c r="G531">
+        <v>1.21</v>
+      </c>
+    </row>
+    <row r="532" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A532" t="s">
+        <v>49</v>
+      </c>
+      <c r="B532" t="s">
+        <v>23</v>
+      </c>
+      <c r="C532" t="s">
+        <v>29</v>
+      </c>
+      <c r="D532" t="s">
+        <v>4</v>
+      </c>
+      <c r="E532" t="s">
+        <v>5</v>
+      </c>
+      <c r="F532" t="s">
+        <v>6</v>
+      </c>
+      <c r="G532">
+        <v>1.04</v>
+      </c>
+    </row>
+    <row r="533" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A533" t="s">
+        <v>49</v>
+      </c>
+      <c r="B533" t="s">
+        <v>23</v>
+      </c>
+      <c r="C533" t="s">
+        <v>29</v>
+      </c>
+      <c r="D533" t="s">
+        <v>4</v>
+      </c>
+      <c r="E533" t="s">
+        <v>12</v>
+      </c>
+      <c r="F533" t="s">
+        <v>6</v>
+      </c>
+      <c r="G533">
+        <v>1.64</v>
+      </c>
+    </row>
+    <row r="534" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A534" t="s">
+        <v>49</v>
+      </c>
+      <c r="B534" t="s">
+        <v>23</v>
+      </c>
+      <c r="C534" t="s">
         <v>30</v>
       </c>
-      <c r="C462" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G462">
+      <c r="D534" t="s">
+        <v>11</v>
+      </c>
+      <c r="E534" t="s">
+        <v>5</v>
+      </c>
+      <c r="F534" t="s">
+        <v>11</v>
+      </c>
+      <c r="G534">
+        <v>2.25</v>
+      </c>
+    </row>
+    <row r="535" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A535" t="s">
+        <v>49</v>
+      </c>
+      <c r="B535" t="s">
+        <v>23</v>
+      </c>
+      <c r="C535" t="s">
+        <v>30</v>
+      </c>
+      <c r="D535" t="s">
+        <v>11</v>
+      </c>
+      <c r="E535" t="s">
+        <v>12</v>
+      </c>
+      <c r="F535" t="s">
+        <v>11</v>
+      </c>
+      <c r="G535">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="536" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A536" t="s">
+        <v>49</v>
+      </c>
+      <c r="B536" t="s">
+        <v>23</v>
+      </c>
+      <c r="C536" t="s">
+        <v>33</v>
+      </c>
+      <c r="D536" t="s">
+        <v>11</v>
+      </c>
+      <c r="E536" t="s">
+        <v>5</v>
+      </c>
+      <c r="F536" t="s">
+        <v>11</v>
+      </c>
+      <c r="G536">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="537" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A537" t="s">
+        <v>49</v>
+      </c>
+      <c r="B537" t="s">
+        <v>23</v>
+      </c>
+      <c r="C537" t="s">
+        <v>33</v>
+      </c>
+      <c r="D537" t="s">
+        <v>11</v>
+      </c>
+      <c r="E537" t="s">
+        <v>12</v>
+      </c>
+      <c r="F537" t="s">
+        <v>11</v>
+      </c>
+      <c r="G537">
         <v>2.17</v>
       </c>
     </row>
-    <row r="463" spans="1:7" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E463" s="3" t="s">
+    <row r="538" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A538" t="s">
+        <v>49</v>
+      </c>
+      <c r="B538" t="s">
+        <v>23</v>
+      </c>
+      <c r="C538" t="s">
+        <v>34</v>
+      </c>
+      <c r="D538" t="s">
+        <v>11</v>
+      </c>
+      <c r="E538" t="s">
+        <v>5</v>
+      </c>
+      <c r="F538" t="s">
+        <v>11</v>
+      </c>
+      <c r="G538">
+        <v>4.83</v>
+      </c>
+    </row>
+    <row r="539" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A539" t="s">
+        <v>49</v>
+      </c>
+      <c r="B539" t="s">
+        <v>23</v>
+      </c>
+      <c r="C539" t="s">
+        <v>34</v>
+      </c>
+      <c r="D539" t="s">
+        <v>11</v>
+      </c>
+      <c r="E539" t="s">
+        <v>12</v>
+      </c>
+      <c r="F539" t="s">
+        <v>11</v>
+      </c>
+      <c r="G539">
+        <v>1.92</v>
+      </c>
+    </row>
+    <row r="540" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A540" t="s">
+        <v>49</v>
+      </c>
+      <c r="B540" t="s">
+        <v>23</v>
+      </c>
+      <c r="C540" t="s">
+        <v>34</v>
+      </c>
+      <c r="D540" t="s">
+        <v>4</v>
+      </c>
+      <c r="E540" t="s">
+        <v>12</v>
+      </c>
+      <c r="F540" t="s">
+        <v>6</v>
+      </c>
+      <c r="G540">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="541" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A541" t="s">
+        <v>49</v>
+      </c>
+      <c r="B541" t="s">
+        <v>23</v>
+      </c>
+      <c r="C541" t="s">
+        <v>53</v>
+      </c>
+      <c r="D541" t="s">
+        <v>15</v>
+      </c>
+      <c r="E541" t="s">
+        <v>12</v>
+      </c>
+      <c r="F541" t="s">
+        <v>6</v>
+      </c>
+      <c r="G541">
+        <v>3.25</v>
+      </c>
+    </row>
+    <row r="542" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A542" t="s">
+        <v>49</v>
+      </c>
+      <c r="B542" t="s">
+        <v>36</v>
+      </c>
+      <c r="C542" t="s">
+        <v>37</v>
+      </c>
+      <c r="D542" t="s">
+        <v>35</v>
+      </c>
+      <c r="E542" t="s">
+        <v>12</v>
+      </c>
+      <c r="F542" t="s">
+        <v>6</v>
+      </c>
+      <c r="G542">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="543" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A543" t="s">
+        <v>49</v>
+      </c>
+      <c r="B543" t="s">
+        <v>36</v>
+      </c>
+      <c r="C543" t="s">
+        <v>37</v>
+      </c>
+      <c r="D543" t="s">
+        <v>11</v>
+      </c>
+      <c r="E543" t="s">
+        <v>5</v>
+      </c>
+      <c r="F543" t="s">
+        <v>11</v>
+      </c>
+      <c r="G543">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="544" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A544" t="s">
+        <v>49</v>
+      </c>
+      <c r="B544" t="s">
+        <v>36</v>
+      </c>
+      <c r="C544" t="s">
+        <v>37</v>
+      </c>
+      <c r="D544" t="s">
+        <v>11</v>
+      </c>
+      <c r="E544" t="s">
+        <v>12</v>
+      </c>
+      <c r="F544" t="s">
+        <v>11</v>
+      </c>
+      <c r="G544">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="545" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A545" t="s">
+        <v>49</v>
+      </c>
+      <c r="B545" t="s">
+        <v>46</v>
+      </c>
+      <c r="C545" t="s">
+        <v>47</v>
+      </c>
+      <c r="D545" t="s">
+        <v>15</v>
+      </c>
+      <c r="E545" t="s">
+        <v>5</v>
+      </c>
+      <c r="F545" t="s">
+        <v>6</v>
+      </c>
+      <c r="G545">
+        <v>0.96</v>
+      </c>
+    </row>
+    <row r="546" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A546" t="s">
+        <v>49</v>
+      </c>
+      <c r="B546" t="s">
+        <v>46</v>
+      </c>
+      <c r="C546" t="s">
+        <v>47</v>
+      </c>
+      <c r="D546" t="s">
+        <v>11</v>
+      </c>
+      <c r="E546" t="s">
+        <v>5</v>
+      </c>
+      <c r="F546" t="s">
+        <v>11</v>
+      </c>
+      <c r="G546">
+        <v>1.04</v>
+      </c>
+    </row>
+    <row r="547" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A547" t="s">
+        <v>49</v>
+      </c>
+      <c r="B547" t="s">
+        <v>46</v>
+      </c>
+      <c r="C547" t="s">
+        <v>47</v>
+      </c>
+      <c r="D547" t="s">
+        <v>11</v>
+      </c>
+      <c r="E547" t="s">
+        <v>12</v>
+      </c>
+      <c r="F547" t="s">
+        <v>11</v>
+      </c>
+      <c r="G547">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="548" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A548" t="s">
+        <v>38</v>
+      </c>
+      <c r="B548" t="s">
+        <v>2</v>
+      </c>
+      <c r="C548" t="s">
+        <v>3</v>
+      </c>
+      <c r="D548" t="s">
+        <v>4</v>
+      </c>
+      <c r="E548" t="s">
+        <v>5</v>
+      </c>
+      <c r="F548" t="s">
+        <v>6</v>
+      </c>
+      <c r="G548">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="549" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A549" t="s">
+        <v>38</v>
+      </c>
+      <c r="B549" t="s">
+        <v>7</v>
+      </c>
+      <c r="C549" t="s">
+        <v>8</v>
+      </c>
+      <c r="D549" t="s">
+        <v>4</v>
+      </c>
+      <c r="E549" t="s">
+        <v>12</v>
+      </c>
+      <c r="F549" t="s">
+        <v>6</v>
+      </c>
+      <c r="G549">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="550" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A550" t="s">
+        <v>38</v>
+      </c>
+      <c r="B550" t="s">
+        <v>7</v>
+      </c>
+      <c r="C550" t="s">
+        <v>39</v>
+      </c>
+      <c r="D550" t="s">
+        <v>11</v>
+      </c>
+      <c r="E550" t="s">
+        <v>12</v>
+      </c>
+      <c r="F550" t="s">
+        <v>11</v>
+      </c>
+      <c r="G550">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="551" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A551" t="s">
+        <v>38</v>
+      </c>
+      <c r="B551" t="s">
+        <v>7</v>
+      </c>
+      <c r="C551" t="s">
+        <v>10</v>
+      </c>
+      <c r="D551" t="s">
+        <v>11</v>
+      </c>
+      <c r="E551" t="s">
+        <v>5</v>
+      </c>
+      <c r="F551" t="s">
+        <v>11</v>
+      </c>
+      <c r="G551">
+        <v>1.04</v>
+      </c>
+    </row>
+    <row r="552" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A552" t="s">
+        <v>38</v>
+      </c>
+      <c r="B552" t="s">
+        <v>7</v>
+      </c>
+      <c r="C552" t="s">
+        <v>10</v>
+      </c>
+      <c r="D552" t="s">
+        <v>11</v>
+      </c>
+      <c r="E552" t="s">
+        <v>12</v>
+      </c>
+      <c r="F552" t="s">
+        <v>11</v>
+      </c>
+      <c r="G552">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="553" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A553" t="s">
+        <v>38</v>
+      </c>
+      <c r="B553" t="s">
+        <v>7</v>
+      </c>
+      <c r="C553" t="s">
+        <v>13</v>
+      </c>
+      <c r="D553" t="s">
+        <v>11</v>
+      </c>
+      <c r="E553" t="s">
+        <v>5</v>
+      </c>
+      <c r="F553" t="s">
+        <v>11</v>
+      </c>
+      <c r="G553">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="554" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A554" t="s">
+        <v>38</v>
+      </c>
+      <c r="B554" t="s">
+        <v>7</v>
+      </c>
+      <c r="C554" t="s">
+        <v>13</v>
+      </c>
+      <c r="D554" t="s">
+        <v>11</v>
+      </c>
+      <c r="E554" t="s">
+        <v>12</v>
+      </c>
+      <c r="F554" t="s">
+        <v>11</v>
+      </c>
+      <c r="G554">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="555" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A555" t="s">
+        <v>38</v>
+      </c>
+      <c r="B555" t="s">
+        <v>7</v>
+      </c>
+      <c r="C555" t="s">
+        <v>40</v>
+      </c>
+      <c r="D555" t="s">
+        <v>11</v>
+      </c>
+      <c r="E555" t="s">
+        <v>12</v>
+      </c>
+      <c r="F555" t="s">
+        <v>11</v>
+      </c>
+      <c r="G555">
+        <v>4.58</v>
+      </c>
+    </row>
+    <row r="556" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A556" t="s">
+        <v>38</v>
+      </c>
+      <c r="B556" t="s">
+        <v>7</v>
+      </c>
+      <c r="C556" t="s">
         <v>14</v>
       </c>
-      <c r="F463" s="3" t="s">
-[...25 lines deleted...]
-      <c r="G464">
+      <c r="D556" t="s">
+        <v>9</v>
+      </c>
+      <c r="E556" t="s">
+        <v>5</v>
+      </c>
+      <c r="F556" t="s">
+        <v>6</v>
+      </c>
+      <c r="G556">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="557" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A557" t="s">
+        <v>38</v>
+      </c>
+      <c r="B557" t="s">
+        <v>7</v>
+      </c>
+      <c r="C557" t="s">
+        <v>14</v>
+      </c>
+      <c r="D557" t="s">
+        <v>35</v>
+      </c>
+      <c r="E557" t="s">
+        <v>12</v>
+      </c>
+      <c r="F557" t="s">
+        <v>6</v>
+      </c>
+      <c r="G557">
+        <v>2.83</v>
+      </c>
+    </row>
+    <row r="558" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A558" t="s">
+        <v>38</v>
+      </c>
+      <c r="B558" t="s">
+        <v>7</v>
+      </c>
+      <c r="C558" t="s">
+        <v>14</v>
+      </c>
+      <c r="D558" t="s">
+        <v>11</v>
+      </c>
+      <c r="E558" t="s">
+        <v>5</v>
+      </c>
+      <c r="F558" t="s">
+        <v>11</v>
+      </c>
+      <c r="G558">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="559" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A559" t="s">
+        <v>38</v>
+      </c>
+      <c r="B559" t="s">
+        <v>7</v>
+      </c>
+      <c r="C559" t="s">
+        <v>14</v>
+      </c>
+      <c r="D559" t="s">
+        <v>11</v>
+      </c>
+      <c r="E559" t="s">
+        <v>12</v>
+      </c>
+      <c r="F559" t="s">
+        <v>11</v>
+      </c>
+      <c r="G559">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="560" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A560" t="s">
+        <v>38</v>
+      </c>
+      <c r="B560" t="s">
+        <v>7</v>
+      </c>
+      <c r="C560" t="s">
+        <v>16</v>
+      </c>
+      <c r="D560" t="s">
+        <v>11</v>
+      </c>
+      <c r="E560" t="s">
+        <v>5</v>
+      </c>
+      <c r="F560" t="s">
+        <v>11</v>
+      </c>
+      <c r="G560">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="561" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A561" t="s">
+        <v>38</v>
+      </c>
+      <c r="B561" t="s">
+        <v>7</v>
+      </c>
+      <c r="C561" t="s">
+        <v>16</v>
+      </c>
+      <c r="D561" t="s">
+        <v>11</v>
+      </c>
+      <c r="E561" t="s">
+        <v>12</v>
+      </c>
+      <c r="F561" t="s">
+        <v>11</v>
+      </c>
+      <c r="G561">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="562" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A562" t="s">
+        <v>38</v>
+      </c>
+      <c r="B562" t="s">
+        <v>17</v>
+      </c>
+      <c r="C562" t="s">
+        <v>21</v>
+      </c>
+      <c r="D562" t="s">
+        <v>9</v>
+      </c>
+      <c r="E562" t="s">
+        <v>5</v>
+      </c>
+      <c r="F562" t="s">
+        <v>6</v>
+      </c>
+      <c r="G562">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="563" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A563" t="s">
+        <v>38</v>
+      </c>
+      <c r="B563" t="s">
+        <v>17</v>
+      </c>
+      <c r="C563" t="s">
+        <v>22</v>
+      </c>
+      <c r="D563" t="s">
+        <v>4</v>
+      </c>
+      <c r="E563" t="s">
+        <v>12</v>
+      </c>
+      <c r="F563" t="s">
+        <v>6</v>
+      </c>
+      <c r="G563">
+        <v>2.92</v>
+      </c>
+    </row>
+    <row r="564" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A564" t="s">
+        <v>38</v>
+      </c>
+      <c r="B564" t="s">
+        <v>17</v>
+      </c>
+      <c r="C564" t="s">
+        <v>41</v>
+      </c>
+      <c r="D564" t="s">
+        <v>15</v>
+      </c>
+      <c r="E564" t="s">
+        <v>5</v>
+      </c>
+      <c r="F564" t="s">
+        <v>6</v>
+      </c>
+      <c r="G564">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="565" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A565" t="s">
+        <v>38</v>
+      </c>
+      <c r="B565" t="s">
+        <v>17</v>
+      </c>
+      <c r="C565" t="s">
+        <v>41</v>
+      </c>
+      <c r="D565" t="s">
+        <v>4</v>
+      </c>
+      <c r="E565" t="s">
+        <v>5</v>
+      </c>
+      <c r="F565" t="s">
+        <v>6</v>
+      </c>
+      <c r="G565">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="566" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A566" t="s">
+        <v>38</v>
+      </c>
+      <c r="B566" t="s">
+        <v>23</v>
+      </c>
+      <c r="C566" t="s">
+        <v>42</v>
+      </c>
+      <c r="D566" t="s">
+        <v>9</v>
+      </c>
+      <c r="E566" t="s">
+        <v>5</v>
+      </c>
+      <c r="F566" t="s">
+        <v>6</v>
+      </c>
+      <c r="G566">
+        <v>3.08</v>
+      </c>
+    </row>
+    <row r="567" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A567" t="s">
+        <v>38</v>
+      </c>
+      <c r="B567" t="s">
+        <v>23</v>
+      </c>
+      <c r="C567" t="s">
+        <v>42</v>
+      </c>
+      <c r="D567" t="s">
+        <v>11</v>
+      </c>
+      <c r="E567" t="s">
+        <v>12</v>
+      </c>
+      <c r="F567" t="s">
+        <v>11</v>
+      </c>
+      <c r="G567">
+        <v>1.63</v>
+      </c>
+    </row>
+    <row r="568" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A568" t="s">
+        <v>38</v>
+      </c>
+      <c r="B568" t="s">
+        <v>23</v>
+      </c>
+      <c r="C568" t="s">
+        <v>24</v>
+      </c>
+      <c r="D568" t="s">
+        <v>11</v>
+      </c>
+      <c r="E568" t="s">
+        <v>5</v>
+      </c>
+      <c r="F568" t="s">
+        <v>11</v>
+      </c>
+      <c r="G568">
+        <v>1.81</v>
+      </c>
+    </row>
+    <row r="569" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A569" t="s">
+        <v>38</v>
+      </c>
+      <c r="B569" t="s">
+        <v>23</v>
+      </c>
+      <c r="C569" t="s">
+        <v>24</v>
+      </c>
+      <c r="D569" t="s">
+        <v>11</v>
+      </c>
+      <c r="E569" t="s">
+        <v>12</v>
+      </c>
+      <c r="F569" t="s">
+        <v>11</v>
+      </c>
+      <c r="G569">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="570" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A570" t="s">
+        <v>38</v>
+      </c>
+      <c r="B570" t="s">
+        <v>23</v>
+      </c>
+      <c r="C570" t="s">
+        <v>24</v>
+      </c>
+      <c r="D570" t="s">
+        <v>4</v>
+      </c>
+      <c r="E570" t="s">
+        <v>12</v>
+      </c>
+      <c r="F570" t="s">
+        <v>6</v>
+      </c>
+      <c r="G570">
+        <v>2.25</v>
+      </c>
+    </row>
+    <row r="571" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A571" t="s">
+        <v>38</v>
+      </c>
+      <c r="B571" t="s">
+        <v>23</v>
+      </c>
+      <c r="C571" t="s">
+        <v>25</v>
+      </c>
+      <c r="D571" t="s">
+        <v>9</v>
+      </c>
+      <c r="E571" t="s">
+        <v>5</v>
+      </c>
+      <c r="F571" t="s">
+        <v>6</v>
+      </c>
+      <c r="G571">
+        <v>3.79</v>
+      </c>
+    </row>
+    <row r="572" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A572" t="s">
+        <v>38</v>
+      </c>
+      <c r="B572" t="s">
+        <v>23</v>
+      </c>
+      <c r="C572" t="s">
+        <v>25</v>
+      </c>
+      <c r="D572" t="s">
+        <v>11</v>
+      </c>
+      <c r="E572" t="s">
+        <v>5</v>
+      </c>
+      <c r="F572" t="s">
+        <v>11</v>
+      </c>
+      <c r="G572">
+        <v>1.79</v>
+      </c>
+    </row>
+    <row r="573" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A573" t="s">
+        <v>38</v>
+      </c>
+      <c r="B573" t="s">
+        <v>23</v>
+      </c>
+      <c r="C573" t="s">
+        <v>25</v>
+      </c>
+      <c r="D573" t="s">
+        <v>4</v>
+      </c>
+      <c r="E573" t="s">
+        <v>5</v>
+      </c>
+      <c r="F573" t="s">
+        <v>6</v>
+      </c>
+      <c r="G573">
+        <v>3.08</v>
+      </c>
+    </row>
+    <row r="574" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A574" t="s">
+        <v>38</v>
+      </c>
+      <c r="B574" t="s">
+        <v>23</v>
+      </c>
+      <c r="C574" t="s">
+        <v>26</v>
+      </c>
+      <c r="D574" t="s">
+        <v>9</v>
+      </c>
+      <c r="E574" t="s">
+        <v>5</v>
+      </c>
+      <c r="F574" t="s">
+        <v>6</v>
+      </c>
+      <c r="G574">
+        <v>1.83</v>
+      </c>
+    </row>
+    <row r="575" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A575" t="s">
+        <v>38</v>
+      </c>
+      <c r="B575" t="s">
+        <v>23</v>
+      </c>
+      <c r="C575" t="s">
+        <v>26</v>
+      </c>
+      <c r="D575" t="s">
+        <v>11</v>
+      </c>
+      <c r="E575" t="s">
+        <v>5</v>
+      </c>
+      <c r="F575" t="s">
+        <v>11</v>
+      </c>
+      <c r="G575">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="576" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A576" t="s">
+        <v>38</v>
+      </c>
+      <c r="B576" t="s">
+        <v>23</v>
+      </c>
+      <c r="C576" t="s">
+        <v>26</v>
+      </c>
+      <c r="D576" t="s">
+        <v>11</v>
+      </c>
+      <c r="E576" t="s">
+        <v>12</v>
+      </c>
+      <c r="F576" t="s">
+        <v>11</v>
+      </c>
+      <c r="G576">
+        <v>3.15</v>
+      </c>
+    </row>
+    <row r="577" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A577" t="s">
+        <v>38</v>
+      </c>
+      <c r="B577" t="s">
+        <v>23</v>
+      </c>
+      <c r="C577" t="s">
+        <v>26</v>
+      </c>
+      <c r="D577" t="s">
+        <v>4</v>
+      </c>
+      <c r="E577" t="s">
+        <v>12</v>
+      </c>
+      <c r="F577" t="s">
+        <v>6</v>
+      </c>
+      <c r="G577">
+        <v>2.92</v>
+      </c>
+    </row>
+    <row r="578" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A578" t="s">
+        <v>38</v>
+      </c>
+      <c r="B578" t="s">
+        <v>23</v>
+      </c>
+      <c r="C578" t="s">
+        <v>28</v>
+      </c>
+      <c r="D578" t="s">
+        <v>11</v>
+      </c>
+      <c r="E578" t="s">
+        <v>12</v>
+      </c>
+      <c r="F578" t="s">
+        <v>11</v>
+      </c>
+      <c r="G578">
         <v>1.92</v>
       </c>
     </row>
-    <row r="465" spans="1:7" x14ac:dyDescent="0.25">
-[...187 lines deleted...]
-      <c r="B473" s="3" t="s">
+    <row r="579" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A579" t="s">
+        <v>38</v>
+      </c>
+      <c r="B579" t="s">
+        <v>23</v>
+      </c>
+      <c r="C579" t="s">
+        <v>29</v>
+      </c>
+      <c r="D579" t="s">
         <v>9</v>
       </c>
-      <c r="C473" s="3" t="s">
-[...2447 lines deleted...]
-        <v>110</v>
+      <c r="E579" t="s">
+        <v>5</v>
+      </c>
+      <c r="F579" t="s">
+        <v>6</v>
       </c>
       <c r="G579">
         <v>2</v>
       </c>
     </row>
     <row r="580" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A580" s="3" t="s">
-[...8 lines deleted...]
-      <c r="D580" s="3" t="s">
+      <c r="A580" t="s">
+        <v>38</v>
+      </c>
+      <c r="B580" t="s">
+        <v>23</v>
+      </c>
+      <c r="C580" t="s">
+        <v>29</v>
+      </c>
+      <c r="D580" t="s">
         <v>15</v>
       </c>
-      <c r="E580" s="3" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="E580" t="s">
+        <v>5</v>
+      </c>
+      <c r="F580" t="s">
+        <v>6</v>
       </c>
       <c r="G580">
-        <v>1.58</v>
+        <v>2.92</v>
       </c>
     </row>
     <row r="581" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A581" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B581" s="3" t="s">
+      <c r="A581" t="s">
+        <v>38</v>
+      </c>
+      <c r="B581" t="s">
+        <v>23</v>
+      </c>
+      <c r="C581" t="s">
+        <v>29</v>
+      </c>
+      <c r="D581" t="s">
+        <v>11</v>
+      </c>
+      <c r="E581" t="s">
+        <v>5</v>
+      </c>
+      <c r="F581" t="s">
+        <v>11</v>
+      </c>
+      <c r="G581">
+        <v>3.08</v>
+      </c>
+    </row>
+    <row r="582" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A582" t="s">
+        <v>38</v>
+      </c>
+      <c r="B582" t="s">
+        <v>23</v>
+      </c>
+      <c r="C582" t="s">
+        <v>29</v>
+      </c>
+      <c r="D582" t="s">
+        <v>11</v>
+      </c>
+      <c r="E582" t="s">
+        <v>12</v>
+      </c>
+      <c r="F582" t="s">
+        <v>11</v>
+      </c>
+      <c r="G582">
+        <v>1.04</v>
+      </c>
+    </row>
+    <row r="583" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A583" t="s">
+        <v>38</v>
+      </c>
+      <c r="B583" t="s">
+        <v>23</v>
+      </c>
+      <c r="C583" t="s">
+        <v>29</v>
+      </c>
+      <c r="D583" t="s">
+        <v>4</v>
+      </c>
+      <c r="E583" t="s">
+        <v>5</v>
+      </c>
+      <c r="F583" t="s">
+        <v>6</v>
+      </c>
+      <c r="G583">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="584" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A584" t="s">
+        <v>38</v>
+      </c>
+      <c r="B584" t="s">
+        <v>23</v>
+      </c>
+      <c r="C584" t="s">
+        <v>29</v>
+      </c>
+      <c r="D584" t="s">
+        <v>4</v>
+      </c>
+      <c r="E584" t="s">
+        <v>12</v>
+      </c>
+      <c r="F584" t="s">
+        <v>6</v>
+      </c>
+      <c r="G584">
+        <v>1.72</v>
+      </c>
+    </row>
+    <row r="585" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A585" t="s">
+        <v>38</v>
+      </c>
+      <c r="B585" t="s">
+        <v>23</v>
+      </c>
+      <c r="C585" t="s">
         <v>30</v>
       </c>
-      <c r="C581" s="3" t="s">
-[...22 lines deleted...]
-      <c r="C582" s="3" t="s">
+      <c r="D585" t="s">
+        <v>11</v>
+      </c>
+      <c r="E585" t="s">
+        <v>5</v>
+      </c>
+      <c r="F585" t="s">
+        <v>11</v>
+      </c>
+      <c r="G585">
+        <v>2.33</v>
+      </c>
+    </row>
+    <row r="586" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A586" t="s">
+        <v>38</v>
+      </c>
+      <c r="B586" t="s">
+        <v>23</v>
+      </c>
+      <c r="C586" t="s">
+        <v>43</v>
+      </c>
+      <c r="D586" t="s">
+        <v>11</v>
+      </c>
+      <c r="E586" t="s">
+        <v>12</v>
+      </c>
+      <c r="F586" t="s">
+        <v>11</v>
+      </c>
+      <c r="G586">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="587" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A587" t="s">
+        <v>38</v>
+      </c>
+      <c r="B587" t="s">
+        <v>23</v>
+      </c>
+      <c r="C587" t="s">
+        <v>31</v>
+      </c>
+      <c r="D587" t="s">
+        <v>11</v>
+      </c>
+      <c r="E587" t="s">
+        <v>5</v>
+      </c>
+      <c r="F587" t="s">
+        <v>11</v>
+      </c>
+      <c r="G587">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="588" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A588" t="s">
+        <v>38</v>
+      </c>
+      <c r="B588" t="s">
+        <v>23</v>
+      </c>
+      <c r="C588" t="s">
+        <v>31</v>
+      </c>
+      <c r="D588" t="s">
+        <v>11</v>
+      </c>
+      <c r="E588" t="s">
+        <v>12</v>
+      </c>
+      <c r="F588" t="s">
+        <v>11</v>
+      </c>
+      <c r="G588">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="589" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A589" t="s">
+        <v>38</v>
+      </c>
+      <c r="B589" t="s">
+        <v>23</v>
+      </c>
+      <c r="C589" t="s">
+        <v>31</v>
+      </c>
+      <c r="D589" t="s">
+        <v>4</v>
+      </c>
+      <c r="E589" t="s">
+        <v>12</v>
+      </c>
+      <c r="F589" t="s">
+        <v>6</v>
+      </c>
+      <c r="G589">
+        <v>1.71</v>
+      </c>
+    </row>
+    <row r="590" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A590" t="s">
+        <v>38</v>
+      </c>
+      <c r="B590" t="s">
+        <v>23</v>
+      </c>
+      <c r="C590" t="s">
+        <v>33</v>
+      </c>
+      <c r="D590" t="s">
+        <v>11</v>
+      </c>
+      <c r="E590" t="s">
+        <v>12</v>
+      </c>
+      <c r="F590" t="s">
+        <v>11</v>
+      </c>
+      <c r="G590">
+        <v>2.92</v>
+      </c>
+    </row>
+    <row r="591" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A591" t="s">
+        <v>38</v>
+      </c>
+      <c r="B591" t="s">
+        <v>23</v>
+      </c>
+      <c r="C591" t="s">
+        <v>33</v>
+      </c>
+      <c r="D591" t="s">
+        <v>4</v>
+      </c>
+      <c r="E591" t="s">
+        <v>12</v>
+      </c>
+      <c r="F591" t="s">
+        <v>6</v>
+      </c>
+      <c r="G591">
+        <v>3.33</v>
+      </c>
+    </row>
+    <row r="592" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A592" t="s">
+        <v>38</v>
+      </c>
+      <c r="B592" t="s">
+        <v>23</v>
+      </c>
+      <c r="C592" t="s">
         <v>34</v>
       </c>
-      <c r="D582" s="3" t="s">
-[...19 lines deleted...]
-      <c r="C583" s="3" t="s">
+      <c r="D592" t="s">
+        <v>9</v>
+      </c>
+      <c r="E592" t="s">
+        <v>12</v>
+      </c>
+      <c r="F592" t="s">
+        <v>6</v>
+      </c>
+      <c r="G592">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="593" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A593" t="s">
+        <v>38</v>
+      </c>
+      <c r="B593" t="s">
+        <v>23</v>
+      </c>
+      <c r="C593" t="s">
         <v>34</v>
       </c>
-      <c r="D583" s="3" t="s">
-[...88 lines deleted...]
-      <c r="C587" s="3" t="s">
+      <c r="D593" t="s">
+        <v>11</v>
+      </c>
+      <c r="E593" t="s">
+        <v>5</v>
+      </c>
+      <c r="F593" t="s">
+        <v>11</v>
+      </c>
+      <c r="G593">
+        <v>2.5299999999999998</v>
+      </c>
+    </row>
+    <row r="594" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A594" t="s">
+        <v>38</v>
+      </c>
+      <c r="B594" t="s">
+        <v>23</v>
+      </c>
+      <c r="C594" t="s">
+        <v>34</v>
+      </c>
+      <c r="D594" t="s">
+        <v>11</v>
+      </c>
+      <c r="E594" t="s">
+        <v>12</v>
+      </c>
+      <c r="F594" t="s">
+        <v>11</v>
+      </c>
+      <c r="G594">
+        <v>0.97</v>
+      </c>
+    </row>
+    <row r="595" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A595" t="s">
+        <v>38</v>
+      </c>
+      <c r="B595" t="s">
+        <v>23</v>
+      </c>
+      <c r="C595" t="s">
+        <v>34</v>
+      </c>
+      <c r="D595" t="s">
+        <v>4</v>
+      </c>
+      <c r="E595" t="s">
+        <v>12</v>
+      </c>
+      <c r="F595" t="s">
+        <v>6</v>
+      </c>
+      <c r="G595">
+        <v>2.58</v>
+      </c>
+    </row>
+    <row r="596" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A596" t="s">
+        <v>38</v>
+      </c>
+      <c r="B596" t="s">
+        <v>44</v>
+      </c>
+      <c r="C596" t="s">
+        <v>45</v>
+      </c>
+      <c r="D596" t="s">
+        <v>11</v>
+      </c>
+      <c r="E596" t="s">
+        <v>12</v>
+      </c>
+      <c r="F596" t="s">
+        <v>11</v>
+      </c>
+      <c r="G596">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="597" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A597" t="s">
+        <v>38</v>
+      </c>
+      <c r="B597" t="s">
         <v>36</v>
       </c>
-      <c r="D587" s="3" t="s">
-[...19 lines deleted...]
-      <c r="C588" s="3" t="s">
+      <c r="C597" t="s">
+        <v>37</v>
+      </c>
+      <c r="D597" t="s">
+        <v>9</v>
+      </c>
+      <c r="E597" t="s">
+        <v>5</v>
+      </c>
+      <c r="F597" t="s">
+        <v>6</v>
+      </c>
+      <c r="G597">
+        <v>1.1299999999999999</v>
+      </c>
+    </row>
+    <row r="598" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A598" t="s">
+        <v>38</v>
+      </c>
+      <c r="B598" t="s">
         <v>36</v>
       </c>
-      <c r="D588" s="3" t="s">
-[...19 lines deleted...]
-      <c r="C589" s="3" t="s">
+      <c r="C598" t="s">
+        <v>37</v>
+      </c>
+      <c r="D598" t="s">
+        <v>11</v>
+      </c>
+      <c r="E598" t="s">
+        <v>5</v>
+      </c>
+      <c r="F598" t="s">
+        <v>11</v>
+      </c>
+      <c r="G598">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="599" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A599" t="s">
+        <v>38</v>
+      </c>
+      <c r="B599" t="s">
         <v>36</v>
       </c>
-      <c r="D589" s="3" t="s">
-[...236 lines deleted...]
-        <v>13</v>
+      <c r="C599" t="s">
+        <v>37</v>
+      </c>
+      <c r="D599" t="s">
+        <v>11</v>
+      </c>
+      <c r="E599" t="s">
+        <v>12</v>
+      </c>
+      <c r="F599" t="s">
+        <v>11</v>
       </c>
       <c r="G599">
         <v>1.92</v>
       </c>
     </row>
     <row r="600" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A600" s="3" t="s">
-[...11 lines deleted...]
-      <c r="E600" s="3" t="s">
+      <c r="A600" t="s">
+        <v>38</v>
+      </c>
+      <c r="B600" t="s">
+        <v>46</v>
+      </c>
+      <c r="C600" t="s">
+        <v>47</v>
+      </c>
+      <c r="D600" t="s">
+        <v>48</v>
+      </c>
+      <c r="E600" t="s">
+        <v>5</v>
+      </c>
+      <c r="F600" t="s">
+        <v>6</v>
+      </c>
+      <c r="G600">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="601" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A601" t="s">
+        <v>38</v>
+      </c>
+      <c r="B601" t="s">
+        <v>46</v>
+      </c>
+      <c r="C601" t="s">
+        <v>47</v>
+      </c>
+      <c r="D601" t="s">
+        <v>15</v>
+      </c>
+      <c r="E601" t="s">
+        <v>5</v>
+      </c>
+      <c r="F601" t="s">
+        <v>6</v>
+      </c>
+      <c r="G601">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="602" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A602" t="s">
+        <v>38</v>
+      </c>
+      <c r="B602" t="s">
+        <v>46</v>
+      </c>
+      <c r="C602" t="s">
+        <v>47</v>
+      </c>
+      <c r="D602" t="s">
+        <v>4</v>
+      </c>
+      <c r="E602" t="s">
+        <v>12</v>
+      </c>
+      <c r="F602" t="s">
+        <v>6</v>
+      </c>
+      <c r="G602">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="603" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A603" t="s">
+        <v>1</v>
+      </c>
+      <c r="B603" t="s">
+        <v>2</v>
+      </c>
+      <c r="C603" t="s">
+        <v>3</v>
+      </c>
+      <c r="D603" t="s">
+        <v>4</v>
+      </c>
+      <c r="E603" t="s">
+        <v>5</v>
+      </c>
+      <c r="F603" t="s">
+        <v>6</v>
+      </c>
+      <c r="G603">
+        <v>2.42</v>
+      </c>
+    </row>
+    <row r="604" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A604" t="s">
+        <v>1</v>
+      </c>
+      <c r="B604" t="s">
+        <v>7</v>
+      </c>
+      <c r="C604" t="s">
+        <v>8</v>
+      </c>
+      <c r="D604" t="s">
+        <v>9</v>
+      </c>
+      <c r="E604" t="s">
+        <v>5</v>
+      </c>
+      <c r="F604" t="s">
+        <v>6</v>
+      </c>
+      <c r="G604">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="605" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A605" t="s">
+        <v>1</v>
+      </c>
+      <c r="B605" t="s">
+        <v>7</v>
+      </c>
+      <c r="C605" t="s">
+        <v>10</v>
+      </c>
+      <c r="D605" t="s">
+        <v>11</v>
+      </c>
+      <c r="E605" t="s">
+        <v>12</v>
+      </c>
+      <c r="F605" t="s">
+        <v>11</v>
+      </c>
+      <c r="G605">
+        <v>2.33</v>
+      </c>
+    </row>
+    <row r="606" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A606" t="s">
+        <v>1</v>
+      </c>
+      <c r="B606" t="s">
+        <v>7</v>
+      </c>
+      <c r="C606" t="s">
+        <v>10</v>
+      </c>
+      <c r="D606" t="s">
+        <v>4</v>
+      </c>
+      <c r="E606" t="s">
+        <v>5</v>
+      </c>
+      <c r="F606" t="s">
+        <v>6</v>
+      </c>
+      <c r="G606">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="607" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A607" t="s">
+        <v>1</v>
+      </c>
+      <c r="B607" t="s">
+        <v>7</v>
+      </c>
+      <c r="C607" t="s">
+        <v>13</v>
+      </c>
+      <c r="D607" t="s">
+        <v>11</v>
+      </c>
+      <c r="E607" t="s">
+        <v>12</v>
+      </c>
+      <c r="F607" t="s">
+        <v>11</v>
+      </c>
+      <c r="G607">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="608" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A608" t="s">
+        <v>1</v>
+      </c>
+      <c r="B608" t="s">
+        <v>7</v>
+      </c>
+      <c r="C608" t="s">
         <v>14</v>
       </c>
-      <c r="F600" s="3" t="s">
-[...39 lines deleted...]
-      <c r="D602" s="3" t="s">
+      <c r="D608" t="s">
         <v>15</v>
       </c>
-      <c r="E602" s="3" t="s">
-[...42 lines deleted...]
-      <c r="D604" s="3" t="s">
+      <c r="E608" t="s">
+        <v>12</v>
+      </c>
+      <c r="F608" t="s">
+        <v>6</v>
+      </c>
+      <c r="G608">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="609" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A609" t="s">
+        <v>1</v>
+      </c>
+      <c r="B609" t="s">
+        <v>7</v>
+      </c>
+      <c r="C609" t="s">
+        <v>14</v>
+      </c>
+      <c r="D609" t="s">
+        <v>11</v>
+      </c>
+      <c r="E609" t="s">
+        <v>12</v>
+      </c>
+      <c r="F609" t="s">
+        <v>11</v>
+      </c>
+      <c r="G609">
+        <v>0.67</v>
+      </c>
+    </row>
+    <row r="610" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A610" t="s">
+        <v>1</v>
+      </c>
+      <c r="B610" t="s">
+        <v>7</v>
+      </c>
+      <c r="C610" t="s">
+        <v>16</v>
+      </c>
+      <c r="D610" t="s">
+        <v>11</v>
+      </c>
+      <c r="E610" t="s">
+        <v>5</v>
+      </c>
+      <c r="F610" t="s">
+        <v>11</v>
+      </c>
+      <c r="G610">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="611" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A611" t="s">
+        <v>1</v>
+      </c>
+      <c r="B611" t="s">
+        <v>7</v>
+      </c>
+      <c r="C611" t="s">
+        <v>16</v>
+      </c>
+      <c r="D611" t="s">
+        <v>11</v>
+      </c>
+      <c r="E611" t="s">
+        <v>12</v>
+      </c>
+      <c r="F611" t="s">
+        <v>11</v>
+      </c>
+      <c r="G611">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="612" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A612" t="s">
+        <v>1</v>
+      </c>
+      <c r="B612" t="s">
+        <v>17</v>
+      </c>
+      <c r="C612" t="s">
         <v>18</v>
       </c>
-      <c r="E604" s="3" t="s">
-[...120 lines deleted...]
-      <c r="G609">
+      <c r="D612" t="s">
+        <v>9</v>
+      </c>
+      <c r="E612" t="s">
+        <v>5</v>
+      </c>
+      <c r="F612" t="s">
+        <v>6</v>
+      </c>
+      <c r="G612">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="613" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A613" t="s">
         <v>1</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="D611" s="3" t="s">
+      <c r="B613" t="s">
+        <v>17</v>
+      </c>
+      <c r="C613" t="s">
+        <v>19</v>
+      </c>
+      <c r="D613" t="s">
+        <v>20</v>
+      </c>
+      <c r="E613" t="s">
+        <v>5</v>
+      </c>
+      <c r="F613" t="s">
+        <v>6</v>
+      </c>
+      <c r="G613">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="614" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A614" t="s">
+        <v>1</v>
+      </c>
+      <c r="B614" t="s">
+        <v>17</v>
+      </c>
+      <c r="C614" t="s">
+        <v>21</v>
+      </c>
+      <c r="D614" t="s">
+        <v>9</v>
+      </c>
+      <c r="E614" t="s">
+        <v>12</v>
+      </c>
+      <c r="F614" t="s">
+        <v>6</v>
+      </c>
+      <c r="G614">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="615" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A615" t="s">
+        <v>1</v>
+      </c>
+      <c r="B615" t="s">
+        <v>17</v>
+      </c>
+      <c r="C615" t="s">
+        <v>22</v>
+      </c>
+      <c r="D615" t="s">
+        <v>4</v>
+      </c>
+      <c r="E615" t="s">
+        <v>12</v>
+      </c>
+      <c r="F615" t="s">
+        <v>6</v>
+      </c>
+      <c r="G615">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="616" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A616" t="s">
+        <v>1</v>
+      </c>
+      <c r="B616" t="s">
+        <v>23</v>
+      </c>
+      <c r="C616" t="s">
         <v>24</v>
       </c>
-      <c r="E611" s="3" t="s">
-[...88 lines deleted...]
-      <c r="D615" s="3" t="s">
+      <c r="D616" t="s">
+        <v>9</v>
+      </c>
+      <c r="E616" t="s">
+        <v>5</v>
+      </c>
+      <c r="F616" t="s">
+        <v>6</v>
+      </c>
+      <c r="G616">
+        <v>2.33</v>
+      </c>
+    </row>
+    <row r="617" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A617" t="s">
+        <v>1</v>
+      </c>
+      <c r="B617" t="s">
+        <v>23</v>
+      </c>
+      <c r="C617" t="s">
         <v>24</v>
       </c>
-      <c r="E615" s="3" t="s">
-[...36 lines deleted...]
-      <c r="B617" s="3" t="s">
+      <c r="D617" t="s">
+        <v>11</v>
+      </c>
+      <c r="E617" t="s">
+        <v>5</v>
+      </c>
+      <c r="F617" t="s">
+        <v>11</v>
+      </c>
+      <c r="G617">
+        <v>2.02</v>
+      </c>
+    </row>
+    <row r="618" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A618" t="s">
+        <v>1</v>
+      </c>
+      <c r="B618" t="s">
+        <v>23</v>
+      </c>
+      <c r="C618" t="s">
+        <v>24</v>
+      </c>
+      <c r="D618" t="s">
+        <v>11</v>
+      </c>
+      <c r="E618" t="s">
+        <v>12</v>
+      </c>
+      <c r="F618" t="s">
+        <v>11</v>
+      </c>
+      <c r="G618">
+        <v>1.56</v>
+      </c>
+    </row>
+    <row r="619" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A619" t="s">
+        <v>1</v>
+      </c>
+      <c r="B619" t="s">
+        <v>23</v>
+      </c>
+      <c r="C619" t="s">
+        <v>25</v>
+      </c>
+      <c r="D619" t="s">
+        <v>11</v>
+      </c>
+      <c r="E619" t="s">
+        <v>5</v>
+      </c>
+      <c r="F619" t="s">
+        <v>11</v>
+      </c>
+      <c r="G619">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="620" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A620" t="s">
+        <v>1</v>
+      </c>
+      <c r="B620" t="s">
+        <v>23</v>
+      </c>
+      <c r="C620" t="s">
+        <v>25</v>
+      </c>
+      <c r="D620" t="s">
+        <v>11</v>
+      </c>
+      <c r="E620" t="s">
+        <v>12</v>
+      </c>
+      <c r="F620" t="s">
+        <v>11</v>
+      </c>
+      <c r="G620">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="621" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A621" t="s">
+        <v>1</v>
+      </c>
+      <c r="B621" t="s">
+        <v>23</v>
+      </c>
+      <c r="C621" t="s">
+        <v>26</v>
+      </c>
+      <c r="D621" t="s">
         <v>9</v>
       </c>
-      <c r="C617" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G617">
+      <c r="E621" t="s">
+        <v>12</v>
+      </c>
+      <c r="F621" t="s">
+        <v>6</v>
+      </c>
+      <c r="G621">
         <v>2.75</v>
       </c>
     </row>
-    <row r="618" spans="1:7" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B618" s="3" t="s">
+    <row r="622" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A622" t="s">
+        <v>1</v>
+      </c>
+      <c r="B622" t="s">
+        <v>23</v>
+      </c>
+      <c r="C622" t="s">
+        <v>26</v>
+      </c>
+      <c r="D622" t="s">
+        <v>11</v>
+      </c>
+      <c r="E622" t="s">
+        <v>5</v>
+      </c>
+      <c r="F622" t="s">
+        <v>11</v>
+      </c>
+      <c r="G622">
+        <v>1.36</v>
+      </c>
+    </row>
+    <row r="623" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A623" t="s">
+        <v>1</v>
+      </c>
+      <c r="B623" t="s">
+        <v>23</v>
+      </c>
+      <c r="C623" t="s">
+        <v>26</v>
+      </c>
+      <c r="D623" t="s">
+        <v>11</v>
+      </c>
+      <c r="E623" t="s">
+        <v>12</v>
+      </c>
+      <c r="F623" t="s">
+        <v>11</v>
+      </c>
+      <c r="G623">
+        <v>2.19</v>
+      </c>
+    </row>
+    <row r="624" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A624" t="s">
+        <v>1</v>
+      </c>
+      <c r="B624" t="s">
+        <v>23</v>
+      </c>
+      <c r="C624" t="s">
+        <v>26</v>
+      </c>
+      <c r="D624" t="s">
+        <v>4</v>
+      </c>
+      <c r="E624" t="s">
+        <v>12</v>
+      </c>
+      <c r="F624" t="s">
+        <v>6</v>
+      </c>
+      <c r="G624">
+        <v>3.17</v>
+      </c>
+    </row>
+    <row r="625" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A625" t="s">
+        <v>1</v>
+      </c>
+      <c r="B625" t="s">
+        <v>23</v>
+      </c>
+      <c r="C625" t="s">
+        <v>27</v>
+      </c>
+      <c r="D625" t="s">
+        <v>4</v>
+      </c>
+      <c r="E625" t="s">
+        <v>12</v>
+      </c>
+      <c r="F625" t="s">
+        <v>6</v>
+      </c>
+      <c r="G625">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="626" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A626" t="s">
+        <v>1</v>
+      </c>
+      <c r="B626" t="s">
+        <v>23</v>
+      </c>
+      <c r="C626" t="s">
+        <v>28</v>
+      </c>
+      <c r="D626" t="s">
         <v>9</v>
       </c>
-      <c r="C618" s="3" t="s">
-[...103 lines deleted...]
-      <c r="G622">
+      <c r="E626" t="s">
+        <v>12</v>
+      </c>
+      <c r="F626" t="s">
+        <v>6</v>
+      </c>
+      <c r="G626">
         <v>1.5</v>
       </c>
     </row>
-    <row r="623" spans="1:7" x14ac:dyDescent="0.25">
-[...90 lines deleted...]
-    </row>
     <row r="627" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A627" s="3" t="s">
-[...15 lines deleted...]
-        <v>110</v>
+      <c r="A627" t="s">
+        <v>1</v>
+      </c>
+      <c r="B627" t="s">
+        <v>23</v>
+      </c>
+      <c r="C627" t="s">
+        <v>28</v>
+      </c>
+      <c r="D627" t="s">
+        <v>11</v>
+      </c>
+      <c r="E627" t="s">
+        <v>5</v>
+      </c>
+      <c r="F627" t="s">
+        <v>11</v>
       </c>
       <c r="G627">
-        <v>4.25</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="628" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A628" s="3" t="s">
-[...15 lines deleted...]
-        <v>13</v>
+      <c r="A628" t="s">
+        <v>1</v>
+      </c>
+      <c r="B628" t="s">
+        <v>23</v>
+      </c>
+      <c r="C628" t="s">
+        <v>29</v>
+      </c>
+      <c r="D628" t="s">
+        <v>9</v>
+      </c>
+      <c r="E628" t="s">
+        <v>12</v>
+      </c>
+      <c r="F628" t="s">
+        <v>6</v>
       </c>
       <c r="G628">
         <v>2</v>
       </c>
     </row>
     <row r="629" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A629" s="3" t="s">
-[...15 lines deleted...]
-        <v>110</v>
+      <c r="A629" t="s">
+        <v>1</v>
+      </c>
+      <c r="B629" t="s">
+        <v>23</v>
+      </c>
+      <c r="C629" t="s">
+        <v>29</v>
+      </c>
+      <c r="D629" t="s">
+        <v>15</v>
+      </c>
+      <c r="E629" t="s">
+        <v>5</v>
+      </c>
+      <c r="F629" t="s">
+        <v>6</v>
       </c>
       <c r="G629">
-        <v>4.46</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="630" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A630" s="3" t="s">
-[...8 lines deleted...]
-      <c r="D630" s="3" t="s">
+      <c r="A630" t="s">
+        <v>1</v>
+      </c>
+      <c r="B630" t="s">
+        <v>23</v>
+      </c>
+      <c r="C630" t="s">
+        <v>29</v>
+      </c>
+      <c r="D630" t="s">
+        <v>11</v>
+      </c>
+      <c r="E630" t="s">
+        <v>5</v>
+      </c>
+      <c r="F630" t="s">
+        <v>11</v>
+      </c>
+      <c r="G630">
+        <v>2.75</v>
+      </c>
+    </row>
+    <row r="631" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A631" t="s">
+        <v>1</v>
+      </c>
+      <c r="B631" t="s">
+        <v>23</v>
+      </c>
+      <c r="C631" t="s">
+        <v>29</v>
+      </c>
+      <c r="D631" t="s">
+        <v>11</v>
+      </c>
+      <c r="E631" t="s">
+        <v>12</v>
+      </c>
+      <c r="F631" t="s">
+        <v>11</v>
+      </c>
+      <c r="G631">
+        <v>2.06</v>
+      </c>
+    </row>
+    <row r="632" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A632" t="s">
+        <v>1</v>
+      </c>
+      <c r="B632" t="s">
+        <v>23</v>
+      </c>
+      <c r="C632" t="s">
+        <v>29</v>
+      </c>
+      <c r="D632" t="s">
+        <v>4</v>
+      </c>
+      <c r="E632" t="s">
+        <v>5</v>
+      </c>
+      <c r="F632" t="s">
+        <v>6</v>
+      </c>
+      <c r="G632">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="633" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A633" t="s">
+        <v>1</v>
+      </c>
+      <c r="B633" t="s">
+        <v>23</v>
+      </c>
+      <c r="C633" t="s">
+        <v>29</v>
+      </c>
+      <c r="D633" t="s">
+        <v>4</v>
+      </c>
+      <c r="E633" t="s">
+        <v>12</v>
+      </c>
+      <c r="F633" t="s">
+        <v>6</v>
+      </c>
+      <c r="G633">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="634" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A634" t="s">
+        <v>1</v>
+      </c>
+      <c r="B634" t="s">
+        <v>23</v>
+      </c>
+      <c r="C634" t="s">
+        <v>30</v>
+      </c>
+      <c r="D634" t="s">
+        <v>11</v>
+      </c>
+      <c r="E634" t="s">
+        <v>12</v>
+      </c>
+      <c r="F634" t="s">
+        <v>11</v>
+      </c>
+      <c r="G634">
+        <v>1.42</v>
+      </c>
+    </row>
+    <row r="635" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A635" t="s">
+        <v>1</v>
+      </c>
+      <c r="B635" t="s">
+        <v>23</v>
+      </c>
+      <c r="C635" t="s">
+        <v>30</v>
+      </c>
+      <c r="D635" t="s">
+        <v>4</v>
+      </c>
+      <c r="E635" t="s">
+        <v>12</v>
+      </c>
+      <c r="F635" t="s">
+        <v>6</v>
+      </c>
+      <c r="G635">
+        <v>2.83</v>
+      </c>
+    </row>
+    <row r="636" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A636" t="s">
+        <v>1</v>
+      </c>
+      <c r="B636" t="s">
+        <v>23</v>
+      </c>
+      <c r="C636" t="s">
+        <v>31</v>
+      </c>
+      <c r="D636" t="s">
+        <v>4</v>
+      </c>
+      <c r="E636" t="s">
+        <v>12</v>
+      </c>
+      <c r="F636" t="s">
+        <v>6</v>
+      </c>
+      <c r="G636">
+        <v>1.83</v>
+      </c>
+    </row>
+    <row r="637" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A637" t="s">
+        <v>1</v>
+      </c>
+      <c r="B637" t="s">
+        <v>23</v>
+      </c>
+      <c r="C637" t="s">
+        <v>32</v>
+      </c>
+      <c r="D637" t="s">
+        <v>11</v>
+      </c>
+      <c r="E637" t="s">
+        <v>12</v>
+      </c>
+      <c r="F637" t="s">
+        <v>11</v>
+      </c>
+      <c r="G637">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="638" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A638" t="s">
+        <v>1</v>
+      </c>
+      <c r="B638" t="s">
+        <v>23</v>
+      </c>
+      <c r="C638" t="s">
+        <v>33</v>
+      </c>
+      <c r="D638" t="s">
+        <v>9</v>
+      </c>
+      <c r="E638" t="s">
+        <v>12</v>
+      </c>
+      <c r="F638" t="s">
+        <v>6</v>
+      </c>
+      <c r="G638">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="639" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A639" t="s">
+        <v>1</v>
+      </c>
+      <c r="B639" t="s">
+        <v>23</v>
+      </c>
+      <c r="C639" t="s">
+        <v>33</v>
+      </c>
+      <c r="D639" t="s">
+        <v>11</v>
+      </c>
+      <c r="E639" t="s">
+        <v>12</v>
+      </c>
+      <c r="F639" t="s">
+        <v>11</v>
+      </c>
+      <c r="G639">
+        <v>1.81</v>
+      </c>
+    </row>
+    <row r="640" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A640" t="s">
+        <v>1</v>
+      </c>
+      <c r="B640" t="s">
+        <v>23</v>
+      </c>
+      <c r="C640" t="s">
+        <v>33</v>
+      </c>
+      <c r="D640" t="s">
+        <v>4</v>
+      </c>
+      <c r="E640" t="s">
+        <v>12</v>
+      </c>
+      <c r="F640" t="s">
+        <v>6</v>
+      </c>
+      <c r="G640">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="641" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A641" t="s">
+        <v>1</v>
+      </c>
+      <c r="B641" t="s">
+        <v>23</v>
+      </c>
+      <c r="C641" t="s">
+        <v>34</v>
+      </c>
+      <c r="D641" t="s">
+        <v>35</v>
+      </c>
+      <c r="E641" t="s">
+        <v>12</v>
+      </c>
+      <c r="F641" t="s">
+        <v>6</v>
+      </c>
+      <c r="G641">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="642" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A642" t="s">
+        <v>1</v>
+      </c>
+      <c r="B642" t="s">
+        <v>23</v>
+      </c>
+      <c r="C642" t="s">
+        <v>34</v>
+      </c>
+      <c r="D642" t="s">
+        <v>11</v>
+      </c>
+      <c r="E642" t="s">
+        <v>5</v>
+      </c>
+      <c r="F642" t="s">
+        <v>11</v>
+      </c>
+      <c r="G642">
+        <v>2.25</v>
+      </c>
+    </row>
+    <row r="643" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A643" t="s">
+        <v>1</v>
+      </c>
+      <c r="B643" t="s">
+        <v>23</v>
+      </c>
+      <c r="C643" t="s">
+        <v>34</v>
+      </c>
+      <c r="D643" t="s">
+        <v>11</v>
+      </c>
+      <c r="E643" t="s">
+        <v>12</v>
+      </c>
+      <c r="F643" t="s">
+        <v>11</v>
+      </c>
+      <c r="G643">
+        <v>3.67</v>
+      </c>
+    </row>
+    <row r="644" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A644" t="s">
+        <v>1</v>
+      </c>
+      <c r="B644" t="s">
+        <v>23</v>
+      </c>
+      <c r="C644" t="s">
+        <v>34</v>
+      </c>
+      <c r="D644" t="s">
+        <v>4</v>
+      </c>
+      <c r="E644" t="s">
+        <v>5</v>
+      </c>
+      <c r="F644" t="s">
+        <v>6</v>
+      </c>
+      <c r="G644">
+        <v>2.92</v>
+      </c>
+    </row>
+    <row r="645" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A645" t="s">
+        <v>1</v>
+      </c>
+      <c r="B645" t="s">
+        <v>36</v>
+      </c>
+      <c r="C645" t="s">
+        <v>37</v>
+      </c>
+      <c r="D645" t="s">
         <v>15</v>
       </c>
-      <c r="E630" s="3" t="s">
-[...200 lines deleted...]
-      <c r="C639" s="3" t="s">
+      <c r="E645" t="s">
+        <v>5</v>
+      </c>
+      <c r="F645" t="s">
+        <v>6</v>
+      </c>
+      <c r="G645">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="646" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A646" t="s">
+        <v>1</v>
+      </c>
+      <c r="B646" t="s">
         <v>36</v>
       </c>
-      <c r="D639" s="3" t="s">
-[...88 lines deleted...]
-      <c r="C643" s="3" t="s">
+      <c r="C646" t="s">
         <v>37</v>
       </c>
-      <c r="D643" s="3" t="s">
-[...75 lines deleted...]
-        <v>110</v>
+      <c r="D646" t="s">
+        <v>4</v>
+      </c>
+      <c r="E646" t="s">
+        <v>5</v>
+      </c>
+      <c r="F646" t="s">
+        <v>6</v>
       </c>
       <c r="G646">
-        <v>1.28</v>
-[...5679 lines deleted...]
-      <c r="G893">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d471349d-fb8a-4178-9605-9a4835d3f614" xmlns:ns3="48c76b0e-4d81-41ad-9662-446a1e203a7d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="065b8db3845b2db931b7d25d454f05c0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006F6CE40F9A108840BAEA657C36297795" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="546bc2ef2c8bb2f942b73008e284f1ac">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d471349d-fb8a-4178-9605-9a4835d3f614" xmlns:ns3="48c76b0e-4d81-41ad-9662-446a1e203a7d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c08e12816617c3a323aecbd71a44e38d" ns2:_="" ns3:_="">
     <xsd:import namespace="d471349d-fb8a-4178-9605-9a4835d3f614"/>
     <xsd:import namespace="48c76b0e-4d81-41ad-9662-446a1e203a7d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -21577,121 +16310,100 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="48c76b0e-4d81-41ad-9662-446a1e203a7d" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d471349d-fb8a-4178-9605-9a4835d3f614">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEFBCD3F-5BA1-4C98-96EC-02B483DB4020}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{245C39A6-E976-4B24-A37A-9F1F1ED09268}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77EC88E9-B6BB-45A8-B5E1-1775137A0CB4}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9CB3AEE-72B8-4110-A983-DC193F3918E0}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E83BE3D9-A6C8-452F-8A0E-673FDE8F43AF}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{166BD9C3-B375-433B-937A-BA2843F26E11}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>data</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Yan Ma</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006F6CE40F9A108840BAEA657C36297795</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>