--- v0 (2025-10-09)
+++ v1 (2026-01-09)
@@ -1,72 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x15 xr xr6 xr10">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\IR Web Site\Power BI Project\Website\Data\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DFFE2820-0C7A-45E2-A3CE-E5A0D849A7C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D8695246-E374-4AD4-89EE-2C4E23EF85A7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="5310" yWindow="1035" windowWidth="21600" windowHeight="12585"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
+  <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="38">
   <si>
     <t>Entry Type</t>
   </si>
   <si>
     <t>Headcount</t>
   </si>
   <si>
     <t>2004-05</t>
   </si>
   <si>
     <t>Bachelor</t>
   </si>
   <si>
     <t>Frosh</t>
   </si>
   <si>
     <t>Transfer</t>
   </si>
   <si>
     <t>Master</t>
   </si>
   <si>
     <t>Graduate</t>
   </si>
   <si>
@@ -111,78 +115,81 @@
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>2017-18</t>
   </si>
   <si>
     <t>2018-19</t>
   </si>
   <si>
     <t>2019-20</t>
   </si>
   <si>
     <t>2020-21</t>
   </si>
   <si>
     <t>2021-22</t>
   </si>
   <si>
     <t>2022-23</t>
   </si>
   <si>
     <t>2023-24</t>
   </si>
   <si>
+    <t>2024-25</t>
+  </si>
+  <si>
     <t xml:space="preserve">UCR Institutional Research </t>
   </si>
   <si>
     <t>Academic Year of Award</t>
   </si>
   <si>
     <t>Level</t>
   </si>
   <si>
     <t>Academic Years-Enrolled</t>
   </si>
   <si>
     <t>Academic Years-Elapsed</t>
   </si>
   <si>
     <t>Calendar Years-Enrolled</t>
   </si>
   <si>
     <t>Calendar Years-Elapsed</t>
   </si>
   <si>
-    <t>Last Updated: 12/05/2024</t>
+    <t>Last Updated: 12/09/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
@@ -616,195 +623,161 @@
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="right"/>
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="10">
-[...30 lines deleted...]
-    </dxf>
+  <dxfs count="1">
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A4:H92" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="A4:A92"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A4:H97" totalsRowShown="0" headerRowDxfId="0">
+  <autoFilter ref="A4:H97"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:H97">
+    <sortCondition descending="1" ref="A4:A97"/>
   </sortState>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Academic Year of Award" dataDxfId="7"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Calendar Years-Elapsed" dataDxfId="0"/>
+    <tableColumn id="1" name="Academic Year of Award"/>
+    <tableColumn id="2" name="Level"/>
+    <tableColumn id="3" name="Entry Type"/>
+    <tableColumn id="4" name="Headcount"/>
+    <tableColumn id="5" name="Academic Years-Enrolled"/>
+    <tableColumn id="6" name="Academic Years-Elapsed"/>
+    <tableColumn id="7" name="Calendar Years-Enrolled"/>
+    <tableColumn id="8" name="Calendar Years-Elapsed"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -1062,2469 +1035,2581 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:K92"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:K97"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.5703125" style="2" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="8" width="24.7109375" style="7" customWidth="1"/>
+    <col min="1" max="1" width="25.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="4" width="14.85546875" customWidth="1"/>
+    <col min="5" max="5" width="25.140625" customWidth="1"/>
+    <col min="6" max="6" width="24.5703125" customWidth="1"/>
+    <col min="7" max="7" width="24.42578125" customWidth="1"/>
+    <col min="8" max="8" width="23.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
-      <c r="D1" s="5"/>
-[...5 lines deleted...]
-      <c r="K1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="5"/>
+      <c r="K1" s="5"/>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
-      <c r="D2" s="5"/>
-[...5 lines deleted...]
-      <c r="K2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="4"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
+      <c r="K2" s="5"/>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
-      <c r="D3" s="5"/>
-[...11 lines deleted...]
-      <c r="B4" s="3" t="s">
+      <c r="D3" s="2"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="4"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+      <c r="K3" s="5"/>
+    </row>
+    <row r="4" spans="1:11" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="B4" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" s="6" t="s">
         <v>0</v>
       </c>
-      <c r="D4" s="8" t="s">
+      <c r="D4" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="E4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="9" t="s">
+      <c r="E4" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="F4" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="G4" s="8" t="s">
         <v>35</v>
       </c>
+      <c r="H4" s="8" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A5" s="2" t="s">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" t="s">
+        <v>4</v>
+      </c>
+      <c r="D5">
+        <v>4200</v>
+      </c>
+      <c r="E5">
+        <v>3.9454761954148601</v>
+      </c>
+      <c r="F5">
+        <v>4.0881754761904601</v>
+      </c>
+      <c r="G5">
+        <v>3.3262499999999999</v>
+      </c>
+      <c r="H5">
+        <v>3.9052976190476101</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6">
+        <v>1541</v>
+      </c>
+      <c r="E6">
+        <v>2.2096041505944699</v>
+      </c>
+      <c r="F6">
+        <v>2.40450428293317</v>
+      </c>
+      <c r="G6">
+        <v>1.9060674886437301</v>
+      </c>
+      <c r="H6">
+        <v>2.2475665152498299</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7">
+        <v>927</v>
+      </c>
+      <c r="E7">
+        <v>1.61704423094515</v>
+      </c>
+      <c r="F7">
+        <v>1.7508020496224299</v>
+      </c>
+      <c r="G7">
+        <v>1.29072276159654</v>
+      </c>
+      <c r="H7">
+        <v>1.5854908306364599</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8">
+        <v>74</v>
+      </c>
+      <c r="E8">
+        <v>4.1261261411615298</v>
+      </c>
+      <c r="F8">
+        <v>4.3648648648648596</v>
+      </c>
+      <c r="G8">
+        <v>3.7432432432432399</v>
+      </c>
+      <c r="H8">
+        <v>4.1148648648648596</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9">
+        <v>287</v>
+      </c>
+      <c r="E9">
+        <v>5.7259001075598404</v>
+      </c>
+      <c r="F9">
+        <v>6.1010421602787401</v>
+      </c>
+      <c r="G9">
+        <v>4.3440766550522598</v>
+      </c>
+      <c r="H9">
+        <v>5.9825783972125404</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
         <v>28</v>
       </c>
-      <c r="B5" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="2" t="s">
+      <c r="B10" t="s">
+        <v>3</v>
+      </c>
+      <c r="C10" t="s">
         <v>4</v>
       </c>
-      <c r="D5" s="10">
+      <c r="D10">
         <v>3716</v>
       </c>
-      <c r="E5" s="7">
+      <c r="E10">
         <v>3.9581090842240298</v>
       </c>
-      <c r="F5" s="7">
+      <c r="F10">
         <v>4.1655018568353004</v>
       </c>
-      <c r="G5" s="7">
+      <c r="G10">
         <v>3.3443891280947202</v>
       </c>
-      <c r="H5" s="7">
+      <c r="H10">
         <v>3.9851318622174299</v>
       </c>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A6" s="2" t="s">
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
         <v>28</v>
       </c>
-      <c r="B6" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="2" t="s">
+      <c r="B11" t="s">
+        <v>3</v>
+      </c>
+      <c r="C11" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="10">
+      <c r="D11">
         <v>1796</v>
       </c>
-      <c r="E6" s="7">
+      <c r="E11">
         <v>2.2583518888145799</v>
       </c>
-      <c r="F6" s="7">
-[...2 lines deleted...]
-      <c r="G6" s="7">
+      <c r="F11">
+        <v>2.4615847995545801</v>
+      </c>
+      <c r="G11">
         <v>1.9471046770601299</v>
       </c>
-      <c r="H6" s="7">
+      <c r="H11">
         <v>2.3081848552338502</v>
       </c>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
         <v>28</v>
       </c>
-      <c r="B7" s="2" t="s">
+      <c r="B12" t="s">
         <v>6</v>
       </c>
-      <c r="C7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="10">
+      <c r="C12" t="s">
+        <v>7</v>
+      </c>
+      <c r="D12">
         <v>938</v>
       </c>
-      <c r="E7" s="7">
+      <c r="E12">
         <v>1.73383085051579</v>
       </c>
-      <c r="F7" s="7">
+      <c r="F12">
         <v>1.8859208955223801</v>
       </c>
-      <c r="G7" s="7">
+      <c r="G12">
         <v>1.3797974413645999</v>
       </c>
-      <c r="H7" s="7">
+      <c r="H12">
         <v>1.72308102345415</v>
       </c>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A8" s="2" t="s">
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
         <v>28</v>
       </c>
-      <c r="B8" s="2" t="s">
+      <c r="B13" t="s">
         <v>21</v>
       </c>
-      <c r="C8" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="10">
+      <c r="C13" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13">
         <v>68</v>
       </c>
-      <c r="E8" s="7">
+      <c r="E13">
         <v>4.0882353221668897</v>
       </c>
-      <c r="F8" s="7">
+      <c r="F13">
         <v>4.4411764705882302</v>
       </c>
-      <c r="G8" s="7">
+      <c r="G13">
         <v>3.7132352941176401</v>
       </c>
-      <c r="H8" s="7">
+      <c r="H13">
         <v>4.1985294117647003</v>
       </c>
     </row>
-    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A9" s="2" t="s">
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="2" t="s">
+      <c r="B14" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D9" s="10">
+      <c r="C14" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14">
         <v>334</v>
       </c>
-      <c r="E9" s="7">
+      <c r="E14">
         <v>5.67664669873471</v>
       </c>
-      <c r="F9" s="7">
+      <c r="F14">
         <v>6.0179634730538902</v>
       </c>
-      <c r="G9" s="7">
+      <c r="G14">
         <v>4.3076347305389202</v>
       </c>
-      <c r="H9" s="7">
+      <c r="H14">
         <v>5.8929640718562801</v>
       </c>
     </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A10" s="2" t="s">
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="2" t="s">
+      <c r="B15" t="s">
+        <v>3</v>
+      </c>
+      <c r="C15" t="s">
         <v>4</v>
       </c>
-      <c r="D10" s="10">
+      <c r="D15">
         <v>3740</v>
       </c>
-      <c r="E10" s="7">
+      <c r="E15">
         <v>3.9459893116339</v>
       </c>
-      <c r="F10" s="7">
+      <c r="F15">
         <v>4.1353855882352804</v>
       </c>
-      <c r="G10" s="7">
+      <c r="G15">
         <v>3.3203208556149701</v>
       </c>
-      <c r="H10" s="7">
+      <c r="H15">
         <v>3.95294117647058</v>
       </c>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="2" t="s">
+      <c r="B16" t="s">
+        <v>3</v>
+      </c>
+      <c r="C16" t="s">
         <v>5</v>
       </c>
-      <c r="D11" s="10">
+      <c r="D16">
         <v>2165</v>
       </c>
-      <c r="E11" s="7">
+      <c r="E16">
         <v>2.1812163156394799</v>
       </c>
-      <c r="F11" s="7">
-[...2 lines deleted...]
-      <c r="G11" s="7">
+      <c r="F16">
+        <v>2.3336450808314</v>
+      </c>
+      <c r="G16">
         <v>1.8808314087759801</v>
       </c>
-      <c r="H11" s="7">
+      <c r="H16">
         <v>2.1782909930715899</v>
       </c>
     </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A12" s="2" t="s">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="2" t="s">
+      <c r="B17" t="s">
         <v>6</v>
       </c>
-      <c r="C12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="10">
+      <c r="C17" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17">
         <v>952</v>
       </c>
-      <c r="E12" s="7">
+      <c r="E17">
         <v>1.7366946787581199</v>
       </c>
-      <c r="F12" s="7">
+      <c r="F17">
         <v>1.87219159663865</v>
       </c>
-      <c r="G12" s="7">
+      <c r="G17">
         <v>1.3802521008403299</v>
       </c>
-      <c r="H12" s="7">
+      <c r="H17">
         <v>1.7198004201680599</v>
       </c>
     </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
         <v>27</v>
       </c>
-      <c r="B13" s="2" t="s">
+      <c r="B18" t="s">
         <v>21</v>
       </c>
-      <c r="C13" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="10">
+      <c r="C18" t="s">
+        <v>7</v>
+      </c>
+      <c r="D18">
         <v>63</v>
       </c>
-      <c r="E13" s="7">
+      <c r="E18">
         <v>4.0899470874241404</v>
       </c>
-      <c r="F13" s="7">
+      <c r="F18">
         <v>4.3015873015872996</v>
       </c>
-      <c r="G13" s="7">
+      <c r="G18">
         <v>3.6666666666666599</v>
       </c>
-      <c r="H13" s="7">
+      <c r="H18">
         <v>4.0515873015872996</v>
       </c>
     </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A14" s="2" t="s">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
         <v>27</v>
       </c>
-      <c r="B14" s="2" t="s">
+      <c r="B19" t="s">
         <v>8</v>
       </c>
-      <c r="C14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="10">
+      <c r="C19" t="s">
+        <v>7</v>
+      </c>
+      <c r="D19">
         <v>316</v>
       </c>
-      <c r="E14" s="7">
+      <c r="E19">
         <v>5.5221518949617296</v>
       </c>
-      <c r="F14" s="7">
+      <c r="F19">
         <v>5.8417683544303802</v>
       </c>
-      <c r="G14" s="7">
+      <c r="G19">
         <v>4.1906645569620196</v>
       </c>
-      <c r="H14" s="7">
+      <c r="H19">
         <v>5.7246835443037902</v>
       </c>
     </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A15" s="2" t="s">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
         <v>26</v>
       </c>
-      <c r="B15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="2" t="s">
+      <c r="B20" t="s">
+        <v>3</v>
+      </c>
+      <c r="C20" t="s">
         <v>4</v>
       </c>
-      <c r="D15" s="10">
+      <c r="D20">
         <v>3818</v>
       </c>
-      <c r="E15" s="7">
+      <c r="E20">
         <v>3.9348699226936401</v>
       </c>
-      <c r="F15" s="7">
-[...2 lines deleted...]
-      <c r="G15" s="7">
+      <c r="F20">
+        <v>4.1260711105290602</v>
+      </c>
+      <c r="G20">
         <v>3.2872577265584</v>
       </c>
-      <c r="H15" s="7">
+      <c r="H20">
         <v>3.9425746464117299</v>
       </c>
     </row>
-    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A16" s="2" t="s">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
         <v>26</v>
       </c>
-      <c r="B16" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="2" t="s">
+      <c r="B21" t="s">
+        <v>3</v>
+      </c>
+      <c r="C21" t="s">
         <v>5</v>
       </c>
-      <c r="D16" s="10">
+      <c r="D21">
         <v>2013</v>
       </c>
-      <c r="E16" s="7">
+      <c r="E21">
         <v>2.1515151486133801</v>
       </c>
-      <c r="F16" s="7">
+      <c r="F21">
         <v>2.3401260804769</v>
       </c>
-      <c r="G16" s="7">
+      <c r="G21">
         <v>1.85755091902632</v>
       </c>
-      <c r="H16" s="7">
+      <c r="H21">
         <v>2.1875310481867798</v>
       </c>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A17" s="2" t="s">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
         <v>26</v>
       </c>
-      <c r="B17" s="2" t="s">
+      <c r="B22" t="s">
         <v>6</v>
       </c>
-      <c r="C17" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="10">
+      <c r="C22" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22">
         <v>837</v>
       </c>
-      <c r="E17" s="7">
+      <c r="E22">
         <v>1.7435284733345</v>
       </c>
-      <c r="F17" s="7">
+      <c r="F22">
         <v>1.8610060931899599</v>
       </c>
-      <c r="G17" s="7">
+      <c r="G22">
         <v>1.3649940262843401</v>
       </c>
-      <c r="H17" s="7">
+      <c r="H22">
         <v>1.69384707287933</v>
       </c>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A18" s="2" t="s">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
         <v>26</v>
       </c>
-      <c r="B18" s="2" t="s">
+      <c r="B23" t="s">
         <v>21</v>
       </c>
-      <c r="C18" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="10">
+      <c r="C23" t="s">
+        <v>7</v>
+      </c>
+      <c r="D23">
         <v>69</v>
       </c>
-      <c r="E18" s="7">
+      <c r="E23">
         <v>4.0338164377903496</v>
       </c>
-      <c r="F18" s="7">
+      <c r="F23">
         <v>4.2318840579710102</v>
       </c>
-      <c r="G18" s="7">
+      <c r="G23">
         <v>3.60507246376811</v>
       </c>
-      <c r="H18" s="7">
+      <c r="H23">
         <v>3.9818840579710102</v>
       </c>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A19" s="2" t="s">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="2" t="s">
+      <c r="B24" t="s">
         <v>8</v>
       </c>
-      <c r="C19" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D19" s="10">
+      <c r="C24" t="s">
+        <v>7</v>
+      </c>
+      <c r="D24">
         <v>318</v>
       </c>
-      <c r="E19" s="7">
+      <c r="E24">
         <v>5.5408805016451597</v>
       </c>
-      <c r="F19" s="7">
+      <c r="F24">
         <v>5.8563921383647797</v>
       </c>
-      <c r="G19" s="7">
+      <c r="G24">
         <v>4.2122641509433896</v>
       </c>
-      <c r="H19" s="7">
+      <c r="H24">
         <v>5.7287735849056602</v>
       </c>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A20" s="2" t="s">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
         <v>25</v>
       </c>
-      <c r="B20" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="2" t="s">
+      <c r="B25" t="s">
+        <v>3</v>
+      </c>
+      <c r="C25" t="s">
         <v>4</v>
       </c>
-      <c r="D20" s="10">
+      <c r="D25">
         <v>4083</v>
       </c>
-      <c r="E20" s="7">
+      <c r="E25">
         <v>3.9817128012409801</v>
       </c>
-      <c r="F20" s="7">
-[...2 lines deleted...]
-      <c r="G20" s="7">
+      <c r="F25">
+        <v>4.2286740386970303</v>
+      </c>
+      <c r="G25">
         <v>3.29579965711486</v>
       </c>
-      <c r="H20" s="7">
+      <c r="H25">
         <v>4.0456771981386197</v>
       </c>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A21" s="2" t="s">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
         <v>25</v>
       </c>
-      <c r="B21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="2" t="s">
+      <c r="B26" t="s">
+        <v>3</v>
+      </c>
+      <c r="C26" t="s">
         <v>5</v>
       </c>
-      <c r="D21" s="10">
+      <c r="D26">
         <v>2009</v>
       </c>
-      <c r="E21" s="7">
+      <c r="E26">
         <v>2.1483325003509499</v>
       </c>
-      <c r="F21" s="7">
+      <c r="F26">
         <v>2.3064582877053299</v>
       </c>
-      <c r="G21" s="7">
+      <c r="G26">
         <v>1.8341214534594299</v>
       </c>
-      <c r="H21" s="7">
+      <c r="H26">
         <v>2.1464659034345401</v>
       </c>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A22" s="2" t="s">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
         <v>25</v>
       </c>
-      <c r="B22" s="2" t="s">
+      <c r="B27" t="s">
         <v>6</v>
       </c>
-      <c r="C22" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="10">
+      <c r="C27" t="s">
+        <v>7</v>
+      </c>
+      <c r="D27">
         <v>817</v>
       </c>
-      <c r="E22" s="7">
+      <c r="E27">
         <v>1.6491228091089301</v>
       </c>
-      <c r="F22" s="7">
+      <c r="F27">
         <v>1.84291456548347</v>
       </c>
-      <c r="G22" s="7">
+      <c r="G27">
         <v>1.3237454100367101</v>
       </c>
-      <c r="H22" s="7">
+      <c r="H27">
         <v>1.66829865361077</v>
       </c>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A23" s="2" t="s">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
         <v>25</v>
       </c>
-      <c r="B23" s="2" t="s">
+      <c r="B28" t="s">
         <v>21</v>
       </c>
-      <c r="C23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D23" s="10">
+      <c r="C28" t="s">
+        <v>7</v>
+      </c>
+      <c r="D28">
         <v>57</v>
       </c>
-      <c r="E23" s="7">
+      <c r="E28">
         <v>4.0116959203753497</v>
       </c>
-      <c r="F23" s="7">
+      <c r="F28">
         <v>4.1052631578947301</v>
       </c>
-      <c r="G23" s="7">
+      <c r="G28">
         <v>3.6184210526315699</v>
       </c>
-      <c r="H23" s="7">
+      <c r="H28">
         <v>3.8552631578947301</v>
       </c>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A24" s="2" t="s">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
         <v>25</v>
       </c>
-      <c r="B24" s="2" t="s">
+      <c r="B29" t="s">
         <v>8</v>
       </c>
-      <c r="C24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="10">
+      <c r="C29" t="s">
+        <v>7</v>
+      </c>
+      <c r="D29">
         <v>272</v>
       </c>
-      <c r="E24" s="7">
+      <c r="E29">
         <v>5.34803921685499</v>
       </c>
-      <c r="F24" s="7">
+      <c r="F29">
         <v>5.7389672794117601</v>
       </c>
-      <c r="G24" s="7">
+      <c r="G29">
         <v>4.0808823529411704</v>
       </c>
-      <c r="H24" s="7">
+      <c r="H29">
         <v>5.6185661764705799</v>
       </c>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A25" s="2" t="s">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
         <v>24</v>
       </c>
-      <c r="B25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="2" t="s">
+      <c r="B30" t="s">
+        <v>3</v>
+      </c>
+      <c r="C30" t="s">
         <v>4</v>
       </c>
-      <c r="D25" s="10">
+      <c r="D30">
         <v>4253</v>
       </c>
-      <c r="E25" s="7">
+      <c r="E30">
         <v>3.9996865033374598</v>
       </c>
-      <c r="F25" s="7">
+      <c r="F30">
         <v>4.1906118269456796</v>
       </c>
-      <c r="G25" s="7">
+      <c r="G30">
         <v>3.28726781095697</v>
       </c>
-      <c r="H25" s="7">
+      <c r="H30">
         <v>4.0019398071949199</v>
       </c>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A26" s="2" t="s">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
         <v>24</v>
       </c>
-      <c r="B26" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="2" t="s">
+      <c r="B31" t="s">
+        <v>3</v>
+      </c>
+      <c r="C31" t="s">
         <v>5</v>
       </c>
-      <c r="D26" s="10">
+      <c r="D31">
         <v>1749</v>
       </c>
-      <c r="E26" s="7">
+      <c r="E31">
         <v>2.12121211777011</v>
       </c>
-      <c r="F26" s="7">
+      <c r="F31">
         <v>2.26396449399657</v>
       </c>
-      <c r="G26" s="7">
+      <c r="G31">
         <v>1.7898799313893601</v>
       </c>
-      <c r="H26" s="7">
+      <c r="H31">
         <v>2.0991995425957599</v>
       </c>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A27" s="2" t="s">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
         <v>24</v>
       </c>
-      <c r="B27" s="2" t="s">
+      <c r="B32" t="s">
         <v>6</v>
       </c>
-      <c r="C27" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="10">
+      <c r="C32" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32">
         <v>718</v>
       </c>
-      <c r="E27" s="7">
+      <c r="E32">
         <v>1.6750232139005601</v>
       </c>
-      <c r="F27" s="7">
+      <c r="F32">
         <v>1.8300772980501301</v>
       </c>
-      <c r="G27" s="7">
+      <c r="G32">
         <v>1.32694986072423</v>
       </c>
-      <c r="H27" s="7">
+      <c r="H32">
         <v>1.6490250696378801</v>
       </c>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A28" s="2" t="s">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
         <v>24</v>
       </c>
-      <c r="B28" s="2" t="s">
+      <c r="B33" t="s">
         <v>21</v>
       </c>
-      <c r="C28" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="10">
+      <c r="C33" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33">
         <v>68</v>
       </c>
-      <c r="E28" s="7">
+      <c r="E33">
         <v>4.0882352941176396</v>
       </c>
-      <c r="F28" s="7">
+      <c r="F33">
         <v>4.3088235294117601</v>
       </c>
-      <c r="G28" s="7">
+      <c r="G33">
         <v>3.6360294117646998</v>
       </c>
-      <c r="H28" s="7">
+      <c r="H33">
         <v>4.0588235294117601</v>
       </c>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A29" s="2" t="s">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
         <v>24</v>
       </c>
-      <c r="B29" s="2" t="s">
+      <c r="B34" t="s">
         <v>8</v>
       </c>
-      <c r="C29" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D29" s="10">
+      <c r="C34" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34">
         <v>249</v>
       </c>
-      <c r="E29" s="7">
+      <c r="E34">
         <v>5.5127175352180799</v>
       </c>
-      <c r="F29" s="7">
+      <c r="F34">
         <v>5.9410935742971898</v>
       </c>
-      <c r="G29" s="7">
+      <c r="G34">
         <v>4.1817269076305204</v>
       </c>
-      <c r="H29" s="7">
+      <c r="H34">
         <v>5.8273092369477899</v>
       </c>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A30" s="2" t="s">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
         <v>23</v>
       </c>
-      <c r="B30" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="2" t="s">
+      <c r="B35" t="s">
+        <v>3</v>
+      </c>
+      <c r="C35" t="s">
         <v>4</v>
       </c>
-      <c r="D30" s="10">
+      <c r="D35">
         <v>3423</v>
       </c>
-      <c r="E30" s="7">
+      <c r="E35">
         <v>4.0275586783938104</v>
       </c>
-      <c r="F30" s="7">
-[...2 lines deleted...]
-      <c r="G30" s="7">
+      <c r="F35">
+        <v>4.2708162722757796</v>
+      </c>
+      <c r="G35">
         <v>3.2978381536663699</v>
       </c>
-      <c r="H30" s="7">
+      <c r="H35">
         <v>4.0838445807770896</v>
       </c>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A31" s="2" t="s">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
         <v>23</v>
       </c>
-      <c r="B31" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="2" t="s">
+      <c r="B36" t="s">
+        <v>3</v>
+      </c>
+      <c r="C36" t="s">
         <v>5</v>
       </c>
-      <c r="D31" s="10">
+      <c r="D36">
         <v>1208</v>
       </c>
-      <c r="E31" s="7">
+      <c r="E36">
         <v>2.17328917891379</v>
       </c>
-      <c r="F31" s="7">
-[...2 lines deleted...]
-      <c r="G31" s="7">
+      <c r="F36">
+        <v>2.3708636589404</v>
+      </c>
+      <c r="G36">
         <v>1.8160182119205199</v>
       </c>
-      <c r="H31" s="7">
+      <c r="H36">
         <v>2.1988824503311202</v>
       </c>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A32" s="2" t="s">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
         <v>23</v>
       </c>
-      <c r="B32" s="2" t="s">
+      <c r="B37" t="s">
         <v>6</v>
       </c>
-      <c r="C32" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D32" s="10">
+      <c r="C37" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37">
         <v>648</v>
       </c>
-      <c r="E32" s="7">
+      <c r="E37">
         <v>1.75668724046813</v>
       </c>
-      <c r="F32" s="7">
+      <c r="F37">
         <v>1.9002006172839501</v>
       </c>
-      <c r="G32" s="7">
+      <c r="G37">
         <v>1.3900462962962901</v>
       </c>
-      <c r="H32" s="7">
+      <c r="H37">
         <v>1.72800925925925</v>
       </c>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A33" s="2" t="s">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
         <v>23</v>
       </c>
-      <c r="B33" s="2" t="s">
+      <c r="B38" t="s">
         <v>21</v>
       </c>
-      <c r="C33" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D33" s="10">
+      <c r="C38" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38">
         <v>38</v>
       </c>
-      <c r="E33" s="7">
+      <c r="E38">
         <v>3.9824561445336499</v>
       </c>
-      <c r="F33" s="7">
+      <c r="F38">
         <v>4.0789473684210504</v>
       </c>
-      <c r="G33" s="7">
+      <c r="G38">
         <v>3.6052631578947301</v>
       </c>
-      <c r="H33" s="7">
+      <c r="H38">
         <v>3.82894736842105</v>
       </c>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A34" s="2" t="s">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
         <v>23</v>
       </c>
-      <c r="B34" s="2" t="s">
+      <c r="B39" t="s">
         <v>8</v>
       </c>
-      <c r="C34" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D34" s="10">
+      <c r="C39" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39">
         <v>288</v>
       </c>
-      <c r="E34" s="7">
+      <c r="E39">
         <v>5.2754629486136899</v>
       </c>
-      <c r="F34" s="7">
+      <c r="F39">
         <v>5.6631906250000004</v>
       </c>
-      <c r="G34" s="7">
+      <c r="G39">
         <v>3.9947916666666599</v>
       </c>
-      <c r="H34" s="7">
+      <c r="H39">
         <v>5.54774305555555</v>
       </c>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A35" s="2" t="s">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
         <v>22</v>
       </c>
-      <c r="B35" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="2" t="s">
+      <c r="B40" t="s">
+        <v>3</v>
+      </c>
+      <c r="C40" t="s">
         <v>4</v>
       </c>
-      <c r="D35" s="10">
+      <c r="D40">
         <v>3689</v>
       </c>
-      <c r="E35" s="7">
+      <c r="E40">
         <v>4.0967741975554199</v>
       </c>
-      <c r="F35" s="7">
+      <c r="F40">
         <v>4.3024320412035699</v>
       </c>
-      <c r="G35" s="7">
+      <c r="G40">
         <v>3.3722553537544</v>
       </c>
-      <c r="H35" s="7">
+      <c r="H40">
         <v>4.1107346164272096</v>
       </c>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A36" s="2" t="s">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
         <v>22</v>
       </c>
-      <c r="B36" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="2" t="s">
+      <c r="B41" t="s">
+        <v>3</v>
+      </c>
+      <c r="C41" t="s">
         <v>5</v>
       </c>
-      <c r="D36" s="10">
+      <c r="D41">
         <v>1138</v>
       </c>
-      <c r="E36" s="7">
+      <c r="E41">
         <v>2.2296426460696801</v>
       </c>
-      <c r="F36" s="7">
+      <c r="F41">
         <v>2.4475703866432301</v>
       </c>
-      <c r="G36" s="7">
+      <c r="G41">
         <v>1.8591827768014</v>
       </c>
-      <c r="H36" s="7">
+      <c r="H41">
         <v>2.2717486818980599</v>
       </c>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A37" s="2" t="s">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
         <v>22</v>
       </c>
-      <c r="B37" s="2" t="s">
+      <c r="B42" t="s">
         <v>6</v>
       </c>
-      <c r="C37" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D37" s="10">
+      <c r="C42" t="s">
+        <v>7</v>
+      </c>
+      <c r="D42">
         <v>615</v>
       </c>
-      <c r="E37" s="7">
+      <c r="E42">
         <v>1.79566395476581</v>
       </c>
-      <c r="F37" s="7">
+      <c r="F42">
         <v>1.9349547967479599</v>
       </c>
-      <c r="G37" s="7">
+      <c r="G42">
         <v>1.4182926829268201</v>
       </c>
-      <c r="H37" s="7">
+      <c r="H42">
         <v>1.75772357723577</v>
       </c>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A38" s="2" t="s">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
         <v>22</v>
       </c>
-      <c r="B38" s="2" t="s">
+      <c r="B43" t="s">
         <v>21</v>
       </c>
-      <c r="C38" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D38" s="10">
+      <c r="C43" t="s">
+        <v>7</v>
+      </c>
+      <c r="D43">
         <v>49</v>
       </c>
-      <c r="E38" s="7">
+      <c r="E43">
         <v>4.0000000097313704</v>
       </c>
-      <c r="F38" s="7">
+      <c r="F43">
         <v>4.1428571428571397</v>
       </c>
-      <c r="G38" s="7">
+      <c r="G43">
         <v>3.6020408163265301</v>
       </c>
-      <c r="H38" s="7">
+      <c r="H43">
         <v>3.8928571428571401</v>
       </c>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A39" s="2" t="s">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
         <v>22</v>
       </c>
-      <c r="B39" s="2" t="s">
+      <c r="B44" t="s">
         <v>8</v>
       </c>
-      <c r="C39" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D39" s="10">
+      <c r="C44" t="s">
+        <v>7</v>
+      </c>
+      <c r="D44">
         <v>284</v>
       </c>
-      <c r="E39" s="7">
+      <c r="E44">
         <v>5.3884976443270496</v>
       </c>
-      <c r="F39" s="7">
+      <c r="F44">
         <v>5.8239408450704202</v>
       </c>
-      <c r="G39" s="7">
+      <c r="G44">
         <v>4.0774647887323896</v>
       </c>
-      <c r="H39" s="7">
+      <c r="H44">
         <v>5.7015845070422504</v>
       </c>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A40" s="2" t="s">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
         <v>20</v>
       </c>
-      <c r="B40" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="2" t="s">
+      <c r="B45" t="s">
+        <v>3</v>
+      </c>
+      <c r="C45" t="s">
         <v>4</v>
       </c>
-      <c r="D40" s="10">
+      <c r="D45">
         <v>3341</v>
       </c>
-      <c r="E40" s="7">
+      <c r="E45">
         <v>4.0881971506186101</v>
       </c>
-      <c r="F40" s="7">
+      <c r="F45">
         <v>4.2977162526189696</v>
       </c>
-      <c r="G40" s="7">
+      <c r="G45">
         <v>3.36089494163424</v>
       </c>
-      <c r="H40" s="7">
+      <c r="H45">
         <v>4.1095480395091197</v>
       </c>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A41" s="2" t="s">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
         <v>20</v>
       </c>
-      <c r="B41" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="2" t="s">
+      <c r="B46" t="s">
+        <v>3</v>
+      </c>
+      <c r="C46" t="s">
         <v>5</v>
       </c>
-      <c r="D41" s="10">
+      <c r="D46">
         <v>1132</v>
       </c>
-      <c r="E41" s="7">
+      <c r="E46">
         <v>2.2444051800052098</v>
       </c>
-      <c r="F41" s="7">
+      <c r="F46">
         <v>2.4964676678445201</v>
       </c>
-      <c r="G41" s="7">
+      <c r="G46">
         <v>1.8659452296819701</v>
       </c>
-      <c r="H41" s="7">
+      <c r="H46">
         <v>2.3219964664310901</v>
       </c>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A42" s="2" t="s">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
         <v>20</v>
       </c>
-      <c r="B42" s="2" t="s">
+      <c r="B47" t="s">
         <v>6</v>
       </c>
-      <c r="C42" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D42" s="10">
+      <c r="C47" t="s">
+        <v>7</v>
+      </c>
+      <c r="D47">
         <v>618</v>
       </c>
-      <c r="E42" s="7">
+      <c r="E47">
         <v>1.7168284737562201</v>
       </c>
-      <c r="F42" s="7">
+      <c r="F47">
         <v>1.8899585760517801</v>
       </c>
-      <c r="G42" s="7">
+      <c r="G47">
         <v>1.34951456310679</v>
       </c>
-      <c r="H42" s="7">
+      <c r="H47">
         <v>1.7075242718446599</v>
       </c>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A43" s="2" t="s">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
         <v>20</v>
       </c>
-      <c r="B43" s="2" t="s">
+      <c r="B48" t="s">
         <v>21</v>
       </c>
-      <c r="C43" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D43" s="10">
+      <c r="C48" t="s">
+        <v>7</v>
+      </c>
+      <c r="D48">
         <v>40</v>
       </c>
-      <c r="E43" s="7">
+      <c r="E48">
         <v>3.9583333432674399</v>
       </c>
-      <c r="F43" s="7">
+      <c r="F48">
         <v>4</v>
       </c>
-      <c r="G43" s="7">
+      <c r="G48">
         <v>3.5687500000000001</v>
       </c>
-      <c r="H43" s="7">
+      <c r="H48">
         <v>3.75</v>
       </c>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A44" s="2" t="s">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
         <v>20</v>
       </c>
-      <c r="B44" s="2" t="s">
+      <c r="B49" t="s">
         <v>8</v>
       </c>
-      <c r="C44" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D44" s="10">
+      <c r="C49" t="s">
+        <v>7</v>
+      </c>
+      <c r="D49">
         <v>284</v>
       </c>
-      <c r="E44" s="7">
+      <c r="E49">
         <v>5.3169014038334401</v>
       </c>
-      <c r="F44" s="7">
+      <c r="F49">
         <v>5.8227669014084498</v>
       </c>
-      <c r="G44" s="7">
+      <c r="G49">
         <v>4.02112676056338</v>
       </c>
-      <c r="H44" s="7">
+      <c r="H49">
         <v>5.7121478873239404</v>
       </c>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A45" s="2" t="s">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
         <v>19</v>
       </c>
-      <c r="B45" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="2" t="s">
+      <c r="B50" t="s">
+        <v>3</v>
+      </c>
+      <c r="C50" t="s">
         <v>4</v>
       </c>
-      <c r="D45" s="10">
+      <c r="D50">
         <v>3323</v>
       </c>
-      <c r="E45" s="7">
+      <c r="E50">
         <v>4.1471561906282401</v>
       </c>
-      <c r="F45" s="7">
+      <c r="F50">
         <v>4.4258203129701998</v>
       </c>
-      <c r="G45" s="7">
+      <c r="G50">
         <v>3.42559434246163</v>
       </c>
-      <c r="H45" s="7">
+      <c r="H50">
         <v>4.2443575082756499</v>
       </c>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A46" s="2" t="s">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
         <v>19</v>
       </c>
-      <c r="B46" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="2" t="s">
+      <c r="B51" t="s">
+        <v>3</v>
+      </c>
+      <c r="C51" t="s">
         <v>5</v>
       </c>
-      <c r="D46" s="10">
+      <c r="D51">
         <v>1205</v>
       </c>
-      <c r="E46" s="7">
+      <c r="E51">
         <v>2.2318118931346902</v>
       </c>
-      <c r="F46" s="7">
+      <c r="F51">
         <v>2.46998738589211</v>
       </c>
-      <c r="G46" s="7">
+      <c r="G51">
         <v>1.8605809128630699</v>
       </c>
-      <c r="H46" s="7">
+      <c r="H51">
         <v>2.2917012448132699</v>
       </c>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A47" s="2" t="s">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
         <v>19</v>
       </c>
-      <c r="B47" s="2" t="s">
+      <c r="B52" t="s">
         <v>6</v>
       </c>
-      <c r="C47" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D47" s="10">
+      <c r="C52" t="s">
+        <v>7</v>
+      </c>
+      <c r="D52">
         <v>606</v>
       </c>
-      <c r="E47" s="7">
+      <c r="E52">
         <v>1.75852584573301</v>
       </c>
-      <c r="F47" s="7">
+      <c r="F52">
         <v>1.82672986798679</v>
       </c>
-      <c r="G47" s="7">
+      <c r="G52">
         <v>1.36386138613861</v>
       </c>
-      <c r="H47" s="7">
+      <c r="H52">
         <v>1.6687293729372901</v>
       </c>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A48" s="2" t="s">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
         <v>19</v>
       </c>
-      <c r="B48" s="2" t="s">
+      <c r="B53" t="s">
         <v>8</v>
       </c>
-      <c r="C48" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D48" s="10">
+      <c r="C53" t="s">
+        <v>7</v>
+      </c>
+      <c r="D53">
         <v>252</v>
       </c>
-      <c r="E48" s="7">
+      <c r="E53">
         <v>5.5026454982303399</v>
       </c>
-      <c r="F48" s="7">
+      <c r="F53">
         <v>5.9603158730158698</v>
       </c>
-      <c r="G48" s="7">
+      <c r="G53">
         <v>4.1716269841269797</v>
       </c>
-      <c r="H48" s="7">
+      <c r="H53">
         <v>5.8353174603174596</v>
       </c>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A49" s="2" t="s">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
         <v>18</v>
       </c>
-      <c r="B49" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="2" t="s">
+      <c r="B54" t="s">
+        <v>3</v>
+      </c>
+      <c r="C54" t="s">
         <v>4</v>
       </c>
-      <c r="D49" s="10">
+      <c r="D54">
         <v>3400</v>
       </c>
-      <c r="E49" s="7">
+      <c r="E54">
         <v>4.2281372560122401</v>
       </c>
-      <c r="F49" s="7">
+      <c r="F54">
         <v>4.4572557941176401</v>
       </c>
-      <c r="G49" s="7">
+      <c r="G54">
         <v>3.4953676470588202</v>
       </c>
-      <c r="H49" s="7">
+      <c r="H54">
         <v>4.2735294117646996</v>
       </c>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A50" s="2" t="s">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
         <v>18</v>
       </c>
-      <c r="B50" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="2" t="s">
+      <c r="B55" t="s">
+        <v>3</v>
+      </c>
+      <c r="C55" t="s">
         <v>5</v>
       </c>
-      <c r="D50" s="10">
+      <c r="D55">
         <v>1282</v>
       </c>
-      <c r="E50" s="7">
+      <c r="E55">
         <v>2.2636505429067699</v>
       </c>
-      <c r="F50" s="7">
+      <c r="F55">
         <v>2.4810203588143498</v>
       </c>
-      <c r="G50" s="7">
+      <c r="G55">
         <v>1.8787051482059201</v>
       </c>
-      <c r="H50" s="7">
+      <c r="H55">
         <v>2.3036271450857999</v>
       </c>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A51" s="2" t="s">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
         <v>18</v>
       </c>
-      <c r="B51" s="2" t="s">
+      <c r="B56" t="s">
         <v>6</v>
       </c>
-      <c r="C51" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D51" s="10">
+      <c r="C56" t="s">
+        <v>7</v>
+      </c>
+      <c r="D56">
         <v>537</v>
       </c>
-      <c r="E51" s="7">
+      <c r="E56">
         <v>1.7616387290439499</v>
       </c>
-      <c r="F51" s="7">
+      <c r="F56">
         <v>1.8435733705772801</v>
       </c>
-      <c r="G51" s="7">
+      <c r="G56">
         <v>1.36173184357541</v>
       </c>
-      <c r="H51" s="7">
+      <c r="H56">
         <v>1.6797020484171299</v>
       </c>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A52" s="2" t="s">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
         <v>18</v>
       </c>
-      <c r="B52" s="2" t="s">
+      <c r="B57" t="s">
         <v>8</v>
       </c>
-      <c r="C52" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D52" s="10">
+      <c r="C57" t="s">
+        <v>7</v>
+      </c>
+      <c r="D57">
         <v>265</v>
       </c>
-      <c r="E52" s="7">
+      <c r="E57">
         <v>5.3283018858927598</v>
       </c>
-      <c r="F52" s="7">
+      <c r="F57">
         <v>5.7496811320754704</v>
       </c>
-      <c r="G52" s="7">
+      <c r="G57">
         <v>4.0320754716981098</v>
       </c>
-      <c r="H52" s="7">
+      <c r="H57">
         <v>5.6216981132075396</v>
       </c>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A53" s="2" t="s">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
         <v>17</v>
       </c>
-      <c r="B53" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="2" t="s">
+      <c r="B58" t="s">
+        <v>3</v>
+      </c>
+      <c r="C58" t="s">
         <v>4</v>
       </c>
-      <c r="D53" s="10">
+      <c r="D58">
         <v>3459</v>
       </c>
-      <c r="E53" s="7">
+      <c r="E58">
         <v>4.2057434760204204</v>
       </c>
-      <c r="F53" s="7">
+      <c r="F58">
         <v>4.4619846198323101</v>
       </c>
-      <c r="G53" s="7">
+      <c r="G58">
         <v>3.5165510263081798</v>
       </c>
-      <c r="H53" s="7">
+      <c r="H58">
         <v>4.2785487135010101</v>
       </c>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A54" s="2" t="s">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
         <v>17</v>
       </c>
-      <c r="B54" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="2" t="s">
+      <c r="B59" t="s">
+        <v>3</v>
+      </c>
+      <c r="C59" t="s">
         <v>5</v>
       </c>
-      <c r="D54" s="10">
+      <c r="D59">
         <v>1115</v>
       </c>
-      <c r="E54" s="7">
+      <c r="E59">
         <v>2.33064274798594</v>
       </c>
-      <c r="F54" s="7">
+      <c r="F59">
         <v>2.59761013452915</v>
       </c>
-      <c r="G54" s="7">
+      <c r="G59">
         <v>1.9428251121076201</v>
       </c>
-      <c r="H54" s="7">
+      <c r="H59">
         <v>2.4221973094170401</v>
       </c>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A55" s="2" t="s">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
         <v>17</v>
       </c>
-      <c r="B55" s="2" t="s">
+      <c r="B60" t="s">
         <v>6</v>
       </c>
-      <c r="C55" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D55" s="10">
+      <c r="C60" t="s">
+        <v>7</v>
+      </c>
+      <c r="D60">
         <v>526</v>
       </c>
-      <c r="E55" s="7">
+      <c r="E60">
         <v>1.87072242632111</v>
       </c>
-      <c r="F55" s="7">
+      <c r="F60">
         <v>1.95246825095057</v>
       </c>
-      <c r="G55" s="7">
+      <c r="G60">
         <v>1.4287072243346</v>
       </c>
-      <c r="H55" s="7">
+      <c r="H60">
         <v>1.79039923954372</v>
       </c>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A56" s="2" t="s">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
         <v>17</v>
       </c>
-      <c r="B56" s="2" t="s">
+      <c r="B61" t="s">
         <v>8</v>
       </c>
-      <c r="C56" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D56" s="10">
+      <c r="C61" t="s">
+        <v>7</v>
+      </c>
+      <c r="D61">
         <v>233</v>
       </c>
-      <c r="E56" s="7">
+      <c r="E61">
         <v>5.27753933714183</v>
       </c>
-      <c r="F56" s="7">
+      <c r="F61">
         <v>5.6652300429184503</v>
       </c>
-      <c r="G56" s="7">
+      <c r="G61">
         <v>3.9946351931330399</v>
       </c>
-      <c r="H56" s="7">
+      <c r="H61">
         <v>5.5386266094420602</v>
       </c>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A57" s="2" t="s">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
         <v>16</v>
       </c>
-      <c r="B57" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="2" t="s">
+      <c r="B62" t="s">
+        <v>3</v>
+      </c>
+      <c r="C62" t="s">
         <v>4</v>
       </c>
-      <c r="D57" s="10">
+      <c r="D62">
         <v>3416</v>
       </c>
-      <c r="E57" s="7">
+      <c r="E62">
         <v>4.1846213946576896</v>
       </c>
-      <c r="F57" s="7">
-[...2 lines deleted...]
-      <c r="G57" s="7">
+      <c r="F62">
+        <v>4.4390129976580699</v>
+      </c>
+      <c r="G62">
         <v>3.5051961358313801</v>
       </c>
-      <c r="H57" s="7">
+      <c r="H62">
         <v>4.26463700234192</v>
       </c>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A58" s="2" t="s">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
         <v>16</v>
       </c>
-      <c r="B58" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="2" t="s">
+      <c r="B63" t="s">
+        <v>3</v>
+      </c>
+      <c r="C63" t="s">
         <v>5</v>
       </c>
-      <c r="D58" s="10">
+      <c r="D63">
         <v>1229</v>
       </c>
-      <c r="E58" s="7">
+      <c r="E63">
         <v>2.2275562770391799</v>
       </c>
-      <c r="F58" s="7">
+      <c r="F63">
         <v>2.3837813669650099</v>
       </c>
-      <c r="G58" s="7">
+      <c r="G63">
         <v>1.87855980471928</v>
       </c>
-      <c r="H58" s="7">
+      <c r="H63">
         <v>2.2137917005695602</v>
       </c>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A59" s="2" t="s">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
         <v>16</v>
       </c>
-      <c r="B59" s="2" t="s">
+      <c r="B64" t="s">
         <v>6</v>
       </c>
-      <c r="C59" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D59" s="10">
+      <c r="C64" t="s">
+        <v>7</v>
+      </c>
+      <c r="D64">
         <v>402</v>
       </c>
-      <c r="E59" s="7">
+      <c r="E64">
         <v>1.9270315047223701</v>
       </c>
-      <c r="F59" s="7">
+      <c r="F64">
         <v>2.04145721393034</v>
       </c>
-      <c r="G59" s="7">
+      <c r="G64">
         <v>1.4782338308457701</v>
       </c>
-      <c r="H59" s="7">
+      <c r="H64">
         <v>1.8868159203980099</v>
       </c>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A60" s="2" t="s">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
         <v>16</v>
       </c>
-      <c r="B60" s="2" t="s">
+      <c r="B65" t="s">
         <v>8</v>
       </c>
-      <c r="C60" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D60" s="10">
+      <c r="C65" t="s">
+        <v>7</v>
+      </c>
+      <c r="D65">
         <v>243</v>
       </c>
-      <c r="E60" s="7">
+      <c r="E65">
         <v>5.4663923115396598</v>
       </c>
-      <c r="F60" s="7">
+      <c r="F65">
         <v>5.8875131687242801</v>
       </c>
-      <c r="G60" s="7">
+      <c r="G65">
         <v>4.1481481481481399</v>
       </c>
-      <c r="H60" s="7">
+      <c r="H65">
         <v>5.7695473251028799</v>
       </c>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A61" s="2" t="s">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
         <v>15</v>
       </c>
-      <c r="B61" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="2" t="s">
+      <c r="B66" t="s">
+        <v>3</v>
+      </c>
+      <c r="C66" t="s">
         <v>4</v>
       </c>
-      <c r="D61" s="10">
+      <c r="D66">
         <v>3158</v>
       </c>
-      <c r="E61" s="7">
+      <c r="E66">
         <v>4.1570614370988697</v>
       </c>
-      <c r="F61" s="7">
+      <c r="F66">
         <v>4.4281198226725698</v>
       </c>
-      <c r="G61" s="7">
+      <c r="G66">
         <v>3.4705509816339402</v>
       </c>
-      <c r="H61" s="7">
+      <c r="H66">
         <v>4.2522165927802398</v>
       </c>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A62" s="2" t="s">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
         <v>15</v>
       </c>
-      <c r="B62" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="2" t="s">
+      <c r="B67" t="s">
+        <v>3</v>
+      </c>
+      <c r="C67" t="s">
         <v>5</v>
       </c>
-      <c r="D62" s="10">
+      <c r="D67">
         <v>1150</v>
       </c>
-      <c r="E62" s="7">
+      <c r="E67">
         <v>2.2692753600037601</v>
       </c>
-      <c r="F62" s="7">
+      <c r="F67">
         <v>2.50145104347826</v>
       </c>
-      <c r="G62" s="7">
+      <c r="G67">
         <v>1.9208695652173899</v>
       </c>
-      <c r="H62" s="7">
+      <c r="H67">
         <v>2.3467391304347802</v>
       </c>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A63" s="2" t="s">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
         <v>15</v>
       </c>
-      <c r="B63" s="2" t="s">
+      <c r="B68" t="s">
         <v>6</v>
       </c>
-      <c r="C63" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D63" s="10">
+      <c r="C68" t="s">
+        <v>7</v>
+      </c>
+      <c r="D68">
         <v>424</v>
       </c>
-      <c r="E63" s="7">
+      <c r="E68">
         <v>1.9622641489753101</v>
       </c>
-      <c r="F63" s="7">
+      <c r="F68">
         <v>2.0731125000000001</v>
       </c>
-      <c r="G63" s="7">
+      <c r="G68">
         <v>1.5094339622641499</v>
       </c>
-      <c r="H63" s="7">
+      <c r="H68">
         <v>1.92629716981132</v>
       </c>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A64" s="2" t="s">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
         <v>15</v>
       </c>
-      <c r="B64" s="2" t="s">
+      <c r="B69" t="s">
         <v>8</v>
       </c>
-      <c r="C64" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D64" s="10">
+      <c r="C69" t="s">
+        <v>7</v>
+      </c>
+      <c r="D69">
         <v>266</v>
       </c>
-      <c r="E64" s="7">
+      <c r="E69">
         <v>5.2832080143734901</v>
       </c>
-      <c r="F64" s="7">
+      <c r="F69">
         <v>5.7004973684210496</v>
       </c>
-      <c r="G64" s="7">
+      <c r="G69">
         <v>4.0028195488721803</v>
       </c>
-      <c r="H64" s="7">
+      <c r="H69">
         <v>5.5789473684210504</v>
       </c>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A65" s="2" t="s">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
         <v>14</v>
       </c>
-      <c r="B65" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="2" t="s">
+      <c r="B70" t="s">
+        <v>3</v>
+      </c>
+      <c r="C70" t="s">
         <v>4</v>
       </c>
-      <c r="D65" s="10">
+      <c r="D70">
         <v>2673</v>
       </c>
-      <c r="E65" s="7">
+      <c r="E70">
         <v>4.1906721570542604</v>
       </c>
-      <c r="F65" s="7">
-[...2 lines deleted...]
-      <c r="G65" s="7">
+      <c r="F70">
+        <v>4.4903363636363496</v>
+      </c>
+      <c r="G70">
         <v>3.4851290684623999</v>
       </c>
-      <c r="H65" s="7">
+      <c r="H70">
         <v>4.3141601197156696</v>
       </c>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A66" s="2" t="s">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
         <v>14</v>
       </c>
-      <c r="B66" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="2" t="s">
+      <c r="B71" t="s">
+        <v>3</v>
+      </c>
+      <c r="C71" t="s">
         <v>5</v>
       </c>
-      <c r="D66" s="10">
+      <c r="D71">
         <v>1019</v>
       </c>
-      <c r="E66" s="7">
+      <c r="E71">
         <v>2.26692835985151</v>
       </c>
-      <c r="F66" s="7">
+      <c r="F71">
         <v>2.5639559371933198</v>
       </c>
-      <c r="G66" s="7">
+      <c r="G71">
         <v>1.9273797841020599</v>
       </c>
-      <c r="H66" s="7">
+      <c r="H71">
         <v>2.41952894995093</v>
       </c>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A67" s="2" t="s">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
         <v>14</v>
       </c>
-      <c r="B67" s="2" t="s">
+      <c r="B72" t="s">
         <v>6</v>
       </c>
-      <c r="C67" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D67" s="10">
+      <c r="C72" t="s">
+        <v>7</v>
+      </c>
+      <c r="D72">
         <v>457</v>
       </c>
-      <c r="E67" s="7">
+      <c r="E72">
         <v>1.99270604736695</v>
       </c>
-      <c r="F67" s="7">
+      <c r="F72">
         <v>2.0867989059080898</v>
       </c>
-      <c r="G67" s="7">
+      <c r="G72">
         <v>1.5218818380743899</v>
       </c>
-      <c r="H67" s="7">
+      <c r="H72">
         <v>1.9338074398249401</v>
       </c>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A68" s="2" t="s">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
         <v>14</v>
       </c>
-      <c r="B68" s="2" t="s">
+      <c r="B73" t="s">
         <v>8</v>
       </c>
-      <c r="C68" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D68" s="10">
+      <c r="C73" t="s">
+        <v>7</v>
+      </c>
+      <c r="D73">
         <v>224</v>
       </c>
-      <c r="E68" s="7">
+      <c r="E73">
         <v>5.3839285692998304</v>
       </c>
-      <c r="F68" s="7">
+      <c r="F73">
         <v>5.7976151785714203</v>
       </c>
-      <c r="G68" s="7">
+      <c r="G73">
         <v>4.0747767857142803</v>
       </c>
-      <c r="H68" s="7">
+      <c r="H73">
         <v>5.6763392857142803</v>
       </c>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A69" s="2" t="s">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
         <v>13</v>
       </c>
-      <c r="B69" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C69" s="2" t="s">
+      <c r="B74" t="s">
+        <v>3</v>
+      </c>
+      <c r="C74" t="s">
         <v>4</v>
       </c>
-      <c r="D69" s="10">
+      <c r="D74">
         <v>2489</v>
       </c>
-      <c r="E69" s="7">
+      <c r="E74">
         <v>4.19780367284761</v>
       </c>
-      <c r="F69" s="7">
+      <c r="F74">
         <v>4.4752920449979801</v>
       </c>
-      <c r="G69" s="7">
+      <c r="G74">
         <v>3.49216552832462</v>
       </c>
-      <c r="H69" s="7">
+      <c r="H74">
         <v>4.2942948975492099</v>
       </c>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A70" s="2" t="s">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
         <v>13</v>
       </c>
-      <c r="B70" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="2" t="s">
+      <c r="B75" t="s">
+        <v>3</v>
+      </c>
+      <c r="C75" t="s">
         <v>5</v>
       </c>
-      <c r="D70" s="10">
+      <c r="D75">
         <v>916</v>
       </c>
-      <c r="E70" s="7">
+      <c r="E75">
         <v>2.2903930108229602</v>
       </c>
-      <c r="F70" s="7">
+      <c r="F75">
         <v>2.5615039301309999</v>
       </c>
-      <c r="G70" s="7">
+      <c r="G75">
         <v>1.95906113537117</v>
       </c>
-      <c r="H70" s="7">
+      <c r="H75">
         <v>2.41839519650655</v>
       </c>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A71" s="2" t="s">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
         <v>13</v>
       </c>
-      <c r="B71" s="2" t="s">
+      <c r="B76" t="s">
         <v>6</v>
       </c>
-      <c r="C71" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D71" s="10">
+      <c r="C76" t="s">
+        <v>7</v>
+      </c>
+      <c r="D76">
         <v>432</v>
       </c>
-      <c r="E71" s="7">
+      <c r="E76">
         <v>1.9282407346009101</v>
       </c>
-      <c r="F71" s="7">
+      <c r="F76">
         <v>2.0555557870370298</v>
       </c>
-      <c r="G71" s="7">
+      <c r="G76">
         <v>1.4675925925925899</v>
       </c>
-      <c r="H71" s="7">
+      <c r="H76">
         <v>1.8940972222222201</v>
       </c>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A72" s="2" t="s">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
         <v>13</v>
       </c>
-      <c r="B72" s="2" t="s">
+      <c r="B77" t="s">
         <v>8</v>
       </c>
-      <c r="C72" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D72" s="10">
+      <c r="C77" t="s">
+        <v>7</v>
+      </c>
+      <c r="D77">
         <v>194</v>
       </c>
-      <c r="E72" s="7">
+      <c r="E77">
         <v>5.2800687268837203</v>
       </c>
-      <c r="F72" s="7">
+      <c r="F77">
         <v>5.8058360824742197</v>
       </c>
-      <c r="G72" s="7">
+      <c r="G77">
         <v>3.9935567010309199</v>
       </c>
-      <c r="H72" s="7">
+      <c r="H77">
         <v>5.6920103092783503</v>
       </c>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A73" s="2" t="s">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
         <v>12</v>
       </c>
-      <c r="B73" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="2" t="s">
+      <c r="B78" t="s">
+        <v>3</v>
+      </c>
+      <c r="C78" t="s">
         <v>4</v>
       </c>
-      <c r="D73" s="10">
+      <c r="D78">
         <v>2310</v>
       </c>
-      <c r="E73" s="7">
+      <c r="E78">
         <v>4.1963925003489297</v>
       </c>
-      <c r="F73" s="7">
+      <c r="F78">
         <v>4.4786436796536799</v>
       </c>
-      <c r="G73" s="7">
+      <c r="G78">
         <v>3.49783549783549</v>
       </c>
-      <c r="H73" s="7">
+      <c r="H78">
         <v>4.3051948051947999</v>
       </c>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A74" s="2" t="s">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
         <v>12</v>
       </c>
-      <c r="B74" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="2" t="s">
+      <c r="B79" t="s">
+        <v>3</v>
+      </c>
+      <c r="C79" t="s">
         <v>5</v>
       </c>
-      <c r="D74" s="10">
+      <c r="D79">
         <v>816</v>
       </c>
-      <c r="E74" s="7">
+      <c r="E79">
         <v>2.2634803901846499</v>
       </c>
-      <c r="F74" s="7">
+      <c r="F79">
         <v>2.6286807598039199</v>
       </c>
-      <c r="G74" s="7">
+      <c r="G79">
         <v>1.92463235294117</v>
       </c>
-      <c r="H74" s="7">
+      <c r="H79">
         <v>2.48651960784313</v>
       </c>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A75" s="2" t="s">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
         <v>12</v>
       </c>
-      <c r="B75" s="2" t="s">
+      <c r="B80" t="s">
         <v>6</v>
       </c>
-      <c r="C75" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D75" s="10">
+      <c r="C80" t="s">
+        <v>7</v>
+      </c>
+      <c r="D80">
         <v>384</v>
       </c>
-      <c r="E75" s="7">
+      <c r="E80">
         <v>1.8940972207734901</v>
       </c>
-      <c r="F75" s="7">
+      <c r="F80">
         <v>1.9939244791666599</v>
       </c>
-      <c r="G75" s="7">
+      <c r="G80">
         <v>1.4505208333333299</v>
       </c>
-      <c r="H75" s="7">
+      <c r="H80">
         <v>1.822265625</v>
       </c>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A76" s="2" t="s">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
         <v>12</v>
       </c>
-      <c r="B76" s="2" t="s">
+      <c r="B81" t="s">
         <v>8</v>
       </c>
-      <c r="C76" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D76" s="10">
+      <c r="C81" t="s">
+        <v>7</v>
+      </c>
+      <c r="D81">
         <v>168</v>
       </c>
-      <c r="E76" s="7">
+      <c r="E81">
         <v>5.3472222196204298</v>
       </c>
-      <c r="F76" s="7">
+      <c r="F81">
         <v>5.9464249999999996</v>
       </c>
-      <c r="G76" s="7">
+      <c r="G81">
         <v>4.03125</v>
       </c>
-      <c r="H76" s="7">
+      <c r="H81">
         <v>5.8229166666666599</v>
       </c>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A77" s="2" t="s">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
         <v>11</v>
       </c>
-      <c r="B77" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C77" s="2" t="s">
+      <c r="B82" t="s">
+        <v>3</v>
+      </c>
+      <c r="C82" t="s">
         <v>4</v>
       </c>
-      <c r="D77" s="10">
+      <c r="D82">
         <v>2787</v>
       </c>
-      <c r="E77" s="7">
+      <c r="E82">
         <v>4.2139696242521003</v>
       </c>
-      <c r="F77" s="7">
+      <c r="F82">
         <v>4.4919269824183701</v>
       </c>
-      <c r="G77" s="7">
+      <c r="G82">
         <v>3.5139935414424102</v>
       </c>
-      <c r="H77" s="7">
+      <c r="H82">
         <v>4.3078579117330396</v>
       </c>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A78" s="2" t="s">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
         <v>11</v>
       </c>
-      <c r="B78" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C78" s="2" t="s">
+      <c r="B83" t="s">
+        <v>3</v>
+      </c>
+      <c r="C83" t="s">
         <v>5</v>
       </c>
-      <c r="D78" s="10">
+      <c r="D83">
         <v>855</v>
       </c>
-      <c r="E78" s="7">
+      <c r="E83">
         <v>2.30058479253311</v>
       </c>
-      <c r="F78" s="7">
+      <c r="F83">
         <v>2.6078001169590599</v>
       </c>
-      <c r="G78" s="7">
+      <c r="G83">
         <v>1.94502923976608</v>
       </c>
-      <c r="H78" s="7">
+      <c r="H83">
         <v>2.4540935672514599</v>
       </c>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A79" s="2" t="s">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
         <v>11</v>
       </c>
-      <c r="B79" s="2" t="s">
+      <c r="B84" t="s">
         <v>6</v>
       </c>
-      <c r="C79" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D79" s="10">
+      <c r="C84" t="s">
+        <v>7</v>
+      </c>
+      <c r="D84">
         <v>332</v>
       </c>
-      <c r="E79" s="7">
+      <c r="E84">
         <v>1.96586344902773</v>
       </c>
-      <c r="F79" s="7">
+      <c r="F84">
         <v>2.0552195783132499</v>
       </c>
-      <c r="G79" s="7">
+      <c r="G84">
         <v>1.5135542168674601</v>
       </c>
-      <c r="H79" s="7">
+      <c r="H84">
         <v>1.8983433734939701</v>
       </c>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A80" s="2" t="s">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
         <v>11</v>
       </c>
-      <c r="B80" s="2" t="s">
+      <c r="B85" t="s">
         <v>8</v>
       </c>
-      <c r="C80" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D80" s="10">
+      <c r="C85" t="s">
+        <v>7</v>
+      </c>
+      <c r="D85">
         <v>211</v>
       </c>
-      <c r="E80" s="7">
+      <c r="E85">
         <v>5.1516587677725099</v>
       </c>
-      <c r="F80" s="7">
+      <c r="F85">
         <v>5.5639734597156396</v>
       </c>
-      <c r="G80" s="7">
+      <c r="G85">
         <v>3.8909952606634999</v>
       </c>
-      <c r="H80" s="7">
+      <c r="H85">
         <v>5.4561611374407502</v>
       </c>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A81" s="2" t="s">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
         <v>10</v>
       </c>
-      <c r="B81" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C81" s="2" t="s">
+      <c r="B86" t="s">
+        <v>3</v>
+      </c>
+      <c r="C86" t="s">
         <v>4</v>
       </c>
-      <c r="D81" s="10">
+      <c r="D86">
         <v>2690</v>
       </c>
-      <c r="E81" s="7">
+      <c r="E86">
         <v>4.2167286261306796</v>
       </c>
-      <c r="F81" s="7">
+      <c r="F86">
         <v>4.4666663568773197</v>
       </c>
-      <c r="G81" s="7">
+      <c r="G86">
         <v>3.5033457249070601</v>
       </c>
-      <c r="H81" s="7">
+      <c r="H86">
         <v>4.2873605947955298</v>
       </c>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A82" s="2" t="s">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
         <v>10</v>
       </c>
-      <c r="B82" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C82" s="2" t="s">
+      <c r="B87" t="s">
+        <v>3</v>
+      </c>
+      <c r="C87" t="s">
         <v>5</v>
       </c>
-      <c r="D82" s="10">
+      <c r="D87">
         <v>792</v>
       </c>
-      <c r="E82" s="7">
+      <c r="E87">
         <v>2.24242423632831</v>
       </c>
-      <c r="F82" s="7">
+      <c r="F87">
         <v>2.4612818181818099</v>
       </c>
-      <c r="G82" s="7">
+      <c r="G87">
         <v>1.8895202020202</v>
       </c>
-      <c r="H82" s="7">
+      <c r="H87">
         <v>2.3036616161616101</v>
       </c>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A83" s="2" t="s">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
         <v>10</v>
       </c>
-      <c r="B83" s="2" t="s">
+      <c r="B88" t="s">
         <v>6</v>
       </c>
-      <c r="C83" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D83" s="10">
+      <c r="C88" t="s">
+        <v>7</v>
+      </c>
+      <c r="D88">
         <v>364</v>
       </c>
-      <c r="E83" s="7">
+      <c r="E88">
         <v>1.81868131458759</v>
       </c>
-      <c r="F83" s="7">
+      <c r="F88">
         <v>1.9285717032967</v>
       </c>
-      <c r="G83" s="7">
+      <c r="G88">
         <v>1.4072802197802099</v>
       </c>
-      <c r="H83" s="7">
+      <c r="H88">
         <v>1.77060439560439</v>
       </c>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A84" s="2" t="s">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
         <v>10</v>
       </c>
-      <c r="B84" s="2" t="s">
+      <c r="B89" t="s">
         <v>8</v>
       </c>
-      <c r="C84" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D84" s="10">
+      <c r="C89" t="s">
+        <v>7</v>
+      </c>
+      <c r="D89">
         <v>181</v>
       </c>
-      <c r="E84" s="7">
+      <c r="E89">
         <v>5.3830570832141804</v>
       </c>
-      <c r="F84" s="7">
+      <c r="F89">
         <v>5.8195149171270701</v>
       </c>
-      <c r="G84" s="7">
+      <c r="G89">
         <v>4.0635359116022096</v>
       </c>
-      <c r="H84" s="7">
+      <c r="H89">
         <v>5.7168508287292799</v>
       </c>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A85" s="2" t="s">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
         <v>9</v>
       </c>
-      <c r="B85" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="2" t="s">
+      <c r="B90" t="s">
+        <v>3</v>
+      </c>
+      <c r="C90" t="s">
         <v>4</v>
       </c>
-      <c r="D85" s="10">
+      <c r="D90">
         <v>2506</v>
       </c>
-      <c r="E85" s="7">
+      <c r="E90">
         <v>4.2438148511759399</v>
       </c>
-      <c r="F85" s="7">
+      <c r="F90">
         <v>4.4470612130885803</v>
       </c>
-      <c r="G85" s="7">
+      <c r="G90">
         <v>3.52942936951316</v>
       </c>
-      <c r="H85" s="7">
+      <c r="H90">
         <v>4.2708499600957701</v>
       </c>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A86" s="2" t="s">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
         <v>9</v>
       </c>
-      <c r="B86" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C86" s="2" t="s">
+      <c r="B91" t="s">
+        <v>3</v>
+      </c>
+      <c r="C91" t="s">
         <v>5</v>
       </c>
-      <c r="D86" s="10">
+      <c r="D91">
         <v>821</v>
       </c>
-      <c r="E86" s="7">
+      <c r="E91">
         <v>2.3763702775325601</v>
       </c>
-      <c r="F86" s="7">
+      <c r="F91">
         <v>2.6349984165651601</v>
       </c>
-      <c r="G86" s="7">
+      <c r="G91">
         <v>1.9872107186358099</v>
       </c>
-      <c r="H86" s="7">
+      <c r="H91">
         <v>2.4759439707673501</v>
       </c>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A87" s="2" t="s">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
         <v>9</v>
       </c>
-      <c r="B87" s="2" t="s">
+      <c r="B92" t="s">
         <v>6</v>
       </c>
-      <c r="C87" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D87" s="10">
+      <c r="C92" t="s">
+        <v>7</v>
+      </c>
+      <c r="D92">
         <v>360</v>
       </c>
-      <c r="E87" s="7">
+      <c r="E92">
         <v>1.7499999968541899</v>
       </c>
-      <c r="F87" s="7">
+      <c r="F92">
         <v>1.8472200000000001</v>
       </c>
-      <c r="G87" s="7">
+      <c r="G92">
         <v>1.3687499999999999</v>
       </c>
-      <c r="H87" s="7">
+      <c r="H92">
         <v>1.6965277777777701</v>
       </c>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A88" s="2" t="s">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
         <v>9</v>
       </c>
-      <c r="B88" s="2" t="s">
+      <c r="B93" t="s">
         <v>8</v>
       </c>
-      <c r="C88" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D88" s="10">
+      <c r="C93" t="s">
+        <v>7</v>
+      </c>
+      <c r="D93">
         <v>160</v>
       </c>
-      <c r="E88" s="7">
+      <c r="E93">
         <v>5.2833333261310997</v>
       </c>
-      <c r="F88" s="7">
+      <c r="F93">
         <v>5.7458318749999897</v>
       </c>
-      <c r="G88" s="7">
+      <c r="G93">
         <v>3.9812500000000002</v>
       </c>
-      <c r="H88" s="7">
+      <c r="H93">
         <v>5.6218750000000002</v>
       </c>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A89" s="2" t="s">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
         <v>2</v>
       </c>
-      <c r="B89" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C89" s="2" t="s">
+      <c r="B94" t="s">
+        <v>3</v>
+      </c>
+      <c r="C94" t="s">
         <v>4</v>
       </c>
-      <c r="D89" s="10">
+      <c r="D94">
         <v>2224</v>
       </c>
-      <c r="E89" s="7">
+      <c r="E94">
         <v>4.2508992822907796</v>
       </c>
-      <c r="F89" s="7">
+      <c r="F94">
         <v>4.4662775629496299</v>
       </c>
-      <c r="G89" s="7">
+      <c r="G94">
         <v>3.5419289568345298</v>
       </c>
-      <c r="H89" s="7">
+      <c r="H94">
         <v>4.2891187050359703</v>
       </c>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
         <v>2</v>
       </c>
-      <c r="B90" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C90" s="2" t="s">
+      <c r="B95" t="s">
+        <v>3</v>
+      </c>
+      <c r="C95" t="s">
         <v>5</v>
       </c>
-      <c r="D90" s="10">
+      <c r="D95">
         <v>999</v>
       </c>
-      <c r="E90" s="7">
+      <c r="E95">
         <v>2.4294294284151299</v>
       </c>
-      <c r="F90" s="7">
+      <c r="F95">
         <v>2.6750093093093099</v>
       </c>
-      <c r="G90" s="7">
+      <c r="G95">
         <v>2.0395395395395299</v>
       </c>
-      <c r="H90" s="7">
+      <c r="H95">
         <v>2.5367867867867799</v>
       </c>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A91" s="2" t="s">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
         <v>2</v>
       </c>
-      <c r="B91" s="2" t="s">
+      <c r="B96" t="s">
         <v>6</v>
       </c>
-      <c r="C91" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D91" s="10">
+      <c r="C96" t="s">
+        <v>7</v>
+      </c>
+      <c r="D96">
         <v>388</v>
       </c>
-      <c r="E91" s="7">
+      <c r="E96">
         <v>1.82474226373987</v>
       </c>
-      <c r="F91" s="7">
+      <c r="F96">
         <v>1.8969074742268</v>
       </c>
-      <c r="G91" s="7">
+      <c r="G96">
         <v>1.44329896907216</v>
       </c>
-      <c r="H91" s="7">
+      <c r="H96">
         <v>1.75128865979381</v>
       </c>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A92" s="2" t="s">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
         <v>2</v>
       </c>
-      <c r="B92" s="2" t="s">
+      <c r="B97" t="s">
         <v>8</v>
       </c>
-      <c r="C92" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D92" s="10">
+      <c r="C97" t="s">
+        <v>7</v>
+      </c>
+      <c r="D97">
         <v>129</v>
       </c>
-      <c r="E92" s="7">
+      <c r="E97">
         <v>5.2196382330369504</v>
       </c>
-      <c r="F92" s="7">
+      <c r="F97">
         <v>5.6925054263565897</v>
       </c>
-      <c r="G92" s="7">
+      <c r="G97">
         <v>3.9302325581395299</v>
       </c>
-      <c r="H92" s="7">
+      <c r="H97">
         <v>5.5620155038759602</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
-    <tablePart r:id="rId2"/>
+    <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d471349d-fb8a-4178-9605-9a4835d3f614" xmlns:ns3="48c76b0e-4d81-41ad-9662-446a1e203a7d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="065b8db3845b2db931b7d25d454f05c0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006F6CE40F9A108840BAEA657C36297795" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="546bc2ef2c8bb2f942b73008e284f1ac">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d471349d-fb8a-4178-9605-9a4835d3f614" xmlns:ns3="48c76b0e-4d81-41ad-9662-446a1e203a7d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c08e12816617c3a323aecbd71a44e38d" ns2:_="" ns3:_="">
     <xsd:import namespace="d471349d-fb8a-4178-9605-9a4835d3f614"/>
     <xsd:import namespace="48c76b0e-4d81-41ad-9662-446a1e203a7d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -3727,109 +3812,100 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="48c76b0e-4d81-41ad-9662-446a1e203a7d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d471349d-fb8a-4178-9605-9a4835d3f614">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0926EABB-9075-483B-9B54-9AD3A90722F3}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3275623A-EA64-4E87-A863-9D722FF54172}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F412F028-CDBC-47CB-8283-D5192934EA0A}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DFAEE1AF-1F9C-466D-A053-E82610773574}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E70C1ED1-339A-4F62-AD9F-513BC86315B0}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00669367-DC6D-4910-8835-5B56B5B36343}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>data</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Yan Ma</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006F6CE40F9A108840BAEA657C36297795</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>