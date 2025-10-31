--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,183 +1,187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\IR Web Site\Power BI Project\Website\Data\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3C1D8FE3-D6B9-48D3-B848-49F13EC3878E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{93E37850-B261-47CB-9CFD-FC68AA6158F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F07C8B3F-EEA0-4E37-9BEA-11DC4E52BFE7}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{26DE9A1A-C71C-4FBA-991D-4B23BA14F145}"/>
   </bookViews>
   <sheets>
     <sheet name="enrollment_ucr" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2959" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3067" uniqueCount="33">
   <si>
     <t xml:space="preserve">UCR Institutional Research </t>
+  </si>
+  <si>
+    <t>Last Updated: 10/24/2025</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Student Type</t>
   </si>
   <si>
     <t>Degree Level</t>
   </si>
   <si>
     <t>Enrollment Category</t>
   </si>
   <si>
     <t>New/Continuing Status</t>
   </si>
   <si>
     <t>Fall Headcount</t>
   </si>
   <si>
+    <t>Fall FTE All Courses</t>
+  </si>
+  <si>
     <t>3QA Headcount</t>
+  </si>
+  <si>
+    <t>3QA FTE All Courses</t>
   </si>
   <si>
     <t>Undergraduate</t>
   </si>
   <si>
     <t>Frosh</t>
   </si>
   <si>
     <t>California Residents + NRT Exceptions</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>Continuing</t>
   </si>
   <si>
     <t>NRT Payers</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Transfer</t>
   </si>
   <si>
     <t>Graduate</t>
   </si>
   <si>
     <t>Credential (Post-bac)</t>
   </si>
   <si>
     <t>M.D.</t>
   </si>
   <si>
     <t>Master's</t>
   </si>
   <si>
-    <t>Academic Master'sGeneral Campus</t>
+    <t>Academic Master's_General Campus</t>
   </si>
   <si>
-    <t>Academic Master'sSchool of Medicine</t>
+    <t>Academic Master's_School of Medicine</t>
   </si>
   <si>
-    <t>Professional Master'sGeneral Campus</t>
+    <t>Professional Master's_General Campus</t>
   </si>
   <si>
-    <t>Professional Master'sSchool of Medicine</t>
+    <t>Professional Master's_School of Medicine</t>
   </si>
   <si>
-    <t>Self-supporting Master'sGeneral Campus</t>
+    <t>Self-supporting Master's_General Campus</t>
   </si>
   <si>
     <t>Ph.D.</t>
   </si>
   <si>
     <t>General Campus</t>
   </si>
   <si>
     <t>School of Medicine</t>
   </si>
   <si>
     <t>Graduate Other</t>
   </si>
   <si>
-    <t>Last Updated: 09/18/2025</t>
-[...5 lines deleted...]
-    <t>3QA FTE All Courses</t>
+    <t>Other_</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
@@ -236,302 +240,213 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="12">
     <dxf>
       <font>
         <b val="0"/>
-        <i val="0"/>
-[...11 lines deleted...]
-        <scheme val="minor"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+      </font>
+      <alignment horizontal="left" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="0" formatCode="General"/>
+      <alignment horizontal="left" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
-        <i val="0"/>
-[...49 lines deleted...]
-        <scheme val="minor"/>
       </font>
       <alignment horizontal="left" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="left" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="left" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...54 lines deleted...]
-    <dxf>
       <border outline="0">
         <bottom style="thin">
           <color theme="4" tint="0.39997558519241921"/>
         </bottom>
       </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <family val="2"/>
+      </font>
+      <numFmt numFmtId="1" formatCode="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="4"/>
           <bgColor theme="4"/>
         </patternFill>
       </fill>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{19811C44-6E3C-4C4A-BB98-CBC7F8D86741}" name="Table2" displayName="Table2" ref="A4:I741" totalsRowShown="0" headerRowDxfId="11" dataDxfId="9" headerRowBorderDxfId="10">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="A4:A741"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{F464ACA8-271D-49F7-B29E-6F7B6E22C7FE}" name="Table1" displayName="Table1" ref="A4:I768" totalsRowShown="0" headerRowDxfId="11" dataDxfId="10" headerRowBorderDxfId="9">
+  <autoFilter ref="A4:I768" xr:uid="{C73937E5-CE08-4FFC-AF03-EE9F79A8A3D3}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:I768">
+    <sortCondition descending="1" ref="A4:A768"/>
   </sortState>
   <tableColumns count="9">
-    <tableColumn id="1" xr3:uid="{E2E88BFE-335C-4E01-B653-9AE50A94FD9B}" name="Year" dataDxfId="8"/>
-[...7 lines deleted...]
-    <tableColumn id="10" xr3:uid="{BEE779BD-F96D-4DE7-B96C-76071B58F4F7}" name="3QA FTE All Courses" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{87F38ADA-1A88-4950-A495-51E260ABD938}" name="Year" dataDxfId="8"/>
+    <tableColumn id="2" xr3:uid="{BC706644-8743-405C-B192-23CF96519781}" name="Student Type" dataDxfId="7"/>
+    <tableColumn id="3" xr3:uid="{C3192AA4-D7F7-4E30-949D-3336BEFEDCAE}" name="Degree Level" dataDxfId="6"/>
+    <tableColumn id="4" xr3:uid="{8958490C-B223-4213-85F4-900AC4DA72FF}" name="Enrollment Category" dataDxfId="5"/>
+    <tableColumn id="5" xr3:uid="{3105E6A3-D8BC-4837-8C8E-97EB7345D5AB}" name="New/Continuing Status" dataDxfId="4"/>
+    <tableColumn id="6" xr3:uid="{99A60A67-5413-4465-B48C-BDE015B3FB48}" name="Fall Headcount" dataDxfId="3"/>
+    <tableColumn id="7" xr3:uid="{0F048917-5FF3-489D-90D1-3853A62F7BD5}" name="Fall FTE All Courses" dataDxfId="2"/>
+    <tableColumn id="8" xr3:uid="{577826DE-5C33-4EC1-A3F2-61A5B166D3DC}" name="3QA Headcount" dataDxfId="1"/>
+    <tableColumn id="9" xr3:uid="{F6E1D7A5-74B4-4995-BAB2-C02C226EE0A7}" name="3QA FTE All Courses" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -789,21538 +704,22151 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8429BF65-2826-4B6A-BA07-CECA2C890BA6}">
-  <dimension ref="A1:I741"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2787102-EF6B-4E2A-BB46-EC517E625185}">
+  <dimension ref="A1:I768"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="E5" sqref="E5"/>
+      <selection activeCell="M17" sqref="M17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="4"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="21.28515625" style="4" customWidth="1"/>
+    <col min="1" max="1" width="8.5703125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="15" style="4" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="8.5703125" style="4" customWidth="1"/>
+    <col min="4" max="4" width="43.140625" style="4" customWidth="1"/>
     <col min="5" max="5" width="23.7109375" style="4" customWidth="1"/>
     <col min="6" max="6" width="16.28515625" customWidth="1"/>
-    <col min="7" max="7" width="15.28515625" customWidth="1"/>
+    <col min="7" max="7" width="20" customWidth="1"/>
     <col min="8" max="8" width="16.85546875" customWidth="1"/>
-    <col min="9" max="9" width="15.85546875" customWidth="1"/>
+    <col min="9" max="9" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B4" s="6" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C4" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D4" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F4" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G4" s="7" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="H4" s="7" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I4" s="7" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F5">
-        <v>5169</v>
+        <v>6431</v>
       </c>
       <c r="G5">
-        <v>5059</v>
-[...5 lines deleted...]
-        <v>1689</v>
+        <v>6384</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F6">
-        <v>13276</v>
+        <v>13236</v>
       </c>
       <c r="G6">
-        <v>12944</v>
-[...5 lines deleted...]
-        <v>15757</v>
+        <v>12923</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F7">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="G7">
         <v>255</v>
       </c>
-      <c r="H7">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F8">
-        <v>522</v>
+        <v>506</v>
       </c>
       <c r="G8">
-        <v>551</v>
-[...5 lines deleted...]
-        <v>665</v>
+        <v>514</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F9">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G9">
-        <v>19</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F10">
         <v>1</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
-      <c r="H10">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F11">
-        <v>1212</v>
+        <v>1531</v>
       </c>
       <c r="G11">
-        <v>1135</v>
-[...5 lines deleted...]
-        <v>472</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F12">
-        <v>2012</v>
+        <v>1918</v>
       </c>
       <c r="G12">
-        <v>1826</v>
-[...5 lines deleted...]
-        <v>2479</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F13">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="G13">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>23</v>
+        <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F14">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="G14">
-        <v>68</v>
-[...5 lines deleted...]
-        <v>94</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B15" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15">
+        <v>15</v>
+      </c>
+      <c r="G15">
         <v>16</v>
-      </c>
-[...19 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F16">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="G16">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F17">
-        <v>86</v>
+        <v>263</v>
       </c>
       <c r="G17">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>263</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F18">
-        <v>240</v>
+        <v>295</v>
       </c>
       <c r="G18">
-        <v>240</v>
-[...5 lines deleted...]
-        <v>295</v>
+        <v>378</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F19">
-        <v>397</v>
+        <v>259</v>
       </c>
       <c r="G19">
-        <v>483</v>
-[...5 lines deleted...]
-        <v>168</v>
+        <v>263</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F20">
-        <v>291</v>
+        <v>30</v>
       </c>
       <c r="G20">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>475</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F21">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G21">
-        <v>19</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F22">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="G22">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F23">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="G23">
-        <v>76</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F24">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="G24">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>107</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F25">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G25">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F26">
-        <v>0</v>
+        <v>219</v>
       </c>
       <c r="G26">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>10</v>
+        <v>216</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F27">
-        <v>286</v>
+        <v>321</v>
       </c>
       <c r="G27">
-        <v>288</v>
-[...5 lines deleted...]
-        <v>108</v>
+        <v>257</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F28">
-        <v>341</v>
+        <v>360</v>
       </c>
       <c r="G28">
-        <v>267</v>
-[...4 lines deleted...]
-      <c r="I28">
         <v>399</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F29">
-        <v>385</v>
+        <v>1568</v>
       </c>
       <c r="G29">
-        <v>421</v>
-[...5 lines deleted...]
-        <v>146</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F30">
-        <v>1556</v>
+        <v>5</v>
       </c>
       <c r="G30">
-        <v>1475</v>
-[...5 lines deleted...]
-        <v>1688</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C31" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F31">
         <v>25</v>
       </c>
-      <c r="D31" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G31">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="4">
         <v>2024</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F32">
-        <v>28</v>
+        <v>5169</v>
       </c>
       <c r="G32">
-        <v>29</v>
+        <v>5059</v>
       </c>
       <c r="H32">
-        <v>31</v>
+        <v>1725</v>
       </c>
       <c r="I32">
-        <v>31</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F33">
-        <v>5209</v>
+        <v>13276</v>
       </c>
       <c r="G33">
-        <v>5095</v>
+        <v>12944</v>
       </c>
       <c r="H33">
-        <v>1740</v>
+        <v>16073</v>
       </c>
       <c r="I33">
-        <v>1701</v>
+        <v>15757</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E34" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F34">
-        <v>12877</v>
+        <v>252</v>
       </c>
       <c r="G34">
-        <v>12447</v>
+        <v>255</v>
       </c>
       <c r="H34">
-        <v>15746</v>
+        <v>85</v>
       </c>
       <c r="I34">
-        <v>15354</v>
+        <v>86</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F35">
-        <v>316</v>
+        <v>522</v>
       </c>
       <c r="G35">
-        <v>324</v>
+        <v>551</v>
       </c>
       <c r="H35">
-        <v>107</v>
+        <v>636</v>
       </c>
       <c r="I35">
-        <v>109</v>
+        <v>665</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F36">
-        <v>467</v>
+        <v>25</v>
       </c>
       <c r="G36">
-        <v>480</v>
+        <v>19</v>
       </c>
       <c r="H36">
-        <v>618</v>
+        <v>24</v>
       </c>
       <c r="I36">
-        <v>639</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F37">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="G37">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="H37">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="I37">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F38">
-        <v>0</v>
+        <v>1212</v>
       </c>
       <c r="G38">
-        <v>0</v>
+        <v>1135</v>
       </c>
       <c r="H38">
-        <v>0</v>
+        <v>507</v>
       </c>
       <c r="I38">
-        <v>0</v>
+        <v>472</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F39">
-        <v>1197</v>
+        <v>2012</v>
       </c>
       <c r="G39">
-        <v>1115</v>
+        <v>1826</v>
       </c>
       <c r="H39">
-        <v>490</v>
+        <v>2690</v>
       </c>
       <c r="I39">
-        <v>453</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E40" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F40">
-        <v>2380</v>
+        <v>57</v>
       </c>
       <c r="G40">
-        <v>2107</v>
+        <v>59</v>
       </c>
       <c r="H40">
-        <v>2941</v>
+        <v>23</v>
       </c>
       <c r="I40">
-        <v>2652</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F41">
-        <v>47</v>
+        <v>73</v>
       </c>
       <c r="G41">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="H41">
-        <v>18</v>
+        <v>96</v>
       </c>
       <c r="I41">
-        <v>18</v>
+        <v>94</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D42" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42">
+        <v>12</v>
+      </c>
+      <c r="G42">
         <v>13</v>
       </c>
-      <c r="E42" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H42">
-        <v>142</v>
+        <v>4</v>
       </c>
       <c r="I42">
-        <v>137</v>
+        <v>4</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F43">
+        <v>0</v>
+      </c>
+      <c r="G43">
+        <v>0</v>
+      </c>
+      <c r="H43">
+        <v>8</v>
+      </c>
+      <c r="I43">
         <v>6</v>
-      </c>
-[...7 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E44" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F44">
-        <v>0</v>
+        <v>86</v>
       </c>
       <c r="G44">
-        <v>0</v>
+        <v>86</v>
       </c>
       <c r="H44">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="I44">
-        <v>3</v>
+        <v>29</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F45">
-        <v>86</v>
+        <v>240</v>
       </c>
       <c r="G45">
-        <v>86</v>
+        <v>240</v>
       </c>
       <c r="H45">
-        <v>29</v>
+        <v>295</v>
       </c>
       <c r="I45">
-        <v>29</v>
+        <v>295</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E46" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F46">
-        <v>244</v>
+        <v>397</v>
       </c>
       <c r="G46">
-        <v>244</v>
+        <v>483</v>
       </c>
       <c r="H46">
-        <v>299</v>
+        <v>139</v>
       </c>
       <c r="I46">
-        <v>299</v>
+        <v>168</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F47">
-        <v>418</v>
+        <v>291</v>
       </c>
       <c r="G47">
-        <v>467</v>
+        <v>293</v>
       </c>
       <c r="H47">
-        <v>150</v>
+        <v>444</v>
       </c>
       <c r="I47">
-        <v>167</v>
+        <v>475</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E48" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F48">
-        <v>314</v>
+        <v>17</v>
       </c>
       <c r="G48">
-        <v>308</v>
+        <v>19</v>
       </c>
       <c r="H48">
-        <v>462</v>
+        <v>6</v>
       </c>
       <c r="I48">
-        <v>488</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B49" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E49" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F49">
+        <v>8</v>
+      </c>
+      <c r="G49">
+        <v>6</v>
+      </c>
+      <c r="H49">
         <v>16</v>
       </c>
-      <c r="C49" s="4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I49">
-        <v>4</v>
+        <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E50" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F50">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="G50">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="H50">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I50">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F51">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="G51">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="H51">
-        <v>20</v>
+        <v>93</v>
       </c>
       <c r="I51">
-        <v>22</v>
+        <v>107</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E52" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F52">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="G52">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="H52">
-        <v>114</v>
+        <v>5</v>
       </c>
       <c r="I52">
-        <v>133</v>
+        <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F53">
-        <v>276</v>
+        <v>0</v>
       </c>
       <c r="G53">
-        <v>268</v>
+        <v>0</v>
       </c>
       <c r="H53">
-        <v>113</v>
+        <v>9</v>
       </c>
       <c r="I53">
-        <v>102</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E54" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F54">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="G54">
-        <v>209</v>
+        <v>288</v>
       </c>
       <c r="H54">
-        <v>400</v>
+        <v>113</v>
       </c>
       <c r="I54">
-        <v>334</v>
+        <v>108</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F55">
-        <v>325</v>
+        <v>341</v>
       </c>
       <c r="G55">
-        <v>353</v>
+        <v>267</v>
       </c>
       <c r="H55">
-        <v>113</v>
+        <v>443</v>
       </c>
       <c r="I55">
-        <v>123</v>
+        <v>399</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E56" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F56">
-        <v>1623</v>
+        <v>385</v>
       </c>
       <c r="G56">
-        <v>1535</v>
+        <v>421</v>
       </c>
       <c r="H56">
-        <v>1778</v>
+        <v>134</v>
       </c>
       <c r="I56">
-        <v>1709</v>
+        <v>146</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E57" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F57">
-        <v>4</v>
+        <v>1556</v>
       </c>
       <c r="G57">
-        <v>5</v>
+        <v>1475</v>
       </c>
       <c r="H57">
-        <v>1</v>
+        <v>1754</v>
       </c>
       <c r="I57">
-        <v>2</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E58" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F58">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="G58">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="H58">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="I58">
-        <v>31</v>
+        <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="4">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E59" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F59">
-        <v>5202</v>
+        <v>28</v>
       </c>
       <c r="G59">
-        <v>4904</v>
+        <v>29</v>
       </c>
       <c r="H59">
-        <v>1737</v>
+        <v>31</v>
       </c>
       <c r="I59">
-        <v>1637</v>
+        <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E60" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F60">
-        <v>12312</v>
+        <v>5209</v>
       </c>
       <c r="G60">
-        <v>11600</v>
+        <v>5095</v>
       </c>
       <c r="H60">
-        <v>15139</v>
+        <v>1740</v>
       </c>
       <c r="I60">
-        <v>14508</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F61">
-        <v>373</v>
+        <v>12877</v>
       </c>
       <c r="G61">
-        <v>365</v>
+        <v>12447</v>
       </c>
       <c r="H61">
-        <v>125</v>
+        <v>15746</v>
       </c>
       <c r="I61">
-        <v>122</v>
+        <v>15354</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E62" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F62">
-        <v>341</v>
+        <v>316</v>
       </c>
       <c r="G62">
-        <v>342</v>
+        <v>324</v>
       </c>
       <c r="H62">
-        <v>527</v>
+        <v>107</v>
       </c>
       <c r="I62">
-        <v>538</v>
+        <v>109</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F63">
-        <v>71</v>
+        <v>467</v>
       </c>
       <c r="G63">
-        <v>30</v>
+        <v>480</v>
       </c>
       <c r="H63">
-        <v>95</v>
+        <v>618</v>
       </c>
       <c r="I63">
-        <v>37</v>
+        <v>639</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E64" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F64">
-        <v>1358</v>
+        <v>19</v>
       </c>
       <c r="G64">
-        <v>1198</v>
+        <v>18</v>
       </c>
       <c r="H64">
-        <v>538</v>
+        <v>21</v>
       </c>
       <c r="I64">
-        <v>475</v>
+        <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F65">
-        <v>2987</v>
+        <v>0</v>
       </c>
       <c r="G65">
-        <v>2645</v>
+        <v>0</v>
       </c>
       <c r="H65">
-        <v>3629</v>
+        <v>0</v>
       </c>
       <c r="I65">
-        <v>3287</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F66">
-        <v>101</v>
+        <v>1197</v>
       </c>
       <c r="G66">
-        <v>91</v>
+        <v>1115</v>
       </c>
       <c r="H66">
-        <v>41</v>
+        <v>490</v>
       </c>
       <c r="I66">
-        <v>37</v>
+        <v>453</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F67">
-        <v>158</v>
+        <v>2380</v>
       </c>
       <c r="G67">
-        <v>156</v>
+        <v>2107</v>
       </c>
       <c r="H67">
-        <v>194</v>
+        <v>2941</v>
       </c>
       <c r="I67">
-        <v>193</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B68" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C68" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E68" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F68">
-        <v>2</v>
+        <v>47</v>
       </c>
       <c r="G68">
-        <v>2</v>
+        <v>47</v>
       </c>
       <c r="H68">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="I68">
-        <v>1</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B69" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C69" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E69" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F69">
-        <v>0</v>
+        <v>134</v>
       </c>
       <c r="G69">
-        <v>0</v>
+        <v>131</v>
       </c>
       <c r="H69">
-        <v>1</v>
+        <v>142</v>
       </c>
       <c r="I69">
-        <v>1</v>
+        <v>137</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="8">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E70" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F70">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G70">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H70">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I70">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E71" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F71">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G71">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="H71">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="I71">
-        <v>27</v>
+        <v>3</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E72" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F72">
-        <v>239</v>
+        <v>86</v>
       </c>
       <c r="G72">
-        <v>239</v>
+        <v>86</v>
       </c>
       <c r="H72">
-        <v>280</v>
+        <v>29</v>
       </c>
       <c r="I72">
-        <v>280</v>
+        <v>29</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F73">
-        <v>455</v>
+        <v>244</v>
       </c>
       <c r="G73">
-        <v>519</v>
+        <v>244</v>
       </c>
       <c r="H73">
-        <v>162</v>
+        <v>299</v>
       </c>
       <c r="I73">
-        <v>184</v>
+        <v>299</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E74" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F74">
-        <v>292</v>
+        <v>418</v>
       </c>
       <c r="G74">
-        <v>290</v>
+        <v>467</v>
       </c>
       <c r="H74">
-        <v>471</v>
+        <v>150</v>
       </c>
       <c r="I74">
-        <v>499</v>
+        <v>167</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E75" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F75">
-        <v>10</v>
+        <v>314</v>
       </c>
       <c r="G75">
-        <v>10</v>
+        <v>308</v>
       </c>
       <c r="H75">
-        <v>3</v>
+        <v>462</v>
       </c>
       <c r="I75">
-        <v>3</v>
+        <v>488</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E76" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F76">
         <v>11</v>
       </c>
       <c r="G76">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H76">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="I76">
-        <v>16</v>
+        <v>4</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E77" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F77">
-        <v>85</v>
+        <v>10</v>
       </c>
       <c r="G77">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H77">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I77">
-        <v>33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C78" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D78" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F78">
+        <v>59</v>
+      </c>
+      <c r="G78">
+        <v>65</v>
+      </c>
+      <c r="H78">
+        <v>20</v>
+      </c>
+      <c r="I78">
         <v>22</v>
-      </c>
-[...13 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E79" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F79">
-        <v>232</v>
+        <v>79</v>
       </c>
       <c r="G79">
-        <v>234</v>
+        <v>103</v>
       </c>
       <c r="H79">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="I79">
-        <v>93</v>
+        <v>133</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E80" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F80">
-        <v>353</v>
+        <v>276</v>
       </c>
       <c r="G80">
-        <v>280</v>
+        <v>268</v>
       </c>
       <c r="H80">
-        <v>419</v>
+        <v>113</v>
       </c>
       <c r="I80">
-        <v>352</v>
+        <v>102</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F81">
-        <v>342</v>
+        <v>296</v>
       </c>
       <c r="G81">
-        <v>374</v>
+        <v>209</v>
       </c>
       <c r="H81">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I81">
-        <v>131</v>
+        <v>334</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E82" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F82">
-        <v>1669</v>
+        <v>325</v>
       </c>
       <c r="G82">
-        <v>1607</v>
+        <v>353</v>
       </c>
       <c r="H82">
-        <v>1831</v>
+        <v>113</v>
       </c>
       <c r="I82">
-        <v>1785</v>
+        <v>123</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E83" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F83">
-        <v>11</v>
+        <v>1623</v>
       </c>
       <c r="G83">
-        <v>14</v>
+        <v>1535</v>
       </c>
       <c r="H83">
-        <v>4</v>
+        <v>1778</v>
       </c>
       <c r="I83">
-        <v>5</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E84" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F84">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="G84">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="H84">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="I84">
-        <v>37</v>
+        <v>2</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="4">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F85">
-        <v>4993</v>
+        <v>29</v>
       </c>
       <c r="G85">
-        <v>4709</v>
+        <v>30</v>
       </c>
       <c r="H85">
-        <v>1667</v>
+        <v>31</v>
       </c>
       <c r="I85">
-        <v>1573</v>
+        <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E86" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F86">
-        <v>12154</v>
+        <v>5202</v>
       </c>
       <c r="G86">
-        <v>11520</v>
+        <v>4904</v>
       </c>
       <c r="H86">
-        <v>14736</v>
+        <v>1737</v>
       </c>
       <c r="I86">
-        <v>13991</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F87">
-        <v>210</v>
+        <v>12312</v>
       </c>
       <c r="G87">
-        <v>204</v>
+        <v>11600</v>
       </c>
       <c r="H87">
-        <v>75</v>
+        <v>15139</v>
       </c>
       <c r="I87">
-        <v>73</v>
+        <v>14508</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B88" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C88" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E88" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F88">
-        <v>292</v>
+        <v>373</v>
       </c>
       <c r="G88">
-        <v>303</v>
+        <v>365</v>
       </c>
       <c r="H88">
-        <v>401</v>
+        <v>125</v>
       </c>
       <c r="I88">
-        <v>407</v>
+        <v>122</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E89" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F89">
-        <v>67</v>
+        <v>341</v>
       </c>
       <c r="G89">
-        <v>29</v>
+        <v>342</v>
       </c>
       <c r="H89">
-        <v>85</v>
+        <v>527</v>
       </c>
       <c r="I89">
-        <v>34</v>
+        <v>538</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F90">
-        <v>1</v>
+        <v>71</v>
       </c>
       <c r="G90">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="H90">
-        <v>3</v>
+        <v>95</v>
       </c>
       <c r="I90">
-        <v>3</v>
+        <v>37</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="8">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E91" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F91">
-        <v>1935</v>
+        <v>1358</v>
       </c>
       <c r="G91">
-        <v>1697</v>
+        <v>1198</v>
       </c>
       <c r="H91">
-        <v>744</v>
+        <v>538</v>
       </c>
       <c r="I91">
-        <v>650</v>
+        <v>475</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E92" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F92">
-        <v>2933</v>
+        <v>2987</v>
       </c>
       <c r="G92">
-        <v>2616</v>
+        <v>2645</v>
       </c>
       <c r="H92">
-        <v>3925</v>
+        <v>3629</v>
       </c>
       <c r="I92">
-        <v>3505</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E93" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F93">
-        <v>121</v>
+        <v>101</v>
       </c>
       <c r="G93">
-        <v>112</v>
+        <v>91</v>
       </c>
       <c r="H93">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="I93">
-        <v>45</v>
+        <v>37</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E94" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F94">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="G94">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="H94">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="I94">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E95" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F95">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G95">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="H95">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I95">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B96" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E96" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F96">
         <v>0</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I96">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="E97" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F97">
         <v>0</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I97">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E98" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F98">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="G98">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="H98">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="I98">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E99" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F99">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="G99">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="H99">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="I99">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B100" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E100" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F100">
-        <v>510</v>
+        <v>455</v>
       </c>
       <c r="G100">
-        <v>594</v>
+        <v>519</v>
       </c>
       <c r="H100">
-        <v>179</v>
+        <v>162</v>
       </c>
       <c r="I100">
-        <v>207</v>
+        <v>184</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E101" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F101">
-        <v>170</v>
+        <v>292</v>
       </c>
       <c r="G101">
-        <v>167</v>
+        <v>290</v>
       </c>
       <c r="H101">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="I101">
-        <v>512</v>
+        <v>499</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B102" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C102" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E102" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F102">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G102">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="H102">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I102">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B103" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C103" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E103" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103">
+        <v>11</v>
+      </c>
+      <c r="G103">
+        <v>10</v>
+      </c>
+      <c r="H103">
+        <v>17</v>
+      </c>
+      <c r="I103">
         <v>16</v>
-      </c>
-[...19 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B104" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C104" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E104" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F104">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="G104">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="H104">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="I104">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E105" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F105">
-        <v>146</v>
+        <v>96</v>
       </c>
       <c r="G105">
-        <v>177</v>
+        <v>113</v>
       </c>
       <c r="H105">
-        <v>196</v>
+        <v>136</v>
       </c>
       <c r="I105">
-        <v>227</v>
+        <v>156</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B106" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E106" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F106">
-        <v>292</v>
+        <v>232</v>
       </c>
       <c r="G106">
-        <v>286</v>
+        <v>234</v>
       </c>
       <c r="H106">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="I106">
-        <v>104</v>
+        <v>93</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B107" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E107" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F107">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="G107">
-        <v>260</v>
+        <v>280</v>
       </c>
       <c r="H107">
-        <v>437</v>
+        <v>419</v>
       </c>
       <c r="I107">
-        <v>379</v>
+        <v>352</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B108" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C108" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E108" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F108">
-        <v>321</v>
+        <v>342</v>
       </c>
       <c r="G108">
-        <v>355</v>
+        <v>374</v>
       </c>
       <c r="H108">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="I108">
-        <v>124</v>
+        <v>131</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E109" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F109">
-        <v>1758</v>
+        <v>1669</v>
       </c>
       <c r="G109">
-        <v>1702</v>
+        <v>1607</v>
       </c>
       <c r="H109">
-        <v>1883</v>
+        <v>1831</v>
       </c>
       <c r="I109">
-        <v>1849</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B110" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C110" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E110" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F110">
+        <v>11</v>
+      </c>
+      <c r="G110">
+        <v>14</v>
+      </c>
+      <c r="H110">
+        <v>4</v>
+      </c>
+      <c r="I110">
         <v>5</v>
-      </c>
-[...7 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D111" s="4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E111" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F111">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G111">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H111">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I111">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="8">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B112" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C112" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E112" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F112">
-        <v>4677</v>
+        <v>4993</v>
       </c>
       <c r="G112">
-        <v>4578</v>
+        <v>4709</v>
       </c>
       <c r="H112">
-        <v>1563</v>
+        <v>1667</v>
       </c>
       <c r="I112">
-        <v>1530</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B113" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E113" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F113">
-        <v>12359</v>
+        <v>12154</v>
       </c>
       <c r="G113">
-        <v>12107</v>
+        <v>11520</v>
       </c>
       <c r="H113">
-        <v>14767</v>
+        <v>14736</v>
       </c>
       <c r="I113">
-        <v>14432</v>
+        <v>13991</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B114" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C114" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E114" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F114">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="G114">
-        <v>178</v>
+        <v>204</v>
       </c>
       <c r="H114">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="I114">
-        <v>64</v>
+        <v>73</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B115" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E115" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F115">
-        <v>333</v>
+        <v>292</v>
       </c>
       <c r="G115">
-        <v>353</v>
+        <v>303</v>
       </c>
       <c r="H115">
-        <v>384</v>
+        <v>401</v>
       </c>
       <c r="I115">
-        <v>402</v>
+        <v>407</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B116" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C116" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E116" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F116">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="G116">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="H116">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="I116">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B117" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E117" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F117">
         <v>1</v>
       </c>
       <c r="G117">
         <v>1</v>
       </c>
       <c r="H117">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I117">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B118" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C118" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E118" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F118">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="G118">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="H118">
-        <v>780</v>
+        <v>744</v>
       </c>
       <c r="I118">
-        <v>684</v>
+        <v>650</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E119" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F119">
-        <v>2755</v>
+        <v>2933</v>
       </c>
       <c r="G119">
-        <v>2540</v>
+        <v>2616</v>
       </c>
       <c r="H119">
-        <v>3857</v>
+        <v>3925</v>
       </c>
       <c r="I119">
-        <v>3547</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B120" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C120" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E120" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F120">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="G120">
-        <v>139</v>
+        <v>112</v>
       </c>
       <c r="H120">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="I120">
-        <v>59</v>
+        <v>45</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E121" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F121">
-        <v>226</v>
+        <v>160</v>
       </c>
       <c r="G121">
-        <v>237</v>
+        <v>152</v>
       </c>
       <c r="H121">
-        <v>262</v>
+        <v>200</v>
       </c>
       <c r="I121">
-        <v>267</v>
+        <v>191</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B122" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C122" s="4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E122" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F122">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G122">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="H122">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I122">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B123" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E123" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F123">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G123">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H123">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I123">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B124" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C124" s="4" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E124" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F124">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G124">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="H124">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="I124">
-        <v>26</v>
+        <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E125" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F125">
-        <v>215</v>
+        <v>86</v>
       </c>
       <c r="G125">
-        <v>215</v>
+        <v>86</v>
       </c>
       <c r="H125">
-        <v>262</v>
+        <v>29</v>
       </c>
       <c r="I125">
-        <v>262</v>
+        <v>29</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B126" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C126" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E126" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F126">
-        <v>318</v>
+        <v>214</v>
       </c>
       <c r="G126">
-        <v>396</v>
+        <v>214</v>
       </c>
       <c r="H126">
-        <v>120</v>
+        <v>270</v>
       </c>
       <c r="I126">
-        <v>147</v>
+        <v>270</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B127" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E127" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F127">
-        <v>252</v>
+        <v>510</v>
       </c>
       <c r="G127">
-        <v>242</v>
+        <v>594</v>
       </c>
       <c r="H127">
-        <v>368</v>
+        <v>179</v>
       </c>
       <c r="I127">
-        <v>394</v>
+        <v>207</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B128" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C128" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D128" s="4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E128" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F128">
-        <v>4</v>
+        <v>170</v>
       </c>
       <c r="G128">
-        <v>4</v>
+        <v>167</v>
       </c>
       <c r="H128">
-        <v>2</v>
+        <v>469</v>
       </c>
       <c r="I128">
-        <v>2</v>
+        <v>512</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E129" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F129">
+        <v>13</v>
+      </c>
+      <c r="G129">
         <v>12</v>
       </c>
-      <c r="F129">
+      <c r="H129">
         <v>4</v>
       </c>
-      <c r="G129">
+      <c r="I129">
         <v>4</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B130" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C130" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E130" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F130">
-        <v>134</v>
+        <v>5</v>
       </c>
       <c r="G130">
-        <v>153</v>
+        <v>6</v>
       </c>
       <c r="H130">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I130">
-        <v>57</v>
+        <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B131" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E131" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F131">
-        <v>49</v>
+        <v>90</v>
       </c>
       <c r="G131">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="H131">
-        <v>136</v>
+        <v>30</v>
       </c>
       <c r="I131">
-        <v>159</v>
+        <v>34</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B132" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C132" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E132" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F132">
-        <v>280</v>
+        <v>146</v>
       </c>
       <c r="G132">
-        <v>293</v>
+        <v>177</v>
       </c>
       <c r="H132">
-        <v>124</v>
+        <v>196</v>
       </c>
       <c r="I132">
-        <v>122</v>
+        <v>227</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="8">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B133" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E133" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F133">
-        <v>251</v>
+        <v>292</v>
       </c>
       <c r="G133">
-        <v>174</v>
+        <v>286</v>
       </c>
       <c r="H133">
-        <v>378</v>
+        <v>112</v>
       </c>
       <c r="I133">
-        <v>329</v>
+        <v>104</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B134" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C134" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E134" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F134">
         <v>337</v>
       </c>
       <c r="G134">
-        <v>366</v>
+        <v>260</v>
       </c>
       <c r="H134">
-        <v>123</v>
+        <v>437</v>
       </c>
       <c r="I134">
-        <v>130</v>
+        <v>379</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B135" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E135" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F135">
-        <v>1781</v>
+        <v>321</v>
       </c>
       <c r="G135">
-        <v>1771</v>
+        <v>355</v>
       </c>
       <c r="H135">
-        <v>1938</v>
+        <v>112</v>
       </c>
       <c r="I135">
-        <v>1935</v>
+        <v>124</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B136" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C136" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E136" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F136">
-        <v>4</v>
+        <v>1758</v>
       </c>
       <c r="G136">
-        <v>5</v>
+        <v>1702</v>
       </c>
       <c r="H136">
-        <v>1</v>
+        <v>1883</v>
       </c>
       <c r="I136">
-        <v>2</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="4">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B137" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D137" s="4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E137" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F137">
-        <v>31</v>
+        <v>5</v>
       </c>
       <c r="G137">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="H137">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="I137">
-        <v>35</v>
+        <v>2</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="4">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B138" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C138" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E138" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F138">
-        <v>4582</v>
+        <v>28</v>
       </c>
       <c r="G138">
-        <v>4446</v>
+        <v>28</v>
       </c>
       <c r="H138">
-        <v>1531</v>
+        <v>31</v>
       </c>
       <c r="I138">
-        <v>1486</v>
+        <v>32</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B139" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E139" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F139">
-        <v>12418</v>
+        <v>4677</v>
       </c>
       <c r="G139">
-        <v>11929</v>
+        <v>4578</v>
       </c>
       <c r="H139">
-        <v>14994</v>
+        <v>1563</v>
       </c>
       <c r="I139">
-        <v>14537</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B140" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C140" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F140">
-        <v>196</v>
+        <v>12359</v>
       </c>
       <c r="G140">
-        <v>199</v>
+        <v>12107</v>
       </c>
       <c r="H140">
-        <v>65</v>
+        <v>14767</v>
       </c>
       <c r="I140">
-        <v>66</v>
+        <v>14432</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E141" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F141">
-        <v>281</v>
+        <v>180</v>
       </c>
       <c r="G141">
-        <v>287</v>
+        <v>178</v>
       </c>
       <c r="H141">
-        <v>367</v>
+        <v>65</v>
       </c>
       <c r="I141">
-        <v>382</v>
+        <v>64</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B142" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C142" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E142" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F142">
-        <v>51</v>
+        <v>333</v>
       </c>
       <c r="G142">
-        <v>32</v>
+        <v>353</v>
       </c>
       <c r="H142">
-        <v>75</v>
+        <v>384</v>
       </c>
       <c r="I142">
-        <v>40</v>
+        <v>402</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E143" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F143">
-        <v>1753</v>
+        <v>70</v>
       </c>
       <c r="G143">
-        <v>1533</v>
+        <v>37</v>
       </c>
       <c r="H143">
-        <v>700</v>
+        <v>60</v>
       </c>
       <c r="I143">
-        <v>610</v>
+        <v>33</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B144" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C144" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E144" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F144">
-        <v>2366</v>
+        <v>1</v>
       </c>
       <c r="G144">
-        <v>2146</v>
+        <v>1</v>
       </c>
       <c r="H144">
-        <v>3432</v>
+        <v>0</v>
       </c>
       <c r="I144">
-        <v>3175</v>
+        <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F145">
-        <v>194</v>
+        <v>1934</v>
       </c>
       <c r="G145">
-        <v>182</v>
+        <v>1703</v>
       </c>
       <c r="H145">
-        <v>73</v>
+        <v>780</v>
       </c>
       <c r="I145">
-        <v>68</v>
+        <v>684</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B146" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C146" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F146">
-        <v>214</v>
+        <v>2755</v>
       </c>
       <c r="G146">
-        <v>217</v>
+        <v>2540</v>
       </c>
       <c r="H146">
-        <v>294</v>
+        <v>3857</v>
       </c>
       <c r="I146">
-        <v>294</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B147" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C147" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D147" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C147" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E147" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F147">
-        <v>10</v>
+        <v>152</v>
       </c>
       <c r="G147">
-        <v>11</v>
+        <v>139</v>
       </c>
       <c r="H147">
-        <v>3</v>
+        <v>67</v>
       </c>
       <c r="I147">
-        <v>4</v>
+        <v>59</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B148" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C148" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D148" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C148" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E148" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F148">
-        <v>0</v>
+        <v>226</v>
       </c>
       <c r="G148">
-        <v>0</v>
+        <v>237</v>
       </c>
       <c r="H148">
-        <v>6</v>
+        <v>262</v>
       </c>
       <c r="I148">
-        <v>5</v>
+        <v>267</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E149" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F149">
-        <v>77</v>
+        <v>8</v>
       </c>
       <c r="G149">
-        <v>77</v>
+        <v>9</v>
       </c>
       <c r="H149">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="I149">
-        <v>26</v>
+        <v>3</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B150" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C150" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E150" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F150">
-        <v>207</v>
+        <v>1</v>
       </c>
       <c r="G150">
-        <v>207</v>
+        <v>1</v>
       </c>
       <c r="H150">
-        <v>254</v>
+        <v>5</v>
       </c>
       <c r="I150">
-        <v>254</v>
+        <v>4</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E151" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F151">
-        <v>388</v>
+        <v>78</v>
       </c>
       <c r="G151">
-        <v>463</v>
+        <v>78</v>
       </c>
       <c r="H151">
-        <v>134</v>
+        <v>26</v>
       </c>
       <c r="I151">
-        <v>159</v>
+        <v>26</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B152" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C152" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E152" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F152">
-        <v>169</v>
+        <v>215</v>
       </c>
       <c r="G152">
-        <v>166</v>
+        <v>215</v>
       </c>
       <c r="H152">
-        <v>369</v>
+        <v>262</v>
       </c>
       <c r="I152">
-        <v>401</v>
+        <v>262</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E153" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F153">
-        <v>2</v>
+        <v>318</v>
       </c>
       <c r="G153">
-        <v>2</v>
+        <v>396</v>
       </c>
       <c r="H153">
-        <v>1</v>
+        <v>120</v>
       </c>
       <c r="I153">
-        <v>1</v>
+        <v>147</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="8">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B154" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C154" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E154" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F154">
-        <v>0</v>
+        <v>252</v>
       </c>
       <c r="G154">
-        <v>0</v>
+        <v>242</v>
       </c>
       <c r="H154">
-        <v>2</v>
+        <v>368</v>
       </c>
       <c r="I154">
-        <v>2</v>
+        <v>394</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B155" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E155" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F155">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="G155">
-        <v>57</v>
+        <v>4</v>
       </c>
       <c r="H155">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I155">
-        <v>19</v>
+        <v>2</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B156" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C156" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E156" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F156">
-        <v>64</v>
+        <v>4</v>
       </c>
       <c r="G156">
-        <v>76</v>
+        <v>4</v>
       </c>
       <c r="H156">
-        <v>95</v>
+        <v>6</v>
       </c>
       <c r="I156">
-        <v>111</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E157" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F157">
-        <v>178</v>
+        <v>134</v>
       </c>
       <c r="G157">
-        <v>184</v>
+        <v>153</v>
       </c>
       <c r="H157">
-        <v>71</v>
+        <v>50</v>
       </c>
       <c r="I157">
-        <v>68</v>
+        <v>57</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B158" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C158" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E158" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F158">
-        <v>245</v>
+        <v>49</v>
       </c>
       <c r="G158">
-        <v>174</v>
+        <v>58</v>
       </c>
       <c r="H158">
-        <v>304</v>
+        <v>136</v>
       </c>
       <c r="I158">
-        <v>245</v>
+        <v>159</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E159" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F159">
-        <v>404</v>
+        <v>280</v>
       </c>
       <c r="G159">
-        <v>441</v>
+        <v>293</v>
       </c>
       <c r="H159">
-        <v>141</v>
+        <v>124</v>
       </c>
       <c r="I159">
-        <v>152</v>
+        <v>122</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B160" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E160" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F160">
-        <v>1664</v>
+        <v>251</v>
       </c>
       <c r="G160">
-        <v>1649</v>
+        <v>174</v>
       </c>
       <c r="H160">
-        <v>1862</v>
+        <v>378</v>
       </c>
       <c r="I160">
-        <v>1857</v>
+        <v>329</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E161" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F161">
-        <v>9</v>
+        <v>337</v>
       </c>
       <c r="G161">
-        <v>11</v>
+        <v>366</v>
       </c>
       <c r="H161">
-        <v>3</v>
+        <v>123</v>
       </c>
       <c r="I161">
-        <v>4</v>
+        <v>130</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="4">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B162" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E162" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F162">
-        <v>26</v>
+        <v>1781</v>
       </c>
       <c r="G162">
-        <v>25</v>
+        <v>1771</v>
       </c>
       <c r="H162">
-        <v>31</v>
+        <v>1938</v>
       </c>
       <c r="I162">
-        <v>31</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="4">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="B163" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E163" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F163">
-        <v>4366</v>
+        <v>4</v>
       </c>
       <c r="G163">
-        <v>4274</v>
+        <v>5</v>
       </c>
       <c r="H163">
-        <v>1459</v>
+        <v>1</v>
       </c>
       <c r="I163">
-        <v>1428</v>
+        <v>2</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="4">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="B164" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C164" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E164" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F164">
-        <v>12054</v>
+        <v>31</v>
       </c>
       <c r="G164">
-        <v>11637</v>
+        <v>32</v>
       </c>
       <c r="H164">
-        <v>14562</v>
+        <v>34</v>
       </c>
       <c r="I164">
-        <v>14088</v>
+        <v>35</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B165" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F165">
-        <v>164</v>
+        <v>4582</v>
       </c>
       <c r="G165">
-        <v>166</v>
+        <v>4446</v>
       </c>
       <c r="H165">
-        <v>55</v>
+        <v>1531</v>
       </c>
       <c r="I165">
-        <v>55</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B166" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C166" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F166">
-        <v>279</v>
+        <v>12418</v>
       </c>
       <c r="G166">
-        <v>294</v>
+        <v>11929</v>
       </c>
       <c r="H166">
-        <v>345</v>
+        <v>14994</v>
       </c>
       <c r="I166">
-        <v>360</v>
+        <v>14537</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E167" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F167">
-        <v>29</v>
+        <v>196</v>
       </c>
       <c r="G167">
-        <v>20</v>
+        <v>199</v>
       </c>
       <c r="H167">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="I167">
-        <v>26</v>
+        <v>66</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B168" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C168" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E168" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F168">
-        <v>1703</v>
+        <v>281</v>
       </c>
       <c r="G168">
-        <v>1491</v>
+        <v>287</v>
       </c>
       <c r="H168">
-        <v>674</v>
+        <v>367</v>
       </c>
       <c r="I168">
-        <v>587</v>
+        <v>382</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E169" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F169">
-        <v>1642</v>
+        <v>51</v>
       </c>
       <c r="G169">
-        <v>1494</v>
+        <v>32</v>
       </c>
       <c r="H169">
-        <v>2733</v>
+        <v>75</v>
       </c>
       <c r="I169">
-        <v>2512</v>
+        <v>40</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B170" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C170" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F170">
-        <v>213</v>
+        <v>1753</v>
       </c>
       <c r="G170">
-        <v>197</v>
+        <v>1533</v>
       </c>
       <c r="H170">
-        <v>77</v>
+        <v>700</v>
       </c>
       <c r="I170">
-        <v>71</v>
+        <v>610</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F171">
-        <v>131</v>
+        <v>2366</v>
       </c>
       <c r="G171">
-        <v>135</v>
+        <v>2146</v>
       </c>
       <c r="H171">
-        <v>249</v>
+        <v>3432</v>
       </c>
       <c r="I171">
-        <v>254</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B172" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C172" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D172" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C172" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E172" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F172">
-        <v>20</v>
+        <v>194</v>
       </c>
       <c r="G172">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="H172">
-        <v>7</v>
+        <v>73</v>
       </c>
       <c r="I172">
-        <v>7</v>
+        <v>68</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B173" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C173" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D173" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C173" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E173" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F173">
-        <v>1</v>
+        <v>214</v>
       </c>
       <c r="G173">
-        <v>1</v>
+        <v>217</v>
       </c>
       <c r="H173">
-        <v>16</v>
+        <v>294</v>
       </c>
       <c r="I173">
-        <v>12</v>
+        <v>294</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B174" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C174" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E174" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F174">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="G174">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="H174">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="I174">
-        <v>23</v>
+        <v>4</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D175" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E175" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F175">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="G175">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="H175">
-        <v>216</v>
+        <v>6</v>
       </c>
       <c r="I175">
-        <v>216</v>
+        <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B176" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C176" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D176" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E176" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F176">
-        <v>276</v>
+        <v>77</v>
       </c>
       <c r="G176">
-        <v>349</v>
+        <v>77</v>
       </c>
       <c r="H176">
-        <v>96</v>
+        <v>26</v>
       </c>
       <c r="I176">
-        <v>120</v>
+        <v>26</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="8">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D177" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E177" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F177">
-        <v>174</v>
+        <v>207</v>
       </c>
       <c r="G177">
-        <v>175</v>
+        <v>207</v>
       </c>
       <c r="H177">
-        <v>305</v>
+        <v>254</v>
       </c>
       <c r="I177">
-        <v>338</v>
+        <v>254</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B178" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C178" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D178" s="4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E178" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F178">
-        <v>62</v>
+        <v>388</v>
       </c>
       <c r="G178">
-        <v>76</v>
+        <v>463</v>
       </c>
       <c r="H178">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="I178">
-        <v>25</v>
+        <v>159</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E179" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F179">
-        <v>88</v>
+        <v>169</v>
       </c>
       <c r="G179">
-        <v>113</v>
+        <v>166</v>
       </c>
       <c r="H179">
-        <v>127</v>
+        <v>369</v>
       </c>
       <c r="I179">
-        <v>153</v>
+        <v>401</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B180" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C180" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>24</v>
       </c>
       <c r="E180" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F180">
-        <v>193</v>
+        <v>2</v>
       </c>
       <c r="G180">
-        <v>199</v>
+        <v>2</v>
       </c>
       <c r="H180">
-        <v>85</v>
+        <v>1</v>
       </c>
       <c r="I180">
-        <v>78</v>
+        <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B181" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>24</v>
       </c>
       <c r="E181" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F181">
-        <v>217</v>
+        <v>0</v>
       </c>
       <c r="G181">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="H181">
-        <v>289</v>
+        <v>2</v>
       </c>
       <c r="I181">
-        <v>241</v>
+        <v>2</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B182" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C182" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D182" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D182" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E182" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F182">
-        <v>427</v>
+        <v>50</v>
       </c>
       <c r="G182">
-        <v>472</v>
+        <v>57</v>
       </c>
       <c r="H182">
-        <v>146</v>
+        <v>17</v>
       </c>
       <c r="I182">
-        <v>160</v>
+        <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B183" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C183" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D183" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D183" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E183" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F183">
-        <v>1610</v>
+        <v>64</v>
       </c>
       <c r="G183">
-        <v>1612</v>
+        <v>76</v>
       </c>
       <c r="H183">
-        <v>1826</v>
+        <v>95</v>
       </c>
       <c r="I183">
-        <v>1842</v>
+        <v>111</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B184" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C184" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E184" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F184">
-        <v>14</v>
+        <v>178</v>
       </c>
       <c r="G184">
-        <v>18</v>
+        <v>184</v>
       </c>
       <c r="H184">
-        <v>5</v>
+        <v>71</v>
       </c>
       <c r="I184">
-        <v>6</v>
+        <v>68</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B185" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E185" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F185">
-        <v>17</v>
+        <v>245</v>
       </c>
       <c r="G185">
-        <v>17</v>
+        <v>174</v>
       </c>
       <c r="H185">
-        <v>26</v>
+        <v>304</v>
       </c>
       <c r="I185">
-        <v>26</v>
+        <v>245</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="4">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B186" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C186" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E186" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F186">
-        <v>4444</v>
+        <v>404</v>
       </c>
       <c r="G186">
-        <v>4340</v>
+        <v>441</v>
       </c>
       <c r="H186">
-        <v>1482</v>
+        <v>141</v>
       </c>
       <c r="I186">
-        <v>1448</v>
+        <v>152</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="4">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B187" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E187" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F187">
-        <v>12240</v>
+        <v>1664</v>
       </c>
       <c r="G187">
-        <v>11759</v>
+        <v>1649</v>
       </c>
       <c r="H187">
-        <v>14704</v>
+        <v>1862</v>
       </c>
       <c r="I187">
-        <v>14132</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="4">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B188" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C188" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D188" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E188" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F188">
         <v>9</v>
       </c>
-      <c r="D188" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G188">
-        <v>154</v>
+        <v>11</v>
       </c>
       <c r="H188">
-        <v>52</v>
+        <v>3</v>
       </c>
       <c r="I188">
-        <v>52</v>
+        <v>4</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="4">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B189" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E189" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F189">
-        <v>277</v>
+        <v>26</v>
       </c>
       <c r="G189">
-        <v>287</v>
+        <v>25</v>
       </c>
       <c r="H189">
-        <v>347</v>
+        <v>31</v>
       </c>
       <c r="I189">
-        <v>358</v>
+        <v>31</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B190" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C190" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E190" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F190">
-        <v>31</v>
+        <v>4366</v>
       </c>
       <c r="G190">
-        <v>18</v>
+        <v>4274</v>
       </c>
       <c r="H190">
-        <v>32</v>
+        <v>1459</v>
       </c>
       <c r="I190">
-        <v>19</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B191" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E191" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F191">
-        <v>1239</v>
+        <v>12054</v>
       </c>
       <c r="G191">
-        <v>1081</v>
+        <v>11637</v>
       </c>
       <c r="H191">
-        <v>483</v>
+        <v>14562</v>
       </c>
       <c r="I191">
-        <v>420</v>
+        <v>14088</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B192" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C192" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E192" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F192">
-        <v>1459</v>
+        <v>164</v>
       </c>
       <c r="G192">
-        <v>1339</v>
+        <v>166</v>
       </c>
       <c r="H192">
-        <v>2207</v>
+        <v>55</v>
       </c>
       <c r="I192">
-        <v>2020</v>
+        <v>55</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B193" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E193" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F193">
-        <v>129</v>
+        <v>279</v>
       </c>
       <c r="G193">
-        <v>120</v>
+        <v>294</v>
       </c>
       <c r="H193">
-        <v>45</v>
+        <v>345</v>
       </c>
       <c r="I193">
-        <v>42</v>
+        <v>360</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B194" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C194" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F194">
-        <v>95</v>
+        <v>29</v>
       </c>
       <c r="G194">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="H194">
-        <v>152</v>
+        <v>44</v>
       </c>
       <c r="I194">
-        <v>151</v>
+        <v>26</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B195" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D195" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E195" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F195">
-        <v>9</v>
+        <v>1703</v>
       </c>
       <c r="G195">
-        <v>8</v>
+        <v>1491</v>
       </c>
       <c r="H195">
-        <v>3</v>
+        <v>674</v>
       </c>
       <c r="I195">
-        <v>3</v>
+        <v>587</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B196" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E196" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F196">
-        <v>2</v>
+        <v>1642</v>
       </c>
       <c r="G196">
-        <v>1</v>
+        <v>1494</v>
       </c>
       <c r="H196">
-        <v>10</v>
+        <v>2733</v>
       </c>
       <c r="I196">
-        <v>8</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B197" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C197" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E197" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F197">
-        <v>66</v>
+        <v>213</v>
       </c>
       <c r="G197">
-        <v>66</v>
+        <v>197</v>
       </c>
       <c r="H197">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="I197">
-        <v>22</v>
+        <v>71</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B198" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C198" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E198" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F198">
-        <v>157</v>
+        <v>131</v>
       </c>
       <c r="G198">
-        <v>157</v>
+        <v>135</v>
       </c>
       <c r="H198">
-        <v>202</v>
+        <v>249</v>
       </c>
       <c r="I198">
-        <v>202</v>
+        <v>254</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="8">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B199" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E199" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F199">
-        <v>274</v>
+        <v>20</v>
       </c>
       <c r="G199">
-        <v>326</v>
+        <v>22</v>
       </c>
       <c r="H199">
-        <v>93</v>
+        <v>7</v>
       </c>
       <c r="I199">
-        <v>110</v>
+        <v>7</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B200" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C200" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E200" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F200">
+        <v>1</v>
+      </c>
+      <c r="G200">
+        <v>1</v>
+      </c>
+      <c r="H200">
+        <v>16</v>
+      </c>
+      <c r="I200">
         <v>12</v>
-      </c>
-[...10 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D201" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E201" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F201">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="G201">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="H201">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I201">
-        <v>33</v>
+        <v>23</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B202" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C202" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D202" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E202" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F202">
-        <v>77</v>
+        <v>172</v>
       </c>
       <c r="G202">
-        <v>95</v>
+        <v>172</v>
       </c>
       <c r="H202">
-        <v>131</v>
+        <v>216</v>
       </c>
       <c r="I202">
-        <v>156</v>
+        <v>216</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B203" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E203" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F203">
-        <v>144</v>
+        <v>276</v>
       </c>
       <c r="G203">
-        <v>153</v>
+        <v>349</v>
       </c>
       <c r="H203">
-        <v>66</v>
+        <v>96</v>
       </c>
       <c r="I203">
-        <v>62</v>
+        <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B204" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C204" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E204" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F204">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="G204">
-        <v>134</v>
+        <v>175</v>
       </c>
       <c r="H204">
-        <v>249</v>
+        <v>305</v>
       </c>
       <c r="I204">
-        <v>208</v>
+        <v>338</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C205" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D205" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D205" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E205" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F205">
-        <v>435</v>
+        <v>62</v>
       </c>
       <c r="G205">
-        <v>485</v>
+        <v>76</v>
       </c>
       <c r="H205">
-        <v>147</v>
+        <v>21</v>
       </c>
       <c r="I205">
-        <v>163</v>
+        <v>25</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B206" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C206" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D206" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D206" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E206" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F206">
-        <v>1584</v>
+        <v>88</v>
       </c>
       <c r="G206">
-        <v>1576</v>
+        <v>113</v>
       </c>
       <c r="H206">
-        <v>1795</v>
+        <v>127</v>
       </c>
       <c r="I206">
-        <v>1811</v>
+        <v>153</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E207" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F207">
-        <v>2</v>
+        <v>193</v>
       </c>
       <c r="G207">
-        <v>3</v>
+        <v>199</v>
       </c>
       <c r="H207">
-        <v>1</v>
+        <v>85</v>
       </c>
       <c r="I207">
-        <v>1</v>
+        <v>78</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="4">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B208" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E208" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F208">
-        <v>19</v>
+        <v>217</v>
       </c>
       <c r="G208">
-        <v>20</v>
+        <v>154</v>
       </c>
       <c r="H208">
-        <v>20</v>
+        <v>289</v>
       </c>
       <c r="I208">
-        <v>20</v>
+        <v>241</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="4">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E209" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F209">
-        <v>5219</v>
+        <v>427</v>
       </c>
       <c r="G209">
-        <v>5098</v>
+        <v>472</v>
       </c>
       <c r="H209">
-        <v>1741</v>
+        <v>146</v>
       </c>
       <c r="I209">
-        <v>1700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="4">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B210" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C210" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D210" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E210" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F210">
-        <v>11339</v>
+        <v>1610</v>
       </c>
       <c r="G210">
-        <v>10954</v>
+        <v>1612</v>
       </c>
       <c r="H210">
-        <v>14274</v>
+        <v>1826</v>
       </c>
       <c r="I210">
-        <v>13844</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="4">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B211" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D211" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E211" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F211">
-        <v>139</v>
+        <v>14</v>
       </c>
       <c r="G211">
-        <v>142</v>
+        <v>18</v>
       </c>
       <c r="H211">
-        <v>47</v>
+        <v>5</v>
       </c>
       <c r="I211">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="4">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B212" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C212" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D212" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E212" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F212">
-        <v>252</v>
+        <v>17</v>
       </c>
       <c r="G212">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="H212">
-        <v>319</v>
+        <v>26</v>
       </c>
       <c r="I212">
-        <v>331</v>
+        <v>26</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B213" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D213" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E213" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F213">
-        <v>18</v>
+        <v>4444</v>
       </c>
       <c r="G213">
-        <v>16</v>
+        <v>4340</v>
       </c>
       <c r="H213">
-        <v>30</v>
+        <v>1482</v>
       </c>
       <c r="I213">
-        <v>21</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B214" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C214" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D214" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E214" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F214">
-        <v>1159</v>
+        <v>12240</v>
       </c>
       <c r="G214">
-        <v>1016</v>
+        <v>11759</v>
       </c>
       <c r="H214">
-        <v>394</v>
+        <v>14704</v>
       </c>
       <c r="I214">
-        <v>345</v>
+        <v>14132</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E215" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F215">
-        <v>1486</v>
+        <v>155</v>
       </c>
       <c r="G215">
-        <v>1371</v>
+        <v>154</v>
       </c>
       <c r="H215">
-        <v>2085</v>
+        <v>52</v>
       </c>
       <c r="I215">
-        <v>1917</v>
+        <v>52</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B216" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C216" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D216" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E216" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F216">
-        <v>75</v>
+        <v>277</v>
       </c>
       <c r="G216">
-        <v>71</v>
+        <v>287</v>
       </c>
       <c r="H216">
-        <v>25</v>
+        <v>347</v>
       </c>
       <c r="I216">
-        <v>24</v>
+        <v>358</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F217">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="G217">
-        <v>112</v>
+        <v>18</v>
       </c>
       <c r="H217">
-        <v>144</v>
+        <v>32</v>
       </c>
       <c r="I217">
-        <v>141</v>
+        <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B218" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D218" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E218" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F218">
-        <v>13</v>
+        <v>1239</v>
       </c>
       <c r="G218">
-        <v>13</v>
+        <v>1081</v>
       </c>
       <c r="H218">
-        <v>4</v>
+        <v>483</v>
       </c>
       <c r="I218">
-        <v>4</v>
+        <v>420</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B219" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D219" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E219" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F219">
-        <v>2</v>
+        <v>1459</v>
       </c>
       <c r="G219">
-        <v>1</v>
+        <v>1339</v>
       </c>
       <c r="H219">
-        <v>10</v>
+        <v>2207</v>
       </c>
       <c r="I219">
-        <v>7</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B220" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C220" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D220" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E220" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F220">
-        <v>60</v>
+        <v>129</v>
       </c>
       <c r="G220">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="H220">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="I220">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="8">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C221" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D221" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E221" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F221">
-        <v>146</v>
+        <v>95</v>
       </c>
       <c r="G221">
-        <v>146</v>
+        <v>96</v>
       </c>
       <c r="H221">
-        <v>186</v>
+        <v>152</v>
       </c>
       <c r="I221">
-        <v>186</v>
+        <v>151</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B222" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E222" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F222">
-        <v>315</v>
+        <v>9</v>
       </c>
       <c r="G222">
-        <v>391</v>
+        <v>8</v>
       </c>
       <c r="H222">
-        <v>109</v>
+        <v>3</v>
       </c>
       <c r="I222">
-        <v>135</v>
+        <v>3</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E223" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F223">
-        <v>149</v>
+        <v>2</v>
       </c>
       <c r="G223">
-        <v>151</v>
+        <v>1</v>
       </c>
       <c r="H223">
-        <v>314</v>
+        <v>10</v>
       </c>
       <c r="I223">
-        <v>367</v>
+        <v>8</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B224" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C224" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D224" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E224" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F224">
+        <v>66</v>
+      </c>
+      <c r="G224">
+        <v>66</v>
+      </c>
+      <c r="H224">
         <v>22</v>
       </c>
-      <c r="E224" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I224">
-        <v>34</v>
+        <v>22</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D225" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E225" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F225">
-        <v>74</v>
+        <v>157</v>
       </c>
       <c r="G225">
-        <v>91</v>
+        <v>157</v>
       </c>
       <c r="H225">
-        <v>125</v>
+        <v>202</v>
       </c>
       <c r="I225">
-        <v>141</v>
+        <v>202</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B226" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C226" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D226" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E226" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F226">
-        <v>166</v>
+        <v>274</v>
       </c>
       <c r="G226">
-        <v>162</v>
+        <v>326</v>
       </c>
       <c r="H226">
-        <v>71</v>
+        <v>93</v>
       </c>
       <c r="I226">
-        <v>64</v>
+        <v>110</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D227" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E227" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F227">
-        <v>137</v>
+        <v>182</v>
       </c>
       <c r="G227">
-        <v>110</v>
+        <v>182</v>
       </c>
       <c r="H227">
-        <v>217</v>
+        <v>310</v>
       </c>
       <c r="I227">
-        <v>178</v>
+        <v>349</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B228" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C228" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D228" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D228" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E228" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F228">
-        <v>461</v>
+        <v>80</v>
       </c>
       <c r="G228">
-        <v>509</v>
+        <v>100</v>
       </c>
       <c r="H228">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="I228">
-        <v>172</v>
+        <v>33</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C229" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D229" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D229" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E229" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F229">
-        <v>1498</v>
+        <v>77</v>
       </c>
       <c r="G229">
-        <v>1473</v>
+        <v>95</v>
       </c>
       <c r="H229">
-        <v>1729</v>
+        <v>131</v>
       </c>
       <c r="I229">
-        <v>1724</v>
+        <v>156</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B230" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C230" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E230" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F230">
-        <v>8</v>
+        <v>144</v>
       </c>
       <c r="G230">
-        <v>10</v>
+        <v>153</v>
       </c>
       <c r="H230">
-        <v>3</v>
+        <v>66</v>
       </c>
       <c r="I230">
-        <v>3</v>
+        <v>62</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E231" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F231">
-        <v>13</v>
+        <v>178</v>
       </c>
       <c r="G231">
-        <v>13</v>
+        <v>134</v>
       </c>
       <c r="H231">
-        <v>18</v>
+        <v>249</v>
       </c>
       <c r="I231">
-        <v>19</v>
+        <v>208</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="4">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="B232" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C232" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D232" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E232" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F232">
-        <v>3918</v>
+        <v>435</v>
       </c>
       <c r="G232">
-        <v>3829</v>
+        <v>485</v>
       </c>
       <c r="H232">
-        <v>1307</v>
+        <v>147</v>
       </c>
       <c r="I232">
-        <v>1277</v>
+        <v>163</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="4">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D233" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E233" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F233">
-        <v>11334</v>
+        <v>1584</v>
       </c>
       <c r="G233">
-        <v>10927</v>
+        <v>1576</v>
       </c>
       <c r="H233">
-        <v>13486</v>
+        <v>1795</v>
       </c>
       <c r="I233">
-        <v>13089</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="4">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="B234" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C234" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D234" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E234" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F234">
-        <v>111</v>
+        <v>2</v>
       </c>
       <c r="G234">
-        <v>112</v>
+        <v>3</v>
       </c>
       <c r="H234">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="I234">
-        <v>38</v>
+        <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="4">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D235" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E235" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F235">
-        <v>263</v>
+        <v>19</v>
       </c>
       <c r="G235">
-        <v>272</v>
+        <v>20</v>
       </c>
       <c r="H235">
-        <v>309</v>
+        <v>20</v>
       </c>
       <c r="I235">
-        <v>320</v>
+        <v>20</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B236" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C236" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D236" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E236" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F236">
-        <v>17</v>
+        <v>5219</v>
       </c>
       <c r="G236">
-        <v>15</v>
+        <v>5098</v>
       </c>
       <c r="H236">
-        <v>19</v>
+        <v>1741</v>
       </c>
       <c r="I236">
-        <v>17</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D237" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E237" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F237">
-        <v>1161</v>
+        <v>11339</v>
       </c>
       <c r="G237">
-        <v>1017</v>
+        <v>10954</v>
       </c>
       <c r="H237">
-        <v>388</v>
+        <v>14274</v>
       </c>
       <c r="I237">
-        <v>340</v>
+        <v>13844</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B238" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C238" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D238" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E238" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F238">
-        <v>1586</v>
+        <v>139</v>
       </c>
       <c r="G238">
-        <v>1438</v>
+        <v>142</v>
       </c>
       <c r="H238">
-        <v>2204</v>
+        <v>47</v>
       </c>
       <c r="I238">
-        <v>2022</v>
+        <v>48</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D239" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E239" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F239">
-        <v>115</v>
+        <v>252</v>
       </c>
       <c r="G239">
-        <v>108</v>
+        <v>262</v>
       </c>
       <c r="H239">
-        <v>38</v>
+        <v>319</v>
       </c>
       <c r="I239">
-        <v>36</v>
+        <v>331</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B240" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C240" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E240" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F240">
-        <v>103</v>
+        <v>18</v>
       </c>
       <c r="G240">
-        <v>105</v>
+        <v>16</v>
       </c>
       <c r="H240">
-        <v>150</v>
+        <v>30</v>
       </c>
       <c r="I240">
-        <v>149</v>
+        <v>21</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D241" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E241" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F241">
-        <v>31</v>
+        <v>1159</v>
       </c>
       <c r="G241">
-        <v>37</v>
+        <v>1016</v>
       </c>
       <c r="H241">
-        <v>12</v>
+        <v>394</v>
       </c>
       <c r="I241">
-        <v>14</v>
+        <v>345</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="8">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B242" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C242" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E242" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F242">
-        <v>0</v>
+        <v>1486</v>
       </c>
       <c r="G242">
-        <v>0</v>
+        <v>1371</v>
       </c>
       <c r="H242">
-        <v>15</v>
+        <v>2085</v>
       </c>
       <c r="I242">
-        <v>14</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C243" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E243" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F243">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="G243">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="H243">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I243">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B244" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C244" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D244" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E244" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F244">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="G244">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="H244">
-        <v>126</v>
+        <v>144</v>
       </c>
       <c r="I244">
-        <v>126</v>
+        <v>141</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E245" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F245">
-        <v>270</v>
+        <v>13</v>
       </c>
       <c r="G245">
-        <v>318</v>
+        <v>13</v>
       </c>
       <c r="H245">
-        <v>93</v>
+        <v>4</v>
       </c>
       <c r="I245">
-        <v>109</v>
+        <v>4</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B246" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C246" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E246" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F246">
-        <v>171</v>
+        <v>2</v>
       </c>
       <c r="G246">
-        <v>179</v>
+        <v>1</v>
       </c>
       <c r="H246">
-        <v>314</v>
+        <v>10</v>
       </c>
       <c r="I246">
-        <v>346</v>
+        <v>7</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D247" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E247" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F247">
-        <v>82</v>
+        <v>60</v>
       </c>
       <c r="G247">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="H247">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="I247">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B248" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C248" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D248" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E248" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F248">
-        <v>65</v>
+        <v>146</v>
       </c>
       <c r="G248">
-        <v>85</v>
+        <v>146</v>
       </c>
       <c r="H248">
-        <v>114</v>
+        <v>186</v>
       </c>
       <c r="I248">
-        <v>126</v>
+        <v>186</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D249" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E249" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F249">
-        <v>146</v>
+        <v>315</v>
       </c>
       <c r="G249">
-        <v>169</v>
+        <v>391</v>
       </c>
       <c r="H249">
-        <v>63</v>
+        <v>109</v>
       </c>
       <c r="I249">
-        <v>66</v>
+        <v>135</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B250" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C250" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D250" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E250" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F250">
-        <v>118</v>
+        <v>149</v>
       </c>
       <c r="G250">
-        <v>100</v>
+        <v>151</v>
       </c>
       <c r="H250">
-        <v>198</v>
+        <v>314</v>
       </c>
       <c r="I250">
-        <v>191</v>
+        <v>367</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C251" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D251" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D251" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E251" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F251">
-        <v>365</v>
+        <v>80</v>
       </c>
       <c r="G251">
-        <v>397</v>
+        <v>101</v>
       </c>
       <c r="H251">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="I251">
-        <v>134</v>
+        <v>34</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B252" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C252" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D252" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D252" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E252" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F252">
-        <v>1521</v>
+        <v>74</v>
       </c>
       <c r="G252">
-        <v>1499</v>
+        <v>91</v>
       </c>
       <c r="H252">
-        <v>1700</v>
+        <v>125</v>
       </c>
       <c r="I252">
-        <v>1696</v>
+        <v>141</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E253" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F253">
-        <v>3</v>
+        <v>166</v>
       </c>
       <c r="G253">
-        <v>4</v>
+        <v>162</v>
       </c>
       <c r="H253">
-        <v>1</v>
+        <v>71</v>
       </c>
       <c r="I253">
-        <v>1</v>
+        <v>64</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="4">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B254" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C254" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E254" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F254">
-        <v>12</v>
+        <v>137</v>
       </c>
       <c r="G254">
-        <v>12</v>
+        <v>110</v>
       </c>
       <c r="H254">
-        <v>14</v>
+        <v>217</v>
       </c>
       <c r="I254">
-        <v>14</v>
+        <v>178</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="4">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D255" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E255" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F255">
-        <v>4107</v>
+        <v>461</v>
       </c>
       <c r="G255">
-        <v>3919</v>
+        <v>509</v>
       </c>
       <c r="H255">
-        <v>1370</v>
+        <v>156</v>
       </c>
       <c r="I255">
-        <v>1308</v>
+        <v>172</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="4">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="B256" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C256" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D256" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E256" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F256">
-        <v>11230</v>
+        <v>1498</v>
       </c>
       <c r="G256">
-        <v>10726</v>
+        <v>1473</v>
       </c>
       <c r="H256">
-        <v>13425</v>
+        <v>1729</v>
       </c>
       <c r="I256">
-        <v>12899</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="4">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="B257" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C257" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D257" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E257" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F257">
         <v>8</v>
       </c>
-      <c r="C257" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G257">
-        <v>165</v>
+        <v>10</v>
       </c>
       <c r="H257">
-        <v>58</v>
+        <v>3</v>
       </c>
       <c r="I257">
-        <v>56</v>
+        <v>3</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="4">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="B258" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C258" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D258" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E258" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F258">
         <v>13</v>
       </c>
-      <c r="E258" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G258">
-        <v>194</v>
+        <v>13</v>
       </c>
       <c r="H258">
-        <v>284</v>
+        <v>18</v>
       </c>
       <c r="I258">
-        <v>292</v>
+        <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D259" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E259" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F259">
-        <v>15</v>
+        <v>3918</v>
       </c>
       <c r="G259">
-        <v>13</v>
+        <v>3829</v>
       </c>
       <c r="H259">
-        <v>17</v>
+        <v>1307</v>
       </c>
       <c r="I259">
-        <v>14</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B260" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C260" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E260" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F260">
-        <v>0</v>
+        <v>11334</v>
       </c>
       <c r="G260">
-        <v>0</v>
+        <v>10927</v>
       </c>
       <c r="H260">
-        <v>1</v>
+        <v>13486</v>
       </c>
       <c r="I260">
-        <v>1</v>
+        <v>13089</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D261" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E261" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F261">
-        <v>1181</v>
+        <v>111</v>
       </c>
       <c r="G261">
-        <v>1026</v>
+        <v>112</v>
       </c>
       <c r="H261">
-        <v>396</v>
+        <v>38</v>
       </c>
       <c r="I261">
-        <v>344</v>
+        <v>38</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B262" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C262" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D262" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E262" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F262">
-        <v>1677</v>
+        <v>263</v>
       </c>
       <c r="G262">
-        <v>1520</v>
+        <v>272</v>
       </c>
       <c r="H262">
-        <v>2296</v>
+        <v>309</v>
       </c>
       <c r="I262">
-        <v>2111</v>
+        <v>320</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="8">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E263" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F263">
-        <v>111</v>
+        <v>17</v>
       </c>
       <c r="G263">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="H263">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="I263">
-        <v>35</v>
+        <v>17</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B264" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C264" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E264" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F264">
-        <v>101</v>
+        <v>1161</v>
       </c>
       <c r="G264">
-        <v>102</v>
+        <v>1017</v>
       </c>
       <c r="H264">
-        <v>149</v>
+        <v>388</v>
       </c>
       <c r="I264">
-        <v>148</v>
+        <v>340</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D265" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E265" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F265">
-        <v>25</v>
+        <v>1586</v>
       </c>
       <c r="G265">
-        <v>29</v>
+        <v>1438</v>
       </c>
       <c r="H265">
-        <v>8</v>
+        <v>2204</v>
       </c>
       <c r="I265">
-        <v>10</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B266" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C266" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D266" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C266" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E266" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F266">
-        <v>0</v>
+        <v>115</v>
       </c>
       <c r="G266">
-        <v>0</v>
+        <v>108</v>
       </c>
       <c r="H266">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="I266">
-        <v>15</v>
+        <v>36</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C267" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E267" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F267">
-        <v>50</v>
+        <v>103</v>
       </c>
       <c r="G267">
-        <v>50</v>
+        <v>105</v>
       </c>
       <c r="H267">
-        <v>17</v>
+        <v>150</v>
       </c>
       <c r="I267">
-        <v>17</v>
+        <v>149</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B268" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C268" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D268" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E268" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F268">
+        <v>31</v>
+      </c>
+      <c r="G268">
+        <v>37</v>
+      </c>
+      <c r="H268">
         <v>12</v>
       </c>
-      <c r="F268">
-[...7 lines deleted...]
-      </c>
       <c r="I268">
-        <v>82</v>
+        <v>14</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E269" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F269">
-        <v>249</v>
+        <v>0</v>
       </c>
       <c r="G269">
-        <v>286</v>
+        <v>0</v>
       </c>
       <c r="H269">
-        <v>85</v>
+        <v>15</v>
       </c>
       <c r="I269">
-        <v>97</v>
+        <v>14</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B270" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C270" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D270" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E270" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F270">
-        <v>154</v>
+        <v>50</v>
       </c>
       <c r="G270">
-        <v>156</v>
+        <v>50</v>
       </c>
       <c r="H270">
-        <v>289</v>
+        <v>17</v>
       </c>
       <c r="I270">
-        <v>310</v>
+        <v>17</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D271" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E271" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F271">
-        <v>73</v>
+        <v>97</v>
       </c>
       <c r="G271">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="H271">
-        <v>24</v>
+        <v>126</v>
       </c>
       <c r="I271">
-        <v>33</v>
+        <v>126</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B272" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C272" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D272" s="4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E272" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F272">
-        <v>82</v>
+        <v>270</v>
       </c>
       <c r="G272">
-        <v>118</v>
+        <v>318</v>
       </c>
       <c r="H272">
-        <v>124</v>
+        <v>93</v>
       </c>
       <c r="I272">
-        <v>147</v>
+        <v>109</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D273" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E273" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F273">
-        <v>127</v>
+        <v>171</v>
       </c>
       <c r="G273">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="H273">
-        <v>50</v>
+        <v>314</v>
       </c>
       <c r="I273">
-        <v>56</v>
+        <v>346</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B274" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C274" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D274" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E274" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F274">
-        <v>117</v>
+        <v>82</v>
       </c>
       <c r="G274">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="H274">
-        <v>188</v>
+        <v>28</v>
       </c>
       <c r="I274">
-        <v>186</v>
+        <v>32</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C275" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D275" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D275" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E275" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F275">
-        <v>406</v>
+        <v>65</v>
       </c>
       <c r="G275">
-        <v>463</v>
+        <v>85</v>
       </c>
       <c r="H275">
-        <v>137</v>
+        <v>114</v>
       </c>
       <c r="I275">
-        <v>157</v>
+        <v>126</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B276" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C276" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E276" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F276">
-        <v>1457</v>
+        <v>146</v>
       </c>
       <c r="G276">
-        <v>1445</v>
+        <v>169</v>
       </c>
       <c r="H276">
-        <v>1660</v>
+        <v>63</v>
       </c>
       <c r="I276">
-        <v>1664</v>
+        <v>66</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E277" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F277">
-        <v>2</v>
+        <v>118</v>
       </c>
       <c r="G277">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="H277">
-        <v>1</v>
+        <v>198</v>
       </c>
       <c r="I277">
-        <v>1</v>
+        <v>191</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="4">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B278" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C278" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D278" s="4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E278" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F278">
-        <v>13</v>
+        <v>365</v>
       </c>
       <c r="G278">
-        <v>13</v>
+        <v>397</v>
       </c>
       <c r="H278">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="I278">
-        <v>13</v>
+        <v>134</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="4">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D279" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E279" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F279">
-        <v>4087</v>
+        <v>1521</v>
       </c>
       <c r="G279">
-        <v>3841</v>
+        <v>1499</v>
       </c>
       <c r="H279">
-        <v>1364</v>
+        <v>1700</v>
       </c>
       <c r="I279">
-        <v>1282</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="4">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="B280" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C280" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D280" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E280" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F280">
-        <v>11226</v>
+        <v>3</v>
       </c>
       <c r="G280">
-        <v>10548</v>
+        <v>4</v>
       </c>
       <c r="H280">
-        <v>13463</v>
+        <v>1</v>
       </c>
       <c r="I280">
-        <v>12719</v>
+        <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="4">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D281" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E281" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F281">
-        <v>114</v>
+        <v>12</v>
       </c>
       <c r="G281">
-        <v>110</v>
+        <v>12</v>
       </c>
       <c r="H281">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="I281">
-        <v>37</v>
+        <v>14</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B282" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C282" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E282" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F282">
-        <v>164</v>
+        <v>4107</v>
       </c>
       <c r="G282">
-        <v>165</v>
+        <v>3919</v>
       </c>
       <c r="H282">
-        <v>219</v>
+        <v>1370</v>
       </c>
       <c r="I282">
-        <v>222</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D283" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E283" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F283">
-        <v>12</v>
+        <v>11230</v>
       </c>
       <c r="G283">
-        <v>11</v>
+        <v>10726</v>
       </c>
       <c r="H283">
-        <v>15</v>
+        <v>13425</v>
       </c>
       <c r="I283">
-        <v>13</v>
+        <v>12899</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B284" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C284" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E284" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F284">
-        <v>1221</v>
+        <v>172</v>
       </c>
       <c r="G284">
-        <v>1045</v>
+        <v>165</v>
       </c>
       <c r="H284">
-        <v>408</v>
+        <v>58</v>
       </c>
       <c r="I284">
-        <v>350</v>
+        <v>56</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="8">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D285" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E285" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F285">
-        <v>1603</v>
+        <v>188</v>
       </c>
       <c r="G285">
-        <v>1427</v>
+        <v>194</v>
       </c>
       <c r="H285">
-        <v>2258</v>
+        <v>284</v>
       </c>
       <c r="I285">
-        <v>2041</v>
+        <v>292</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B286" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C286" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E286" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F286">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="G286">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="H286">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I286">
-        <v>29</v>
+        <v>14</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D287" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E287" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F287">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="G287">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="H287">
-        <v>146</v>
+        <v>1</v>
       </c>
       <c r="I287">
-        <v>141</v>
+        <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B288" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C288" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D288" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E288" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F288">
-        <v>37</v>
+        <v>1181</v>
       </c>
       <c r="G288">
-        <v>43</v>
+        <v>1026</v>
       </c>
       <c r="H288">
-        <v>13</v>
+        <v>396</v>
       </c>
       <c r="I288">
-        <v>15</v>
+        <v>344</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D289" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E289" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F289">
-        <v>0</v>
+        <v>1677</v>
       </c>
       <c r="G289">
-        <v>0</v>
+        <v>1520</v>
       </c>
       <c r="H289">
-        <v>24</v>
+        <v>2296</v>
       </c>
       <c r="I289">
-        <v>24</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B290" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C290" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D290" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E290" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F290">
-        <v>50</v>
+        <v>111</v>
       </c>
       <c r="G290">
-        <v>50</v>
+        <v>103</v>
       </c>
       <c r="H290">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I290">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C291" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D291" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E291" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F291">
-        <v>28</v>
+        <v>101</v>
       </c>
       <c r="G291">
-        <v>28</v>
+        <v>102</v>
       </c>
       <c r="H291">
-        <v>61</v>
+        <v>149</v>
       </c>
       <c r="I291">
-        <v>61</v>
+        <v>148</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B292" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C292" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E292" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F292">
-        <v>189</v>
+        <v>25</v>
       </c>
       <c r="G292">
-        <v>215</v>
+        <v>29</v>
       </c>
       <c r="H292">
-        <v>67</v>
+        <v>8</v>
       </c>
       <c r="I292">
-        <v>76</v>
+        <v>10</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E293" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F293">
-        <v>136</v>
+        <v>0</v>
       </c>
       <c r="G293">
-        <v>136</v>
+        <v>0</v>
       </c>
       <c r="H293">
-        <v>233</v>
+        <v>13</v>
       </c>
       <c r="I293">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B294" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C294" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D294" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E294" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F294">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="G294">
-        <v>98</v>
+        <v>50</v>
       </c>
       <c r="H294">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I294">
-        <v>33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D295" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E295" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F295">
-        <v>106</v>
+        <v>50</v>
       </c>
       <c r="G295">
-        <v>147</v>
+        <v>50</v>
       </c>
       <c r="H295">
-        <v>150</v>
+        <v>82</v>
       </c>
       <c r="I295">
-        <v>175</v>
+        <v>82</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B296" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D296" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E296" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F296">
-        <v>128</v>
+        <v>249</v>
       </c>
       <c r="G296">
-        <v>153</v>
+        <v>286</v>
       </c>
       <c r="H296">
-        <v>51</v>
+        <v>85</v>
       </c>
       <c r="I296">
-        <v>57</v>
+        <v>97</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D297" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E297" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F297">
-        <v>78</v>
+        <v>154</v>
       </c>
       <c r="G297">
-        <v>51</v>
+        <v>156</v>
       </c>
       <c r="H297">
-        <v>147</v>
+        <v>289</v>
       </c>
       <c r="I297">
-        <v>137</v>
+        <v>310</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B298" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C298" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D298" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D298" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E298" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F298">
-        <v>406</v>
+        <v>73</v>
       </c>
       <c r="G298">
-        <v>452</v>
+        <v>99</v>
       </c>
       <c r="H298">
-        <v>138</v>
+        <v>24</v>
       </c>
       <c r="I298">
-        <v>154</v>
+        <v>33</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C299" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D299" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D299" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E299" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F299">
-        <v>1417</v>
+        <v>82</v>
       </c>
       <c r="G299">
-        <v>1414</v>
+        <v>118</v>
       </c>
       <c r="H299">
-        <v>1616</v>
+        <v>124</v>
       </c>
       <c r="I299">
-        <v>1628</v>
+        <v>147</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B300" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C300" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E300" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F300">
-        <v>4</v>
+        <v>127</v>
       </c>
       <c r="G300">
-        <v>6</v>
+        <v>152</v>
       </c>
       <c r="H300">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I300">
-        <v>2</v>
+        <v>56</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="4">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E301" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F301">
-        <v>12</v>
+        <v>117</v>
       </c>
       <c r="G301">
-        <v>14</v>
+        <v>106</v>
       </c>
       <c r="H301">
-        <v>14</v>
+        <v>188</v>
       </c>
       <c r="I301">
-        <v>15</v>
+        <v>186</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="4">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="B302" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C302" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E302" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F302">
-        <v>3888</v>
+        <v>406</v>
       </c>
       <c r="G302">
-        <v>3606</v>
+        <v>463</v>
       </c>
       <c r="H302">
-        <v>1296</v>
+        <v>137</v>
       </c>
       <c r="I302">
-        <v>1202</v>
+        <v>157</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="4">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D303" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E303" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F303">
-        <v>11362</v>
+        <v>1457</v>
       </c>
       <c r="G303">
-        <v>10632</v>
+        <v>1445</v>
       </c>
       <c r="H303">
-        <v>13407</v>
+        <v>1660</v>
       </c>
       <c r="I303">
-        <v>12634</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="4">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="B304" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C304" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E304" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F304">
-        <v>146</v>
+        <v>2</v>
       </c>
       <c r="G304">
-        <v>140</v>
+        <v>3</v>
       </c>
       <c r="H304">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="I304">
-        <v>47</v>
+        <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="4">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D305" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E305" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F305">
         <v>13</v>
       </c>
-      <c r="E305" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G305">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="H305">
-        <v>185</v>
+        <v>13</v>
       </c>
       <c r="I305">
-        <v>187</v>
+        <v>13</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B306" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C306" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D306" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E306" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F306">
-        <v>11</v>
+        <v>4087</v>
       </c>
       <c r="G306">
-        <v>10</v>
+        <v>3841</v>
       </c>
       <c r="H306">
-        <v>12</v>
+        <v>1364</v>
       </c>
       <c r="I306">
-        <v>10</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="8">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E307" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F307">
-        <v>0</v>
+        <v>11226</v>
       </c>
       <c r="G307">
-        <v>0</v>
+        <v>10548</v>
       </c>
       <c r="H307">
-        <v>0</v>
+        <v>13463</v>
       </c>
       <c r="I307">
-        <v>0</v>
+        <v>12719</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B308" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C308" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D308" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E308" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F308">
-        <v>1132</v>
+        <v>114</v>
       </c>
       <c r="G308">
-        <v>960</v>
+        <v>110</v>
       </c>
       <c r="H308">
-        <v>380</v>
+        <v>38</v>
       </c>
       <c r="I308">
-        <v>323</v>
+        <v>37</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D309" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E309" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F309">
-        <v>1725</v>
+        <v>164</v>
       </c>
       <c r="G309">
-        <v>1550</v>
+        <v>165</v>
       </c>
       <c r="H309">
-        <v>2322</v>
+        <v>219</v>
       </c>
       <c r="I309">
-        <v>2112</v>
+        <v>222</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B310" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C310" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E310" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F310">
-        <v>103</v>
+        <v>12</v>
       </c>
       <c r="G310">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="H310">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="I310">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B311" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E311" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F311">
-        <v>66</v>
+        <v>1221</v>
       </c>
       <c r="G311">
-        <v>64</v>
+        <v>1045</v>
       </c>
       <c r="H311">
-        <v>121</v>
+        <v>408</v>
       </c>
       <c r="I311">
-        <v>117</v>
+        <v>350</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B312" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C312" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E312" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F312">
-        <v>43</v>
+        <v>1603</v>
       </c>
       <c r="G312">
-        <v>44</v>
+        <v>1427</v>
       </c>
       <c r="H312">
-        <v>15</v>
+        <v>2258</v>
       </c>
       <c r="I312">
-        <v>15</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B313" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C313" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D313" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C313" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E313" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F313">
-        <v>1</v>
+        <v>91</v>
       </c>
       <c r="G313">
-        <v>1</v>
+        <v>85</v>
       </c>
       <c r="H313">
+        <v>31</v>
+      </c>
+      <c r="I313">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B314" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C314" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D314" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E314" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F314">
-        <v>28</v>
+        <v>103</v>
       </c>
       <c r="G314">
-        <v>28</v>
+        <v>99</v>
       </c>
       <c r="H314">
-        <v>9</v>
+        <v>146</v>
       </c>
       <c r="I314">
-        <v>9</v>
+        <v>141</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D315" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E315" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F315">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="G315">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="H315">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="I315">
-        <v>49</v>
+        <v>15</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B316" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C316" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E316" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F316">
-        <v>173</v>
+        <v>0</v>
       </c>
       <c r="G316">
-        <v>189</v>
+        <v>0</v>
       </c>
       <c r="H316">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="I316">
-        <v>68</v>
+        <v>24</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D317" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E317" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F317">
-        <v>130</v>
+        <v>50</v>
       </c>
       <c r="G317">
-        <v>132</v>
+        <v>50</v>
       </c>
       <c r="H317">
-        <v>230</v>
+        <v>17</v>
       </c>
       <c r="I317">
-        <v>244</v>
+        <v>17</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B318" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C318" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D318" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E318" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F318">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="G318">
-        <v>120</v>
+        <v>28</v>
       </c>
       <c r="H318">
-        <v>34</v>
+        <v>61</v>
       </c>
       <c r="I318">
-        <v>44</v>
+        <v>61</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B319" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D319" s="4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E319" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F319">
-        <v>92</v>
+        <v>189</v>
       </c>
       <c r="G319">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="H319">
-        <v>148</v>
+        <v>67</v>
       </c>
       <c r="I319">
-        <v>176</v>
+        <v>76</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B320" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C320" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D320" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E320" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F320">
-        <v>24</v>
+        <v>136</v>
       </c>
       <c r="G320">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="H320">
-        <v>14</v>
+        <v>233</v>
       </c>
       <c r="I320">
-        <v>11</v>
+        <v>250</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B321" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D321" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E321" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F321">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G321">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H321">
-        <v>79</v>
+        <v>25</v>
       </c>
       <c r="I321">
-        <v>55</v>
+        <v>33</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B322" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C322" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D322" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D322" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E322" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F322">
-        <v>375</v>
+        <v>106</v>
       </c>
       <c r="G322">
-        <v>415</v>
+        <v>147</v>
       </c>
       <c r="H322">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="I322">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B323" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D323" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E323" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F323">
-        <v>1397</v>
+        <v>128</v>
       </c>
       <c r="G323">
-        <v>1377</v>
+        <v>153</v>
       </c>
       <c r="H323">
-        <v>1584</v>
+        <v>51</v>
       </c>
       <c r="I323">
-        <v>1575</v>
+        <v>57</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B324" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C324" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E324" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F324">
-        <v>5</v>
+        <v>78</v>
       </c>
       <c r="G324">
-        <v>7</v>
+        <v>51</v>
       </c>
       <c r="H324">
-        <v>2</v>
+        <v>147</v>
       </c>
       <c r="I324">
-        <v>2</v>
+        <v>137</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="4">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B325" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C325" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D325" s="4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E325" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F325">
-        <v>10</v>
+        <v>406</v>
       </c>
       <c r="G325">
-        <v>9</v>
+        <v>452</v>
       </c>
       <c r="H325">
-        <v>12</v>
+        <v>138</v>
       </c>
       <c r="I325">
-        <v>12</v>
+        <v>154</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="4">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="B326" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C326" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D326" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E326" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F326">
-        <v>3591</v>
+        <v>1417</v>
       </c>
       <c r="G326">
-        <v>3366</v>
+        <v>1414</v>
       </c>
       <c r="H326">
-        <v>1197</v>
+        <v>1616</v>
       </c>
       <c r="I326">
-        <v>1122</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="4">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="B327" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C327" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D327" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E327" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F327">
-        <v>11689</v>
+        <v>4</v>
       </c>
       <c r="G327">
-        <v>10910</v>
+        <v>6</v>
       </c>
       <c r="H327">
-        <v>13529</v>
+        <v>1</v>
       </c>
       <c r="I327">
-        <v>12785</v>
+        <v>2</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="8">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="B328" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C328" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D328" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E328" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F328">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="G328">
-        <v>72</v>
+        <v>14</v>
       </c>
       <c r="H328">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="I328">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B329" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C329" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E329" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F329">
-        <v>75</v>
+        <v>3888</v>
       </c>
       <c r="G329">
-        <v>74</v>
+        <v>3606</v>
       </c>
       <c r="H329">
-        <v>117</v>
+        <v>1296</v>
       </c>
       <c r="I329">
-        <v>118</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B330" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C330" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D330" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E330" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F330">
-        <v>12</v>
+        <v>11362</v>
       </c>
       <c r="G330">
-        <v>10</v>
+        <v>10632</v>
       </c>
       <c r="H330">
-        <v>11</v>
+        <v>13407</v>
       </c>
       <c r="I330">
-        <v>10</v>
+        <v>12634</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B331" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C331" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D331" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E331" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F331">
-        <v>1370</v>
+        <v>146</v>
       </c>
       <c r="G331">
-        <v>1178</v>
+        <v>140</v>
       </c>
       <c r="H331">
-        <v>457</v>
+        <v>49</v>
       </c>
       <c r="I331">
-        <v>393</v>
+        <v>47</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B332" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C332" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D332" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E332" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F332">
-        <v>1588</v>
+        <v>106</v>
       </c>
       <c r="G332">
-        <v>1419</v>
+        <v>104</v>
       </c>
       <c r="H332">
-        <v>2298</v>
+        <v>185</v>
       </c>
       <c r="I332">
-        <v>2091</v>
+        <v>187</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B333" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E333" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F333">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="G333">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="H333">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I333">
-        <v>21</v>
+        <v>10</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B334" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C334" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D334" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E334" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F334">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="G334">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="H334">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="I334">
-        <v>86</v>
+        <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B335" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C335" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D335" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E335" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F335">
-        <v>52</v>
+        <v>1132</v>
       </c>
       <c r="G335">
-        <v>51</v>
+        <v>960</v>
       </c>
       <c r="H335">
-        <v>18</v>
+        <v>380</v>
       </c>
       <c r="I335">
-        <v>17</v>
+        <v>323</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B336" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C336" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D336" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E336" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F336">
-        <v>0</v>
+        <v>1725</v>
       </c>
       <c r="G336">
-        <v>0</v>
+        <v>1550</v>
       </c>
       <c r="H336">
-        <v>33</v>
+        <v>2322</v>
       </c>
       <c r="I336">
-        <v>34</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B337" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C337" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D337" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E337" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F337">
-        <v>28</v>
+        <v>103</v>
       </c>
       <c r="G337">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="H337">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="I337">
-        <v>9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B338" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C338" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D338" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E338" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F338">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="G338">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="H338">
-        <v>46</v>
+        <v>121</v>
       </c>
       <c r="I338">
-        <v>46</v>
+        <v>117</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B339" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E339" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F339">
-        <v>180</v>
+        <v>43</v>
       </c>
       <c r="G339">
-        <v>204</v>
+        <v>44</v>
       </c>
       <c r="H339">
-        <v>65</v>
+        <v>15</v>
       </c>
       <c r="I339">
-        <v>73</v>
+        <v>15</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B340" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C340" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E340" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F340">
-        <v>140</v>
+        <v>1</v>
       </c>
       <c r="G340">
-        <v>142</v>
+        <v>1</v>
       </c>
       <c r="H340">
-        <v>235</v>
+        <v>29</v>
       </c>
       <c r="I340">
-        <v>254</v>
+        <v>28</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B341" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C341" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D341" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E341" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F341">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="G341">
-        <v>109</v>
+        <v>28</v>
       </c>
       <c r="H341">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="I341">
-        <v>39</v>
+        <v>9</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B342" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C342" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D342" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E342" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F342">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="G342">
-        <v>98</v>
+        <v>30</v>
       </c>
       <c r="H342">
-        <v>125</v>
+        <v>49</v>
       </c>
       <c r="I342">
-        <v>141</v>
+        <v>49</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B343" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D343" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E343" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F343">
-        <v>31</v>
+        <v>173</v>
       </c>
       <c r="G343">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="H343">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="I343">
-        <v>14</v>
+        <v>68</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B344" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C344" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D344" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E344" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F344">
-        <v>49</v>
+        <v>130</v>
       </c>
       <c r="G344">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="H344">
-        <v>65</v>
+        <v>230</v>
       </c>
       <c r="I344">
-        <v>50</v>
+        <v>244</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B345" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C345" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D345" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D345" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E345" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F345">
-        <v>335</v>
+        <v>92</v>
       </c>
       <c r="G345">
-        <v>368</v>
+        <v>120</v>
       </c>
       <c r="H345">
-        <v>113</v>
+        <v>34</v>
       </c>
       <c r="I345">
-        <v>124</v>
+        <v>44</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B346" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C346" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D346" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D346" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E346" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F346">
-        <v>1418</v>
+        <v>92</v>
       </c>
       <c r="G346">
-        <v>1404</v>
+        <v>124</v>
       </c>
       <c r="H346">
-        <v>1574</v>
+        <v>148</v>
       </c>
       <c r="I346">
-        <v>1571</v>
+        <v>176</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B347" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E347" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F347">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="G347">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="H347">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="I347">
-        <v>2</v>
+        <v>11</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="4">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B348" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C348" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E348" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F348">
-        <v>12</v>
+        <v>66</v>
       </c>
       <c r="G348">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="H348">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="I348">
-        <v>13</v>
+        <v>55</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="4">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="B349" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D349" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E349" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F349">
-        <v>4438</v>
+        <v>375</v>
       </c>
       <c r="G349">
-        <v>4157</v>
+        <v>415</v>
       </c>
       <c r="H349">
-        <v>1479</v>
+        <v>127</v>
       </c>
       <c r="I349">
-        <v>1386</v>
+        <v>140</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="4">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="B350" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C350" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D350" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E350" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F350">
-        <v>10844</v>
+        <v>1397</v>
       </c>
       <c r="G350">
-        <v>10480</v>
+        <v>1377</v>
       </c>
       <c r="H350">
-        <v>13261</v>
+        <v>1584</v>
       </c>
       <c r="I350">
-        <v>12754</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="8">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="B351" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C351" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D351" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E351" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F351">
-        <v>31</v>
+        <v>5</v>
       </c>
       <c r="G351">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="H351">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I351">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="4">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="B352" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C352" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D352" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E352" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F352">
+        <v>10</v>
+      </c>
+      <c r="G352">
         <v>9</v>
       </c>
-      <c r="D352" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E352" s="4" t="s">
+      <c r="H352">
         <v>12</v>
       </c>
-      <c r="F352">
-[...7 lines deleted...]
-      </c>
       <c r="I352">
-        <v>100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B353" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C353" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D353" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E353" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F353">
-        <v>7</v>
+        <v>3591</v>
       </c>
       <c r="G353">
-        <v>6</v>
+        <v>3366</v>
       </c>
       <c r="H353">
-        <v>8</v>
+        <v>1197</v>
       </c>
       <c r="I353">
-        <v>7</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B354" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C354" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D354" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E354" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F354">
-        <v>1125</v>
+        <v>11689</v>
       </c>
       <c r="G354">
-        <v>981</v>
+        <v>10910</v>
       </c>
       <c r="H354">
-        <v>376</v>
+        <v>13529</v>
       </c>
       <c r="I354">
-        <v>329</v>
+        <v>12785</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B355" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C355" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D355" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E355" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F355">
-        <v>1610</v>
+        <v>73</v>
       </c>
       <c r="G355">
-        <v>1462</v>
+        <v>72</v>
       </c>
       <c r="H355">
-        <v>2146</v>
+        <v>25</v>
       </c>
       <c r="I355">
-        <v>1993</v>
+        <v>24</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B356" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C356" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D356" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E356" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F356">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="G356">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="H356">
-        <v>18</v>
+        <v>117</v>
       </c>
       <c r="I356">
-        <v>16</v>
+        <v>118</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B357" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C357" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E357" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F357">
         <v>12</v>
       </c>
-      <c r="F357">
-[...1 lines deleted...]
-      </c>
       <c r="G357">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="H357">
-        <v>77</v>
+        <v>11</v>
       </c>
       <c r="I357">
-        <v>78</v>
+        <v>10</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B358" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C358" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D358" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E358" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F358">
-        <v>43</v>
+        <v>1370</v>
       </c>
       <c r="G358">
-        <v>40</v>
+        <v>1178</v>
       </c>
       <c r="H358">
-        <v>16</v>
+        <v>457</v>
       </c>
       <c r="I358">
-        <v>15</v>
+        <v>393</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B359" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C359" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D359" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E359" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F359">
-        <v>8</v>
+        <v>1588</v>
       </c>
       <c r="G359">
-        <v>7</v>
+        <v>1419</v>
       </c>
       <c r="H359">
-        <v>30</v>
+        <v>2298</v>
       </c>
       <c r="I359">
-        <v>29</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B360" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C360" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D360" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E360" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F360">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="G360">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="H360">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="I360">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B361" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C361" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D361" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E361" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F361">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="G361">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="H361">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="I361">
-        <v>46</v>
+        <v>86</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B362" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C362" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E362" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F362">
-        <v>185</v>
+        <v>52</v>
       </c>
       <c r="G362">
-        <v>202</v>
+        <v>51</v>
       </c>
       <c r="H362">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="I362">
-        <v>74</v>
+        <v>17</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B363" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C363" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E363" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F363">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G363">
-        <v>149</v>
+        <v>0</v>
       </c>
       <c r="H363">
-        <v>253</v>
+        <v>33</v>
       </c>
       <c r="I363">
-        <v>273</v>
+        <v>34</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B364" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C364" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D364" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E364" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F364">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="G364">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="H364">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="I364">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B365" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C365" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D365" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E365" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F365">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="G365">
-        <v>125</v>
+        <v>27</v>
       </c>
       <c r="H365">
-        <v>117</v>
+        <v>46</v>
       </c>
       <c r="I365">
-        <v>147</v>
+        <v>46</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B366" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C366" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D366" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E366" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F366">
-        <v>28</v>
+        <v>180</v>
       </c>
       <c r="G366">
-        <v>35</v>
+        <v>204</v>
       </c>
       <c r="H366">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="I366">
-        <v>16</v>
+        <v>73</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B367" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C367" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D367" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E367" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F367">
-        <v>47</v>
+        <v>140</v>
       </c>
       <c r="G367">
-        <v>38</v>
+        <v>142</v>
       </c>
       <c r="H367">
-        <v>63</v>
+        <v>235</v>
       </c>
       <c r="I367">
-        <v>51</v>
+        <v>254</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B368" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C368" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D368" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D368" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E368" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F368">
-        <v>381</v>
+        <v>82</v>
       </c>
       <c r="G368">
-        <v>423</v>
+        <v>109</v>
       </c>
       <c r="H368">
-        <v>129</v>
+        <v>30</v>
       </c>
       <c r="I368">
-        <v>143</v>
+        <v>39</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B369" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C369" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D369" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D369" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E369" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F369">
-        <v>1440</v>
+        <v>75</v>
       </c>
       <c r="G369">
-        <v>1445</v>
+        <v>98</v>
       </c>
       <c r="H369">
-        <v>1621</v>
+        <v>125</v>
       </c>
       <c r="I369">
-        <v>1643</v>
+        <v>141</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B370" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C370" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E370" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F370">
-        <v>5</v>
+        <v>31</v>
       </c>
       <c r="G370">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="H370">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="I370">
-        <v>2</v>
+        <v>14</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="4">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B371" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E371" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F371">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="G371">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="H371">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="I371">
-        <v>16</v>
+        <v>50</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="4">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="B372" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C372" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D372" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E372" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F372">
-        <v>4259</v>
+        <v>335</v>
       </c>
       <c r="G372">
-        <v>4041</v>
+        <v>368</v>
       </c>
       <c r="H372">
-        <v>1420</v>
+        <v>113</v>
       </c>
       <c r="I372">
-        <v>1348</v>
+        <v>124</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="4">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="B373" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D373" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E373" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F373">
-        <v>10078</v>
+        <v>1418</v>
       </c>
       <c r="G373">
-        <v>9654</v>
+        <v>1404</v>
       </c>
       <c r="H373">
-        <v>12366</v>
+        <v>1574</v>
       </c>
       <c r="I373">
-        <v>12042</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="8">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="B374" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C374" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D374" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E374" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F374">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="G374">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="H374">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="I374">
-        <v>13</v>
+        <v>2</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="4">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="B375" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C375" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D375" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E375" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F375">
+        <v>12</v>
+      </c>
+      <c r="G375">
+        <v>11</v>
+      </c>
+      <c r="H375">
         <v>13</v>
       </c>
-      <c r="E375" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I375">
-        <v>106</v>
+        <v>13</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B376" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C376" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D376" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E376" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F376">
-        <v>14</v>
+        <v>4438</v>
       </c>
       <c r="G376">
-        <v>12</v>
+        <v>4157</v>
       </c>
       <c r="H376">
-        <v>11</v>
+        <v>1479</v>
       </c>
       <c r="I376">
-        <v>9</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B377" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C377" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D377" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E377" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F377">
-        <v>914</v>
+        <v>10844</v>
       </c>
       <c r="G377">
-        <v>786</v>
+        <v>10480</v>
       </c>
       <c r="H377">
-        <v>391</v>
+        <v>13261</v>
       </c>
       <c r="I377">
-        <v>337</v>
+        <v>12754</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B378" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C378" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D378" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E378" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F378">
+        <v>31</v>
+      </c>
+      <c r="G378">
+        <v>30</v>
+      </c>
+      <c r="H378">
         <v>10</v>
       </c>
-      <c r="E378" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I378">
-        <v>1889</v>
+        <v>10</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D379" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E379" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F379">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="G379">
-        <v>40</v>
+        <v>83</v>
       </c>
       <c r="H379">
-        <v>19</v>
+        <v>99</v>
       </c>
       <c r="I379">
-        <v>17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B380" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C380" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E380" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F380">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="G380">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="H380">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="I380">
-        <v>69</v>
+        <v>7</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B381" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C381" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D381" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E381" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F381">
-        <v>36</v>
+        <v>1125</v>
       </c>
       <c r="G381">
-        <v>35</v>
+        <v>981</v>
       </c>
       <c r="H381">
-        <v>16</v>
+        <v>376</v>
       </c>
       <c r="I381">
-        <v>15</v>
+        <v>329</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B382" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C382" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D382" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E382" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F382">
-        <v>10</v>
+        <v>1610</v>
       </c>
       <c r="G382">
-        <v>7</v>
+        <v>1462</v>
       </c>
       <c r="H382">
-        <v>30</v>
+        <v>2146</v>
       </c>
       <c r="I382">
-        <v>29</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B383" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C383" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D383" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E383" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F383">
+        <v>55</v>
+      </c>
+      <c r="G383">
+        <v>49</v>
+      </c>
+      <c r="H383">
         <v>18</v>
       </c>
-      <c r="E383" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I383">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B384" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C384" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D384" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E384" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F384">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G384">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="H384">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="I384">
-        <v>46</v>
+        <v>78</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B385" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C385" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E385" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F385">
-        <v>172</v>
+        <v>43</v>
       </c>
       <c r="G385">
-        <v>191</v>
+        <v>40</v>
       </c>
       <c r="H385">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="I385">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B386" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C386" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E386" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F386">
-        <v>175</v>
+        <v>8</v>
       </c>
       <c r="G386">
-        <v>163</v>
+        <v>7</v>
       </c>
       <c r="H386">
-        <v>265</v>
+        <v>30</v>
       </c>
       <c r="I386">
-        <v>272</v>
+        <v>29</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D387" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E387" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F387">
-        <v>79</v>
+        <v>28</v>
       </c>
       <c r="G387">
-        <v>108</v>
+        <v>28</v>
       </c>
       <c r="H387">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="I387">
-        <v>38</v>
+        <v>9</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B388" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C388" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D388" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E388" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F388">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="G388">
-        <v>111</v>
+        <v>26</v>
       </c>
       <c r="H388">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="I388">
-        <v>151</v>
+        <v>46</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D389" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E389" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F389">
-        <v>30</v>
+        <v>185</v>
       </c>
       <c r="G389">
-        <v>33</v>
+        <v>202</v>
       </c>
       <c r="H389">
-        <v>12</v>
+        <v>68</v>
       </c>
       <c r="I389">
-        <v>12</v>
+        <v>74</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B390" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C390" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D390" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E390" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F390">
-        <v>27</v>
+        <v>150</v>
       </c>
       <c r="G390">
-        <v>22</v>
+        <v>149</v>
       </c>
       <c r="H390">
-        <v>45</v>
+        <v>253</v>
       </c>
       <c r="I390">
-        <v>35</v>
+        <v>273</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B391" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C391" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D391" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D391" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E391" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F391">
-        <v>393</v>
+        <v>62</v>
       </c>
       <c r="G391">
-        <v>449</v>
+        <v>85</v>
       </c>
       <c r="H391">
-        <v>133</v>
+        <v>23</v>
       </c>
       <c r="I391">
-        <v>152</v>
+        <v>31</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B392" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C392" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D392" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D392" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E392" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F392">
-        <v>1373</v>
+        <v>89</v>
       </c>
       <c r="G392">
-        <v>1375</v>
+        <v>125</v>
       </c>
       <c r="H392">
-        <v>1595</v>
+        <v>117</v>
       </c>
       <c r="I392">
-        <v>1618</v>
+        <v>147</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B393" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C393" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E393" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F393">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="G393">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="H393">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I393">
-        <v>2</v>
+        <v>16</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="4">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B394" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C394" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E394" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F394">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="G394">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="H394">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="I394">
-        <v>13</v>
+        <v>51</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="4">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="B395" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C395" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D395" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E395" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F395">
-        <v>4361</v>
+        <v>381</v>
       </c>
       <c r="G395">
-        <v>4224</v>
+        <v>423</v>
       </c>
       <c r="H395">
-        <v>1455</v>
+        <v>129</v>
       </c>
       <c r="I395">
-        <v>1409</v>
+        <v>143</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="4">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="B396" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C396" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D396" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E396" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F396">
-        <v>8936</v>
+        <v>1440</v>
       </c>
       <c r="G396">
-        <v>8766</v>
+        <v>1445</v>
       </c>
       <c r="H396">
-        <v>11267</v>
+        <v>1621</v>
       </c>
       <c r="I396">
-        <v>11161</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="8">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C397" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D397" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E397" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F397">
-        <v>62</v>
+        <v>5</v>
       </c>
       <c r="G397">
-        <v>62</v>
+        <v>7</v>
       </c>
       <c r="H397">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="I397">
-        <v>21</v>
+        <v>2</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="4">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="B398" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C398" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D398" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E398" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F398">
         <v>12</v>
       </c>
-      <c r="F398">
-[...1 lines deleted...]
-      </c>
       <c r="G398">
-        <v>70</v>
+        <v>12</v>
       </c>
       <c r="H398">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="I398">
-        <v>102</v>
+        <v>16</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C399" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D399" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E399" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F399">
-        <v>14</v>
+        <v>4259</v>
       </c>
       <c r="G399">
-        <v>13</v>
+        <v>4041</v>
       </c>
       <c r="H399">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="I399">
-        <v>12</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B400" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C400" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D400" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E400" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F400">
-        <v>823</v>
+        <v>10078</v>
       </c>
       <c r="G400">
-        <v>726</v>
+        <v>9654</v>
       </c>
       <c r="H400">
-        <v>372</v>
+        <v>12366</v>
       </c>
       <c r="I400">
-        <v>324</v>
+        <v>12042</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B401" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C401" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D401" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E401" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F401">
-        <v>1367</v>
+        <v>40</v>
       </c>
       <c r="G401">
-        <v>1285</v>
+        <v>39</v>
       </c>
       <c r="H401">
-        <v>1838</v>
+        <v>14</v>
       </c>
       <c r="I401">
-        <v>1743</v>
+        <v>13</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B402" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C402" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D402" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E402" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F402">
-        <v>45</v>
+        <v>87</v>
       </c>
       <c r="G402">
-        <v>40</v>
+        <v>86</v>
       </c>
       <c r="H402">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="I402">
-        <v>16</v>
+        <v>106</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B403" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C403" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E403" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F403">
+        <v>14</v>
+      </c>
+      <c r="G403">
         <v>12</v>
       </c>
-      <c r="F403">
-[...4 lines deleted...]
-      </c>
       <c r="H403">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="I403">
-        <v>57</v>
+        <v>9</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B404" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C404" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D404" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E404" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F404">
-        <v>35</v>
+        <v>914</v>
       </c>
       <c r="G404">
-        <v>33</v>
+        <v>786</v>
       </c>
       <c r="H404">
-        <v>15</v>
+        <v>391</v>
       </c>
       <c r="I404">
-        <v>14</v>
+        <v>337</v>
       </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B405" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C405" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D405" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E405" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F405">
-        <v>9</v>
+        <v>1510</v>
       </c>
       <c r="G405">
-        <v>9</v>
+        <v>1384</v>
       </c>
       <c r="H405">
-        <v>26</v>
+        <v>2026</v>
       </c>
       <c r="I405">
-        <v>26</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B406" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C406" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D406" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E406" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F406">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="G406">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="H406">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="I406">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B407" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C407" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D407" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E407" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F407">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="G407">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="H407">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="I407">
-        <v>45</v>
+        <v>69</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B408" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C408" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E408" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F408">
-        <v>228</v>
+        <v>36</v>
       </c>
       <c r="G408">
-        <v>264</v>
+        <v>35</v>
       </c>
       <c r="H408">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="I408">
-        <v>93</v>
+        <v>15</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B409" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C409" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E409" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F409">
-        <v>169</v>
+        <v>10</v>
       </c>
       <c r="G409">
-        <v>165</v>
+        <v>7</v>
       </c>
       <c r="H409">
-        <v>297</v>
+        <v>30</v>
       </c>
       <c r="I409">
-        <v>311</v>
+        <v>29</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B410" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C410" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D410" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E410" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F410">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="G410">
-        <v>97</v>
+        <v>28</v>
       </c>
       <c r="H410">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="I410">
-        <v>34</v>
+        <v>9</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B411" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C411" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D411" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E411" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F411">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="G411">
-        <v>86</v>
+        <v>27</v>
       </c>
       <c r="H411">
-        <v>105</v>
+        <v>46</v>
       </c>
       <c r="I411">
-        <v>122</v>
+        <v>46</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B412" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C412" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D412" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E412" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F412">
-        <v>25</v>
+        <v>172</v>
       </c>
       <c r="G412">
-        <v>20</v>
+        <v>191</v>
       </c>
       <c r="H412">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="I412">
-        <v>8</v>
+        <v>70</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B413" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C413" s="4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D413" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E413" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F413">
-        <v>0</v>
+        <v>175</v>
       </c>
       <c r="G413">
-        <v>0</v>
+        <v>163</v>
       </c>
       <c r="H413">
-        <v>17</v>
+        <v>265</v>
       </c>
       <c r="I413">
-        <v>12</v>
+        <v>272</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B414" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C414" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D414" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D414" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E414" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F414">
-        <v>377</v>
+        <v>79</v>
       </c>
       <c r="G414">
-        <v>426</v>
+        <v>108</v>
       </c>
       <c r="H414">
-        <v>128</v>
+        <v>28</v>
       </c>
       <c r="I414">
-        <v>144</v>
+        <v>38</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B415" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C415" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D415" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D415" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E415" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F415">
-        <v>1320</v>
+        <v>79</v>
       </c>
       <c r="G415">
-        <v>1328</v>
+        <v>111</v>
       </c>
       <c r="H415">
-        <v>1512</v>
+        <v>123</v>
       </c>
       <c r="I415">
-        <v>1546</v>
+        <v>151</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B416" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C416" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E416" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F416">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="G416">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="H416">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I416">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="4">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B417" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C417" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D417" s="4" t="s">
         <v>27</v>
       </c>
       <c r="E417" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F417">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G417">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="H417">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="I417">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="4">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="B418" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C418" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D418" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E418" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F418">
-        <v>3677</v>
+        <v>393</v>
       </c>
       <c r="G418">
-        <v>3576</v>
+        <v>449</v>
       </c>
       <c r="H418">
-        <v>1228</v>
+        <v>133</v>
       </c>
       <c r="I418">
-        <v>1194</v>
+        <v>152</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="4">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="B419" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C419" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D419" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E419" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F419">
-        <v>8946</v>
+        <v>1373</v>
       </c>
       <c r="G419">
-        <v>8752</v>
+        <v>1375</v>
       </c>
       <c r="H419">
-        <v>10802</v>
+        <v>1595</v>
       </c>
       <c r="I419">
-        <v>10657</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="8">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="B420" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C420" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D420" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E420" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F420">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="G420">
-        <v>53</v>
+        <v>6</v>
       </c>
       <c r="H420">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="I420">
-        <v>18</v>
+        <v>2</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="4">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C421" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D421" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E421" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F421">
+        <v>10</v>
+      </c>
+      <c r="G421">
+        <v>10</v>
+      </c>
+      <c r="H421">
+        <v>12</v>
+      </c>
+      <c r="I421">
         <v>13</v>
-      </c>
-[...13 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B422" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C422" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D422" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E422" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F422">
-        <v>17</v>
+        <v>4361</v>
       </c>
       <c r="G422">
-        <v>16</v>
+        <v>4224</v>
       </c>
       <c r="H422">
-        <v>19</v>
+        <v>1455</v>
       </c>
       <c r="I422">
-        <v>17</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B423" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C423" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D423" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E423" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F423">
-        <v>834</v>
+        <v>8936</v>
       </c>
       <c r="G423">
-        <v>736</v>
+        <v>8766</v>
       </c>
       <c r="H423">
-        <v>358</v>
+        <v>11267</v>
       </c>
       <c r="I423">
-        <v>313</v>
+        <v>11161</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B424" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C424" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D424" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E424" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F424">
-        <v>1300</v>
+        <v>62</v>
       </c>
       <c r="G424">
-        <v>1221</v>
+        <v>62</v>
       </c>
       <c r="H424">
-        <v>1756</v>
+        <v>21</v>
       </c>
       <c r="I424">
-        <v>1663</v>
+        <v>21</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C425" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D425" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E425" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F425">
-        <v>26</v>
+        <v>68</v>
       </c>
       <c r="G425">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="H425">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="I425">
-        <v>10</v>
+        <v>102</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C426" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E426" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F426">
+        <v>14</v>
+      </c>
+      <c r="G426">
+        <v>13</v>
+      </c>
+      <c r="H426">
+        <v>14</v>
+      </c>
+      <c r="I426">
         <v>12</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C427" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D427" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E427" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F427">
-        <v>55</v>
+        <v>823</v>
       </c>
       <c r="G427">
-        <v>51</v>
+        <v>726</v>
       </c>
       <c r="H427">
-        <v>27</v>
+        <v>372</v>
       </c>
       <c r="I427">
-        <v>24</v>
+        <v>324</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B428" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C428" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D428" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E428" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F428">
-        <v>12</v>
+        <v>1367</v>
       </c>
       <c r="G428">
-        <v>10</v>
+        <v>1285</v>
       </c>
       <c r="H428">
-        <v>43</v>
+        <v>1838</v>
       </c>
       <c r="I428">
-        <v>46</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C429" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D429" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E429" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F429">
+        <v>45</v>
+      </c>
+      <c r="G429">
+        <v>40</v>
+      </c>
+      <c r="H429">
         <v>18</v>
       </c>
-      <c r="E429" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I429">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B430" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C430" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D430" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E430" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F430">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G430">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="H430">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="I430">
-        <v>41</v>
+        <v>57</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B431" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C431" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E431" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F431">
-        <v>204</v>
+        <v>35</v>
       </c>
       <c r="G431">
-        <v>231</v>
+        <v>33</v>
       </c>
       <c r="H431">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="I431">
-        <v>83</v>
+        <v>14</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B432" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C432" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E432" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F432">
-        <v>155</v>
+        <v>9</v>
       </c>
       <c r="G432">
-        <v>161</v>
+        <v>9</v>
       </c>
       <c r="H432">
-        <v>272</v>
+        <v>26</v>
       </c>
       <c r="I432">
-        <v>300</v>
+        <v>26</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C433" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D433" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E433" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F433">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="G433">
-        <v>80</v>
+        <v>28</v>
       </c>
       <c r="H433">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="I433">
-        <v>27</v>
+        <v>9</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A434" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B434" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C434" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D434" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E434" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F434">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="G434">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="H434">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="I434">
-        <v>107</v>
+        <v>45</v>
       </c>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C435" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D435" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E435" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F435">
-        <v>411</v>
+        <v>228</v>
       </c>
       <c r="G435">
-        <v>458</v>
+        <v>264</v>
       </c>
       <c r="H435">
-        <v>143</v>
+        <v>82</v>
       </c>
       <c r="I435">
-        <v>159</v>
+        <v>93</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B436" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C436" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D436" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E436" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F436">
-        <v>1203</v>
+        <v>169</v>
       </c>
       <c r="G436">
-        <v>1199</v>
+        <v>165</v>
       </c>
       <c r="H436">
-        <v>1413</v>
+        <v>297</v>
       </c>
       <c r="I436">
-        <v>1440</v>
+        <v>311</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B437" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C437" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D437" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D437" s="4" t="s">
+      <c r="E437" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F437">
+        <v>75</v>
+      </c>
+      <c r="G437">
+        <v>97</v>
+      </c>
+      <c r="H437">
         <v>27</v>
       </c>
-      <c r="E437" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I437">
-        <v>1</v>
+        <v>34</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="4">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="B438" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C438" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D438" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D438" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E438" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F438">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G438">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="H438">
-        <v>12</v>
+        <v>105</v>
       </c>
       <c r="I438">
-        <v>12</v>
+        <v>122</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="4">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="B439" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C439" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D439" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E439" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F439">
+        <v>25</v>
+      </c>
+      <c r="G439">
+        <v>20</v>
+      </c>
+      <c r="H439">
+        <v>9</v>
+      </c>
+      <c r="I439">
         <v>8</v>
-      </c>
-[...19 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A440" s="4">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="B440" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C440" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D440" s="4" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="E440" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F440">
+        <v>0</v>
+      </c>
+      <c r="G440">
+        <v>0</v>
+      </c>
+      <c r="H440">
+        <v>17</v>
+      </c>
+      <c r="I440">
         <v>12</v>
-      </c>
-[...10 lines deleted...]
-        <v>10515</v>
       </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="4">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C441" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D441" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E441" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F441">
-        <v>47</v>
+        <v>377</v>
       </c>
       <c r="G441">
-        <v>45</v>
+        <v>426</v>
       </c>
       <c r="H441">
-        <v>16</v>
+        <v>128</v>
       </c>
       <c r="I441">
-        <v>15</v>
+        <v>144</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="4">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="B442" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C442" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D442" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E442" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F442">
-        <v>78</v>
+        <v>1320</v>
       </c>
       <c r="G442">
-        <v>75</v>
+        <v>1328</v>
       </c>
       <c r="H442">
-        <v>98</v>
+        <v>1512</v>
       </c>
       <c r="I442">
-        <v>98</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="4">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C443" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D443" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E443" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F443">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="G443">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="H443">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="I443">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="8">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="B444" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C444" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D444" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E444" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F444">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G444">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H444">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I444">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B445" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C445" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D445" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E445" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F445">
-        <v>788</v>
+        <v>3677</v>
       </c>
       <c r="G445">
-        <v>679</v>
+        <v>3576</v>
       </c>
       <c r="H445">
-        <v>328</v>
+        <v>1228</v>
       </c>
       <c r="I445">
-        <v>281</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B446" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C446" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D446" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E446" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F446">
-        <v>1234</v>
+        <v>8946</v>
       </c>
       <c r="G446">
-        <v>1117</v>
+        <v>8752</v>
       </c>
       <c r="H446">
-        <v>1663</v>
+        <v>10802</v>
       </c>
       <c r="I446">
-        <v>1557</v>
+        <v>10657</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C447" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D447" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E447" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F447">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="G447">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="H447">
         <v>17</v>
       </c>
       <c r="I447">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B448" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C448" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D448" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E448" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F448">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="G448">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="H448">
-        <v>66</v>
+        <v>97</v>
       </c>
       <c r="I448">
-        <v>68</v>
+        <v>100</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C449" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D449" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E449" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F449">
         <v>17</v>
       </c>
-      <c r="E449" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G449">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="H449">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="I449">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B450" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C450" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D450" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E450" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F450">
-        <v>8</v>
+        <v>834</v>
       </c>
       <c r="G450">
-        <v>8</v>
+        <v>736</v>
       </c>
       <c r="H450">
-        <v>42</v>
+        <v>358</v>
       </c>
       <c r="I450">
-        <v>45</v>
+        <v>313</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B451" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C451" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D451" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E451" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F451">
-        <v>24</v>
+        <v>1300</v>
       </c>
       <c r="G451">
-        <v>24</v>
+        <v>1221</v>
       </c>
       <c r="H451">
-        <v>8</v>
+        <v>1756</v>
       </c>
       <c r="I451">
-        <v>8</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B452" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C452" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D452" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E452" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F452">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G452">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H452">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="I452">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B453" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C453" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D453" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C453" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E453" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F453">
-        <v>212</v>
+        <v>43</v>
       </c>
       <c r="G453">
-        <v>249</v>
+        <v>47</v>
       </c>
       <c r="H453">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="I453">
-        <v>91</v>
+        <v>50</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B454" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C454" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E454" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F454">
-        <v>173</v>
+        <v>55</v>
       </c>
       <c r="G454">
-        <v>184</v>
+        <v>51</v>
       </c>
       <c r="H454">
-        <v>291</v>
+        <v>27</v>
       </c>
       <c r="I454">
-        <v>328</v>
+        <v>24</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C455" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D455" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E455" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F455">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G455">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H455">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="I455">
-        <v>20</v>
+        <v>46</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A456" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B456" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C456" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D456" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E456" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F456">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="G456">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="H456">
-        <v>77</v>
+        <v>8</v>
       </c>
       <c r="I456">
-        <v>104</v>
+        <v>8</v>
       </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B457" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C457" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D457" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E457" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F457">
         <v>25</v>
       </c>
-      <c r="D457" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G457">
-        <v>364</v>
+        <v>25</v>
       </c>
       <c r="H457">
-        <v>113</v>
+        <v>41</v>
       </c>
       <c r="I457">
-        <v>125</v>
+        <v>41</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B458" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C458" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D458" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E458" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F458">
-        <v>1140</v>
+        <v>204</v>
       </c>
       <c r="G458">
-        <v>1139</v>
+        <v>231</v>
       </c>
       <c r="H458">
-        <v>1312</v>
+        <v>76</v>
       </c>
       <c r="I458">
-        <v>1324</v>
+        <v>83</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C459" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D459" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E459" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F459">
-        <v>4</v>
+        <v>155</v>
       </c>
       <c r="G459">
-        <v>4</v>
+        <v>161</v>
       </c>
       <c r="H459">
-        <v>1</v>
+        <v>272</v>
       </c>
       <c r="I459">
-        <v>1</v>
+        <v>300</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460" s="4">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B460" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C460" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D460" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D460" s="4" t="s">
+      <c r="E460" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F460">
+        <v>58</v>
+      </c>
+      <c r="G460">
+        <v>80</v>
+      </c>
+      <c r="H460">
+        <v>19</v>
+      </c>
+      <c r="I460">
         <v>27</v>
-      </c>
-[...13 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="4">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="B461" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C461" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D461" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E461" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F461">
-        <v>2931</v>
+        <v>55</v>
       </c>
       <c r="G461">
-        <v>2683</v>
+        <v>82</v>
       </c>
       <c r="H461">
-        <v>977</v>
+        <v>85</v>
       </c>
       <c r="I461">
-        <v>895</v>
+        <v>107</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A462" s="4">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="B462" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C462" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D462" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E462" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F462">
-        <v>9371</v>
+        <v>411</v>
       </c>
       <c r="G462">
-        <v>8981</v>
+        <v>458</v>
       </c>
       <c r="H462">
-        <v>10787</v>
+        <v>143</v>
       </c>
       <c r="I462">
-        <v>10394</v>
+        <v>159</v>
       </c>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="4">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C463" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D463" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E463" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F463">
-        <v>57</v>
+        <v>1203</v>
       </c>
       <c r="G463">
-        <v>55</v>
+        <v>1199</v>
       </c>
       <c r="H463">
-        <v>19</v>
+        <v>1413</v>
       </c>
       <c r="I463">
-        <v>18</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A464" s="4">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C464" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D464" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E464" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F464">
-        <v>86</v>
+        <v>3</v>
       </c>
       <c r="G464">
-        <v>79</v>
+        <v>4</v>
       </c>
       <c r="H464">
-        <v>97</v>
+        <v>1</v>
       </c>
       <c r="I464">
-        <v>92</v>
+        <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="4">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C465" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D465" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E465" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F465">
+        <v>9</v>
+      </c>
+      <c r="G465">
+        <v>9</v>
+      </c>
+      <c r="H465">
         <v>12</v>
       </c>
-      <c r="F465">
-[...7 lines deleted...]
-      </c>
       <c r="I465">
-        <v>29</v>
+        <v>12</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B466" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C466" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E466" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F466">
-        <v>15</v>
+        <v>3547</v>
       </c>
       <c r="G466">
-        <v>12</v>
+        <v>3457</v>
       </c>
       <c r="H466">
-        <v>6</v>
+        <v>1184</v>
       </c>
       <c r="I466">
-        <v>5</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="8">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C467" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D467" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E467" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F467">
-        <v>828</v>
+        <v>8994</v>
       </c>
       <c r="G467">
-        <v>711</v>
+        <v>8585</v>
       </c>
       <c r="H467">
-        <v>335</v>
+        <v>10802</v>
       </c>
       <c r="I467">
-        <v>285</v>
+        <v>10515</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C468" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D468" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E468" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F468">
-        <v>1158</v>
+        <v>47</v>
       </c>
       <c r="G468">
-        <v>1045</v>
+        <v>45</v>
       </c>
       <c r="H468">
-        <v>1582</v>
+        <v>16</v>
       </c>
       <c r="I468">
-        <v>1436</v>
+        <v>15</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C469" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D469" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E469" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F469">
-        <v>49</v>
+        <v>78</v>
       </c>
       <c r="G469">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="H469">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="I469">
-        <v>16</v>
+        <v>98</v>
       </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B470" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C470" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E470" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F470">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="G470">
-        <v>41</v>
+        <v>7</v>
       </c>
       <c r="H470">
-        <v>65</v>
+        <v>13</v>
       </c>
       <c r="I470">
-        <v>62</v>
+        <v>10</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C471" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D471" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E471" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F471">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="G471">
-        <v>53</v>
+        <v>1</v>
       </c>
       <c r="H471">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="I471">
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B472" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C472" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D472" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E472" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F472">
-        <v>18</v>
+        <v>788</v>
       </c>
       <c r="G472">
-        <v>14</v>
+        <v>679</v>
       </c>
       <c r="H472">
-        <v>54</v>
+        <v>328</v>
       </c>
       <c r="I472">
-        <v>56</v>
+        <v>281</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C473" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D473" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E473" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F473">
-        <v>24</v>
+        <v>1234</v>
       </c>
       <c r="G473">
-        <v>24</v>
+        <v>1117</v>
       </c>
       <c r="H473">
-        <v>8</v>
+        <v>1663</v>
       </c>
       <c r="I473">
-        <v>8</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B474" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C474" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D474" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E474" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F474">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="G474">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="H474">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="I474">
-        <v>41</v>
+        <v>16</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B475" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C475" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D475" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C475" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E475" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F475">
-        <v>214</v>
+        <v>45</v>
       </c>
       <c r="G475">
-        <v>251</v>
+        <v>45</v>
       </c>
       <c r="H475">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="I475">
-        <v>87</v>
+        <v>68</v>
       </c>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C476" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E476" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F476">
-        <v>167</v>
+        <v>61</v>
       </c>
       <c r="G476">
-        <v>176</v>
+        <v>52</v>
       </c>
       <c r="H476">
-        <v>290</v>
+        <v>26</v>
       </c>
       <c r="I476">
-        <v>329</v>
+        <v>23</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C477" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D477" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E477" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F477">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="G477">
-        <v>55</v>
+        <v>8</v>
       </c>
       <c r="H477">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="I477">
-        <v>22</v>
+        <v>45</v>
       </c>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A478" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B478" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C478" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D478" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E478" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F478">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="G478">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="H478">
-        <v>75</v>
+        <v>8</v>
       </c>
       <c r="I478">
-        <v>97</v>
+        <v>8</v>
       </c>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C479" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D479" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E479" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F479">
         <v>25</v>
       </c>
-      <c r="D479" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G479">
-        <v>354</v>
+        <v>25</v>
       </c>
       <c r="H479">
-        <v>109</v>
+        <v>40</v>
       </c>
       <c r="I479">
-        <v>121</v>
+        <v>40</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C480" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D480" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E480" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F480">
-        <v>1118</v>
+        <v>212</v>
       </c>
       <c r="G480">
-        <v>1128</v>
+        <v>249</v>
       </c>
       <c r="H480">
-        <v>1277</v>
+        <v>78</v>
       </c>
       <c r="I480">
-        <v>1293</v>
+        <v>91</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C481" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D481" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E481" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F481">
-        <v>4</v>
+        <v>173</v>
       </c>
       <c r="G481">
-        <v>4</v>
+        <v>184</v>
       </c>
       <c r="H481">
-        <v>1</v>
+        <v>291</v>
       </c>
       <c r="I481">
-        <v>1</v>
+        <v>328</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="4">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B482" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C482" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D482" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D482" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E482" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F482">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="G482">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="H482">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="I482">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="4">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C483" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D483" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E483" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F483">
-        <v>3398</v>
+        <v>60</v>
       </c>
       <c r="G483">
-        <v>3017</v>
+        <v>87</v>
       </c>
       <c r="H483">
-        <v>1139</v>
+        <v>77</v>
       </c>
       <c r="I483">
-        <v>1011</v>
+        <v>104</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="4">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="B484" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C484" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D484" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E484" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F484">
-        <v>9169</v>
+        <v>327</v>
       </c>
       <c r="G484">
-        <v>8675</v>
+        <v>364</v>
       </c>
       <c r="H484">
-        <v>10973</v>
+        <v>113</v>
       </c>
       <c r="I484">
-        <v>10435</v>
+        <v>125</v>
       </c>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A485" s="4">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C485" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D485" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E485" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F485">
-        <v>58</v>
+        <v>1140</v>
       </c>
       <c r="G485">
-        <v>52</v>
+        <v>1139</v>
       </c>
       <c r="H485">
-        <v>20</v>
+        <v>1312</v>
       </c>
       <c r="I485">
-        <v>18</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A486" s="4">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="B486" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C486" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D486" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E486" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F486">
-        <v>92</v>
+        <v>4</v>
       </c>
       <c r="G486">
-        <v>92</v>
+        <v>4</v>
       </c>
       <c r="H486">
-        <v>111</v>
+        <v>1</v>
       </c>
       <c r="I486">
-        <v>110</v>
+        <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="4">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C487" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D487" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E487" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F487">
         <v>12</v>
       </c>
-      <c r="F487">
-[...1 lines deleted...]
-      </c>
       <c r="G487">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="H487">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="I487">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B488" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C488" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D488" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E488" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F488">
-        <v>767</v>
+        <v>2931</v>
       </c>
       <c r="G488">
-        <v>644</v>
+        <v>2683</v>
       </c>
       <c r="H488">
-        <v>259</v>
+        <v>977</v>
       </c>
       <c r="I488">
-        <v>217</v>
+        <v>895</v>
       </c>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B489" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C489" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D489" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E489" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F489">
-        <v>1432</v>
+        <v>9371</v>
       </c>
       <c r="G489">
-        <v>1306</v>
+        <v>8981</v>
       </c>
       <c r="H489">
-        <v>1752</v>
+        <v>10787</v>
       </c>
       <c r="I489">
-        <v>1591</v>
+        <v>10394</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A490" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B490" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C490" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D490" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E490" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F490">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G490">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="H490">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="I490">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A491" s="8">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B491" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C491" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D491" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E491" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F491">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="G491">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="H491">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="I491">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B492" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C492" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D492" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E492" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F492">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="G492">
-        <v>66</v>
+        <v>29</v>
       </c>
       <c r="H492">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I492">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B493" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C493" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D493" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E493" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F493">
+        <v>15</v>
+      </c>
+      <c r="G493">
         <v>12</v>
       </c>
-      <c r="F493">
-[...2 lines deleted...]
-      <c r="G493">
+      <c r="H493">
+        <v>6</v>
+      </c>
+      <c r="I493">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A494" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B494" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C494" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D494" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E494" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F494">
-        <v>24</v>
+        <v>828</v>
       </c>
       <c r="G494">
-        <v>24</v>
+        <v>711</v>
       </c>
       <c r="H494">
-        <v>8</v>
+        <v>335</v>
       </c>
       <c r="I494">
-        <v>8</v>
+        <v>285</v>
       </c>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A495" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B495" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C495" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D495" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E495" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F495">
-        <v>27</v>
+        <v>1158</v>
       </c>
       <c r="G495">
-        <v>27</v>
+        <v>1045</v>
       </c>
       <c r="H495">
-        <v>43</v>
+        <v>1582</v>
       </c>
       <c r="I495">
-        <v>43</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A496" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B496" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C496" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D496" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C496" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E496" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F496">
-        <v>241</v>
+        <v>49</v>
       </c>
       <c r="G496">
-        <v>281</v>
+        <v>44</v>
       </c>
       <c r="H496">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I496">
-        <v>99</v>
+        <v>16</v>
       </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B497" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C497" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D497" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C497" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E497" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F497">
-        <v>167</v>
+        <v>43</v>
       </c>
       <c r="G497">
-        <v>181</v>
+        <v>41</v>
       </c>
       <c r="H497">
-        <v>308</v>
+        <v>65</v>
       </c>
       <c r="I497">
-        <v>357</v>
+        <v>62</v>
       </c>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A498" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B498" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C498" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D498" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E498" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F498">
+        <v>60</v>
+      </c>
+      <c r="G498">
+        <v>53</v>
+      </c>
+      <c r="H498">
         <v>34</v>
       </c>
-      <c r="G498">
-[...4 lines deleted...]
-      </c>
       <c r="I498">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B499" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C499" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D499" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E499" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F499">
-        <v>67</v>
+        <v>18</v>
       </c>
       <c r="G499">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H499">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="I499">
-        <v>101</v>
+        <v>56</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A500" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B500" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C500" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D500" s="4" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E500" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F500">
-        <v>295</v>
+        <v>24</v>
       </c>
       <c r="G500">
-        <v>324</v>
+        <v>24</v>
       </c>
       <c r="H500">
-        <v>104</v>
+        <v>8</v>
       </c>
       <c r="I500">
-        <v>113</v>
+        <v>8</v>
       </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C501" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D501" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E501" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F501">
         <v>25</v>
       </c>
-      <c r="D501" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G501">
-        <v>1081</v>
+        <v>25</v>
       </c>
       <c r="H501">
-        <v>1210</v>
+        <v>41</v>
       </c>
       <c r="I501">
-        <v>1242</v>
+        <v>41</v>
       </c>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A502" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B502" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C502" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D502" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E502" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F502">
-        <v>1</v>
+        <v>214</v>
       </c>
       <c r="G502">
-        <v>1</v>
+        <v>251</v>
       </c>
       <c r="H502">
-        <v>1</v>
+        <v>75</v>
       </c>
       <c r="I502">
-        <v>1</v>
+        <v>87</v>
       </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503" s="4">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B503" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C503" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D503" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E503" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F503">
-        <v>14</v>
+        <v>167</v>
       </c>
       <c r="G503">
-        <v>14</v>
+        <v>176</v>
       </c>
       <c r="H503">
-        <v>13</v>
+        <v>290</v>
       </c>
       <c r="I503">
-        <v>14</v>
+        <v>329</v>
       </c>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="4">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="B504" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C504" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D504" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E504" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F504">
-        <v>3771</v>
+        <v>44</v>
       </c>
       <c r="G504">
-        <v>3003</v>
+        <v>55</v>
       </c>
       <c r="H504">
-        <v>1257</v>
+        <v>18</v>
       </c>
       <c r="I504">
-        <v>1001</v>
+        <v>22</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A505" s="4">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C505" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D505" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E505" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F505">
-        <v>8612</v>
+        <v>48</v>
       </c>
       <c r="G505">
-        <v>8150</v>
+        <v>66</v>
       </c>
       <c r="H505">
-        <v>10630</v>
+        <v>75</v>
       </c>
       <c r="I505">
-        <v>10123</v>
+        <v>97</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="4">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="B506" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C506" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D506" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E506" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F506">
-        <v>73</v>
+        <v>317</v>
       </c>
       <c r="G506">
-        <v>60</v>
+        <v>354</v>
       </c>
       <c r="H506">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="I506">
-        <v>20</v>
+        <v>121</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A507" s="4">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="B507" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C507" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D507" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E507" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F507">
-        <v>84</v>
+        <v>1118</v>
       </c>
       <c r="G507">
-        <v>83</v>
+        <v>1128</v>
       </c>
       <c r="H507">
-        <v>113</v>
+        <v>1277</v>
       </c>
       <c r="I507">
-        <v>116</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A508" s="4">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="B508" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C508" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D508" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E508" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F508">
-        <v>56</v>
+        <v>4</v>
       </c>
       <c r="G508">
-        <v>45</v>
+        <v>4</v>
       </c>
       <c r="H508">
-        <v>55</v>
+        <v>1</v>
       </c>
       <c r="I508">
-        <v>44</v>
+        <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A509" s="4">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="B509" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C509" s="4" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D509" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E509" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F509">
-        <v>842</v>
+        <v>12</v>
       </c>
       <c r="G509">
-        <v>708</v>
+        <v>12</v>
       </c>
       <c r="H509">
-        <v>286</v>
+        <v>13</v>
       </c>
       <c r="I509">
-        <v>240</v>
+        <v>13</v>
       </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B510" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C510" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D510" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E510" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F510">
-        <v>1680</v>
+        <v>3398</v>
       </c>
       <c r="G510">
-        <v>1539</v>
+        <v>3017</v>
       </c>
       <c r="H510">
-        <v>2045</v>
+        <v>1139</v>
       </c>
       <c r="I510">
-        <v>1890</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B511" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C511" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E511" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F511">
-        <v>67</v>
+        <v>9169</v>
       </c>
       <c r="G511">
-        <v>56</v>
+        <v>8675</v>
       </c>
       <c r="H511">
-        <v>23</v>
+        <v>10973</v>
       </c>
       <c r="I511">
-        <v>20</v>
+        <v>10435</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B512" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C512" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D512" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E512" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F512">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="G512">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="H512">
-        <v>125</v>
+        <v>20</v>
       </c>
       <c r="I512">
-        <v>124</v>
+        <v>18</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B513" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C513" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D513" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C513" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E513" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F513">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="G513">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="H513">
-        <v>44</v>
+        <v>111</v>
       </c>
       <c r="I513">
-        <v>39</v>
+        <v>110</v>
       </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="8">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B514" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C514" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D514" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E514" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F514">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="G514">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="H514">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I514">
-        <v>82</v>
+        <v>39</v>
       </c>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A515" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B515" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C515" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D515" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E515" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F515">
-        <v>24</v>
+        <v>767</v>
       </c>
       <c r="G515">
-        <v>24</v>
+        <v>644</v>
       </c>
       <c r="H515">
-        <v>8</v>
+        <v>259</v>
       </c>
       <c r="I515">
-        <v>8</v>
+        <v>217</v>
       </c>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A516" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B516" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C516" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D516" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E516" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F516">
-        <v>25</v>
+        <v>1432</v>
       </c>
       <c r="G516">
-        <v>25</v>
+        <v>1306</v>
       </c>
       <c r="H516">
-        <v>41</v>
+        <v>1752</v>
       </c>
       <c r="I516">
-        <v>41</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B517" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C517" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D517" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C517" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E517" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F517">
-        <v>252</v>
+        <v>52</v>
       </c>
       <c r="G517">
-        <v>289</v>
+        <v>46</v>
       </c>
       <c r="H517">
-        <v>87</v>
+        <v>17</v>
       </c>
       <c r="I517">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B518" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C518" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D518" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C518" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E518" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F518">
-        <v>161</v>
+        <v>77</v>
       </c>
       <c r="G518">
-        <v>167</v>
+        <v>76</v>
       </c>
       <c r="H518">
-        <v>306</v>
+        <v>93</v>
       </c>
       <c r="I518">
-        <v>353</v>
+        <v>90</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B519" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C519" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D519" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E519" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F519">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="G519">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="H519">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="I519">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A520" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B520" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C520" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D520" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E520" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F520">
-        <v>86</v>
+        <v>7</v>
       </c>
       <c r="G520">
-        <v>117</v>
+        <v>5</v>
       </c>
       <c r="H520">
-        <v>106</v>
+        <v>56</v>
       </c>
       <c r="I520">
-        <v>141</v>
+        <v>62</v>
       </c>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B521" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C521" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D521" s="4" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E521" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F521">
-        <v>309</v>
+        <v>24</v>
       </c>
       <c r="G521">
-        <v>335</v>
+        <v>24</v>
       </c>
       <c r="H521">
-        <v>108</v>
+        <v>8</v>
       </c>
       <c r="I521">
-        <v>117</v>
+        <v>8</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B522" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C522" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D522" s="4" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E522" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F522">
-        <v>977</v>
+        <v>27</v>
       </c>
       <c r="G522">
-        <v>988</v>
+        <v>27</v>
       </c>
       <c r="H522">
-        <v>1143</v>
+        <v>43</v>
       </c>
       <c r="I522">
-        <v>1172</v>
+        <v>43</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A523" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C523" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D523" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E523" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F523">
-        <v>4</v>
+        <v>241</v>
       </c>
       <c r="G523">
-        <v>4</v>
+        <v>281</v>
       </c>
       <c r="H523">
-        <v>1</v>
+        <v>85</v>
       </c>
       <c r="I523">
-        <v>1</v>
+        <v>99</v>
       </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="4">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="B524" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C524" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D524" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E524" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F524">
-        <v>12</v>
+        <v>167</v>
       </c>
       <c r="G524">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="H524">
-        <v>14</v>
+        <v>308</v>
       </c>
       <c r="I524">
-        <v>14</v>
+        <v>357</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="4">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="B525" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C525" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D525" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E525" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F525">
-        <v>3407</v>
+        <v>34</v>
       </c>
       <c r="G525">
-        <v>2757</v>
+        <v>40</v>
       </c>
       <c r="H525">
-        <v>1140</v>
+        <v>15</v>
       </c>
       <c r="I525">
-        <v>922</v>
+        <v>17</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="4">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="B526" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C526" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D526" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E526" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F526">
-        <v>7854</v>
+        <v>67</v>
       </c>
       <c r="G526">
-        <v>7482</v>
+        <v>100</v>
       </c>
       <c r="H526">
-        <v>9712</v>
+        <v>76</v>
       </c>
       <c r="I526">
-        <v>9280</v>
+        <v>101</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A527" s="4">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="B527" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C527" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D527" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E527" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F527">
-        <v>102</v>
+        <v>295</v>
       </c>
       <c r="G527">
-        <v>80</v>
+        <v>324</v>
       </c>
       <c r="H527">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="I527">
-        <v>27</v>
+        <v>113</v>
       </c>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528" s="4">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="B528" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C528" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D528" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E528" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F528">
-        <v>119</v>
+        <v>1060</v>
       </c>
       <c r="G528">
-        <v>118</v>
+        <v>1081</v>
       </c>
       <c r="H528">
-        <v>166</v>
+        <v>1210</v>
       </c>
       <c r="I528">
-        <v>168</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A529" s="4">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="B529" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C529" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D529" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E529" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F529">
-        <v>73</v>
+        <v>1</v>
       </c>
       <c r="G529">
-        <v>53</v>
+        <v>1</v>
       </c>
       <c r="H529">
-        <v>71</v>
+        <v>1</v>
       </c>
       <c r="I529">
-        <v>52</v>
+        <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A530" s="4">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="B530" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C530" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D530" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E530" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F530">
+        <v>14</v>
+      </c>
+      <c r="G530">
+        <v>14</v>
+      </c>
+      <c r="H530">
         <v>13</v>
       </c>
-      <c r="E530" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I530">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B531" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C531" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D531" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E531" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F531">
-        <v>783</v>
+        <v>3771</v>
       </c>
       <c r="G531">
-        <v>660</v>
+        <v>3003</v>
       </c>
       <c r="H531">
-        <v>366</v>
+        <v>1257</v>
       </c>
       <c r="I531">
-        <v>306</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A532" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B532" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C532" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D532" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E532" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F532">
-        <v>1610</v>
+        <v>8612</v>
       </c>
       <c r="G532">
-        <v>1453</v>
+        <v>8150</v>
       </c>
       <c r="H532">
-        <v>2009</v>
+        <v>10630</v>
       </c>
       <c r="I532">
-        <v>1837</v>
+        <v>10123</v>
       </c>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A533" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B533" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C533" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D533" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E533" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F533">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G533">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H533">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="I533">
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B534" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C534" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D534" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E534" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F534">
-        <v>101</v>
+        <v>84</v>
       </c>
       <c r="G534">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="H534">
-        <v>139</v>
+        <v>113</v>
       </c>
       <c r="I534">
-        <v>139</v>
+        <v>116</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B535" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C535" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D535" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E535" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F535">
-        <v>103</v>
+        <v>56</v>
       </c>
       <c r="G535">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="H535">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I535">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B536" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C536" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D536" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E536" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F536">
-        <v>12</v>
+        <v>842</v>
       </c>
       <c r="G536">
-        <v>9</v>
+        <v>708</v>
       </c>
       <c r="H536">
-        <v>73</v>
+        <v>286</v>
       </c>
       <c r="I536">
-        <v>79</v>
+        <v>240</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A537" s="8">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B537" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C537" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D537" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E537" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F537">
-        <v>25</v>
+        <v>1680</v>
       </c>
       <c r="G537">
-        <v>25</v>
+        <v>1539</v>
       </c>
       <c r="H537">
-        <v>8</v>
+        <v>2045</v>
       </c>
       <c r="I537">
-        <v>8</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B538" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C538" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D538" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E538" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F538">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G538">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="H538">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="I538">
-        <v>44</v>
+        <v>20</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B539" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C539" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D539" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C539" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E539" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F539">
-        <v>195</v>
+        <v>97</v>
       </c>
       <c r="G539">
-        <v>225</v>
+        <v>94</v>
       </c>
       <c r="H539">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="I539">
-        <v>80</v>
+        <v>124</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A540" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B540" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C540" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E540" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F540">
-        <v>152</v>
+        <v>105</v>
       </c>
       <c r="G540">
-        <v>155</v>
+        <v>95</v>
       </c>
       <c r="H540">
-        <v>261</v>
+        <v>44</v>
       </c>
       <c r="I540">
-        <v>284</v>
+        <v>39</v>
       </c>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B541" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C541" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D541" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E541" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F541">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="G541">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="H541">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="I541">
-        <v>25</v>
+        <v>82</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B542" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C542" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D542" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E542" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F542">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="G542">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="H542">
-        <v>110</v>
+        <v>8</v>
       </c>
       <c r="I542">
-        <v>138</v>
+        <v>8</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B543" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C543" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D543" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E543" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F543">
         <v>25</v>
       </c>
-      <c r="D543" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G543">
-        <v>262</v>
+        <v>25</v>
       </c>
       <c r="H543">
-        <v>87</v>
+        <v>41</v>
       </c>
       <c r="I543">
-        <v>94</v>
+        <v>41</v>
       </c>
     </row>
     <row r="544" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A544" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B544" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C544" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D544" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E544" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F544">
-        <v>901</v>
+        <v>252</v>
       </c>
       <c r="G544">
-        <v>910</v>
+        <v>289</v>
       </c>
       <c r="H544">
-        <v>1031</v>
+        <v>87</v>
       </c>
       <c r="I544">
-        <v>1048</v>
+        <v>100</v>
       </c>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B545" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C545" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D545" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E545" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F545">
-        <v>4</v>
+        <v>161</v>
       </c>
       <c r="G545">
-        <v>4</v>
+        <v>167</v>
       </c>
       <c r="H545">
-        <v>2</v>
+        <v>306</v>
       </c>
       <c r="I545">
-        <v>2</v>
+        <v>353</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="4">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="B546" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C546" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D546" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D546" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E546" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F546">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="G546">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="H546">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I546">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A547" s="4">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="B547" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C547" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D547" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E547" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F547">
-        <v>3160</v>
+        <v>86</v>
       </c>
       <c r="G547">
-        <v>2518</v>
+        <v>117</v>
       </c>
       <c r="H547">
-        <v>1059</v>
+        <v>106</v>
       </c>
       <c r="I547">
-        <v>844</v>
+        <v>141</v>
       </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="4">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="B548" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C548" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D548" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E548" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F548">
-        <v>6926</v>
+        <v>309</v>
       </c>
       <c r="G548">
-        <v>6586</v>
+        <v>335</v>
       </c>
       <c r="H548">
-        <v>8725</v>
+        <v>108</v>
       </c>
       <c r="I548">
-        <v>8333</v>
+        <v>117</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A549" s="4">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="B549" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C549" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D549" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E549" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F549">
-        <v>75</v>
+        <v>977</v>
       </c>
       <c r="G549">
-        <v>58</v>
+        <v>988</v>
       </c>
       <c r="H549">
-        <v>26</v>
+        <v>1143</v>
       </c>
       <c r="I549">
-        <v>20</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="550" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A550" s="4">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="B550" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C550" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D550" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E550" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F550">
-        <v>109</v>
+        <v>4</v>
       </c>
       <c r="G550">
-        <v>110</v>
+        <v>4</v>
       </c>
       <c r="H550">
-        <v>144</v>
+        <v>1</v>
       </c>
       <c r="I550">
-        <v>145</v>
+        <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A551" s="4">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="B551" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C551" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D551" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E551" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F551">
         <v>12</v>
       </c>
-      <c r="F551">
-[...1 lines deleted...]
-      </c>
       <c r="G551">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="H551">
-        <v>66</v>
+        <v>14</v>
       </c>
       <c r="I551">
-        <v>50</v>
+        <v>14</v>
       </c>
     </row>
     <row r="552" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A552" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B552" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C552" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D552" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E552" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F552">
-        <v>1</v>
+        <v>3407</v>
       </c>
       <c r="G552">
-        <v>1</v>
+        <v>2757</v>
       </c>
       <c r="H552">
-        <v>1</v>
+        <v>1140</v>
       </c>
       <c r="I552">
-        <v>1</v>
+        <v>922</v>
       </c>
     </row>
     <row r="553" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A553" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B553" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C553" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D553" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E553" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F553">
-        <v>712</v>
+        <v>7854</v>
       </c>
       <c r="G553">
-        <v>598</v>
+        <v>7482</v>
       </c>
       <c r="H553">
-        <v>350</v>
+        <v>9712</v>
       </c>
       <c r="I553">
-        <v>291</v>
+        <v>9280</v>
       </c>
     </row>
     <row r="554" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A554" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B554" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C554" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D554" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E554" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F554">
-        <v>1520</v>
+        <v>102</v>
       </c>
       <c r="G554">
-        <v>1384</v>
+        <v>80</v>
       </c>
       <c r="H554">
-        <v>1916</v>
+        <v>34</v>
       </c>
       <c r="I554">
-        <v>1742</v>
+        <v>27</v>
       </c>
     </row>
     <row r="555" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A555" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B555" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C555" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D555" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E555" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F555">
-        <v>64</v>
+        <v>119</v>
       </c>
       <c r="G555">
-        <v>55</v>
+        <v>118</v>
       </c>
       <c r="H555">
-        <v>35</v>
+        <v>166</v>
       </c>
       <c r="I555">
-        <v>30</v>
+        <v>168</v>
       </c>
     </row>
     <row r="556" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A556" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B556" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C556" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E556" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F556">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="G556">
-        <v>78</v>
+        <v>53</v>
       </c>
       <c r="H556">
-        <v>109</v>
+        <v>71</v>
       </c>
       <c r="I556">
-        <v>108</v>
+        <v>52</v>
       </c>
     </row>
     <row r="557" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A557" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B557" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C557" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D557" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E557" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F557">
-        <v>114</v>
+        <v>2</v>
       </c>
       <c r="G557">
-        <v>106</v>
+        <v>1</v>
       </c>
       <c r="H557">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="I557">
-        <v>44</v>
+        <v>1</v>
       </c>
     </row>
     <row r="558" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A558" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B558" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C558" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D558" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E558" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F558">
-        <v>8</v>
+        <v>783</v>
       </c>
       <c r="G558">
-        <v>5</v>
+        <v>660</v>
       </c>
       <c r="H558">
-        <v>77</v>
+        <v>366</v>
       </c>
       <c r="I558">
-        <v>80</v>
+        <v>306</v>
       </c>
     </row>
     <row r="559" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A559" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B559" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C559" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D559" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E559" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F559">
-        <v>23</v>
+        <v>1610</v>
       </c>
       <c r="G559">
-        <v>23</v>
+        <v>1453</v>
       </c>
       <c r="H559">
-        <v>8</v>
+        <v>2009</v>
       </c>
       <c r="I559">
-        <v>8</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="560" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A560" s="8">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B560" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C560" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D560" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E560" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F560">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="G560">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="H560">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="I560">
-        <v>46</v>
+        <v>36</v>
       </c>
     </row>
     <row r="561" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A561" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B561" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C561" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D561" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C561" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E561" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F561">
-        <v>153</v>
+        <v>101</v>
       </c>
       <c r="G561">
-        <v>174</v>
+        <v>105</v>
       </c>
       <c r="H561">
-        <v>58</v>
+        <v>139</v>
       </c>
       <c r="I561">
-        <v>65</v>
+        <v>139</v>
       </c>
     </row>
     <row r="562" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A562" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B562" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C562" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E562" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F562">
-        <v>161</v>
+        <v>103</v>
       </c>
       <c r="G562">
-        <v>163</v>
+        <v>90</v>
       </c>
       <c r="H562">
-        <v>241</v>
+        <v>48</v>
       </c>
       <c r="I562">
-        <v>264</v>
+        <v>43</v>
       </c>
     </row>
     <row r="563" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A563" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B563" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C563" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D563" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E563" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F563">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="G563">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="H563">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="I563">
-        <v>26</v>
+        <v>79</v>
       </c>
     </row>
     <row r="564" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A564" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B564" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C564" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D564" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E564" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F564">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="G564">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="H564">
-        <v>107</v>
+        <v>8</v>
       </c>
       <c r="I564">
-        <v>134</v>
+        <v>8</v>
       </c>
     </row>
     <row r="565" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A565" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B565" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C565" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D565" s="4" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E565" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F565">
-        <v>242</v>
+        <v>27</v>
       </c>
       <c r="G565">
-        <v>261</v>
+        <v>27</v>
       </c>
       <c r="H565">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="I565">
-        <v>91</v>
+        <v>44</v>
       </c>
     </row>
     <row r="566" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A566" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B566" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C566" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D566" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E566" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F566">
-        <v>845</v>
+        <v>195</v>
       </c>
       <c r="G566">
-        <v>839</v>
+        <v>225</v>
       </c>
       <c r="H566">
-        <v>974</v>
+        <v>70</v>
       </c>
       <c r="I566">
-        <v>984</v>
+        <v>80</v>
       </c>
     </row>
     <row r="567" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A567" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B567" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C567" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D567" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E567" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F567">
-        <v>4</v>
+        <v>152</v>
       </c>
       <c r="G567">
-        <v>4</v>
+        <v>155</v>
       </c>
       <c r="H567">
-        <v>1</v>
+        <v>261</v>
       </c>
       <c r="I567">
-        <v>1</v>
+        <v>284</v>
       </c>
     </row>
     <row r="568" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A568" s="4">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B568" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C568" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D568" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D568" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E568" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F568">
-        <v>6</v>
+        <v>53</v>
       </c>
       <c r="G568">
-        <v>6</v>
+        <v>58</v>
       </c>
       <c r="H568">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="I568">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="569" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A569" s="4">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="B569" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C569" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D569" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E569" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F569">
-        <v>2965</v>
+        <v>85</v>
       </c>
       <c r="G569">
-        <v>2344</v>
+        <v>114</v>
       </c>
       <c r="H569">
-        <v>997</v>
+        <v>110</v>
       </c>
       <c r="I569">
-        <v>788</v>
+        <v>138</v>
       </c>
     </row>
     <row r="570" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A570" s="4">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="B570" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C570" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D570" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E570" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F570">
-        <v>6059</v>
+        <v>243</v>
       </c>
       <c r="G570">
-        <v>5740</v>
+        <v>262</v>
       </c>
       <c r="H570">
-        <v>7693</v>
+        <v>87</v>
       </c>
       <c r="I570">
-        <v>7311</v>
+        <v>94</v>
       </c>
     </row>
     <row r="571" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A571" s="4">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="B571" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C571" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D571" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E571" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F571">
-        <v>86</v>
+        <v>901</v>
       </c>
       <c r="G571">
-        <v>70</v>
+        <v>910</v>
       </c>
       <c r="H571">
-        <v>29</v>
+        <v>1031</v>
       </c>
       <c r="I571">
-        <v>24</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="572" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A572" s="4">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="B572" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C572" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D572" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E572" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F572">
-        <v>89</v>
+        <v>4</v>
       </c>
       <c r="G572">
-        <v>90</v>
+        <v>4</v>
       </c>
       <c r="H572">
-        <v>134</v>
+        <v>2</v>
       </c>
       <c r="I572">
-        <v>135</v>
+        <v>2</v>
       </c>
     </row>
     <row r="573" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A573" s="4">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="B573" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C573" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D573" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E573" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F573">
+        <v>9</v>
+      </c>
+      <c r="G573">
+        <v>9</v>
+      </c>
+      <c r="H573">
         <v>12</v>
       </c>
-      <c r="F573">
-[...7 lines deleted...]
-      </c>
       <c r="I573">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="574" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A574" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B574" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C574" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E574" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F574">
-        <v>0</v>
+        <v>3160</v>
       </c>
       <c r="G574">
-        <v>0</v>
+        <v>2518</v>
       </c>
       <c r="H574">
-        <v>0</v>
+        <v>1059</v>
       </c>
       <c r="I574">
-        <v>0</v>
+        <v>844</v>
       </c>
     </row>
     <row r="575" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A575" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B575" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C575" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D575" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E575" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F575">
-        <v>750</v>
+        <v>6926</v>
       </c>
       <c r="G575">
-        <v>638</v>
+        <v>6586</v>
       </c>
       <c r="H575">
-        <v>344</v>
+        <v>8725</v>
       </c>
       <c r="I575">
-        <v>289</v>
+        <v>8333</v>
       </c>
     </row>
     <row r="576" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A576" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C576" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D576" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E576" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F576">
-        <v>1371</v>
+        <v>75</v>
       </c>
       <c r="G576">
-        <v>1264</v>
+        <v>58</v>
       </c>
       <c r="H576">
-        <v>1796</v>
+        <v>26</v>
       </c>
       <c r="I576">
-        <v>1650</v>
+        <v>20</v>
       </c>
     </row>
     <row r="577" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A577" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B577" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C577" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D577" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E577" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F577">
-        <v>46</v>
+        <v>109</v>
       </c>
       <c r="G577">
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="H577">
-        <v>28</v>
+        <v>144</v>
       </c>
       <c r="I577">
-        <v>25</v>
+        <v>145</v>
       </c>
     </row>
     <row r="578" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A578" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B578" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C578" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E578" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F578">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G578">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="H578">
-        <v>91</v>
+        <v>66</v>
       </c>
       <c r="I578">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="579" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A579" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B579" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C579" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D579" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E579" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F579">
-        <v>126</v>
+        <v>1</v>
       </c>
       <c r="G579">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="H579">
-        <v>47</v>
+        <v>1</v>
       </c>
       <c r="I579">
-        <v>44</v>
+        <v>1</v>
       </c>
     </row>
     <row r="580" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A580" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B580" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C580" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D580" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E580" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F580">
-        <v>13</v>
+        <v>712</v>
       </c>
       <c r="G580">
-        <v>10</v>
+        <v>598</v>
       </c>
       <c r="H580">
-        <v>91</v>
+        <v>350</v>
       </c>
       <c r="I580">
-        <v>91</v>
+        <v>291</v>
       </c>
     </row>
     <row r="581" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A581" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B581" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C581" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D581" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E581" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F581">
-        <v>24</v>
+        <v>1520</v>
       </c>
       <c r="G581">
-        <v>24</v>
+        <v>1384</v>
       </c>
       <c r="H581">
-        <v>8</v>
+        <v>1916</v>
       </c>
       <c r="I581">
-        <v>8</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="582" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A582" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B582" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C582" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D582" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E582" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F582">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="G582">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="H582">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="I582">
-        <v>41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="583" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A583" s="8">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B583" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C583" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D583" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C583" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E583" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F583">
-        <v>135</v>
+        <v>79</v>
       </c>
       <c r="G583">
-        <v>154</v>
+        <v>78</v>
       </c>
       <c r="H583">
-        <v>53</v>
+        <v>109</v>
       </c>
       <c r="I583">
-        <v>59</v>
+        <v>108</v>
       </c>
     </row>
     <row r="584" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A584" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B584" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C584" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D584" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E584" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F584">
-        <v>133</v>
+        <v>114</v>
       </c>
       <c r="G584">
-        <v>133</v>
+        <v>106</v>
       </c>
       <c r="H584">
-        <v>206</v>
+        <v>49</v>
       </c>
       <c r="I584">
-        <v>220</v>
+        <v>44</v>
       </c>
     </row>
     <row r="585" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A585" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B585" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C585" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D585" s="4" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E585" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F585">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G585">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H585">
-        <v>0</v>
+        <v>77</v>
       </c>
       <c r="I585">
-        <v>0</v>
+        <v>80</v>
       </c>
     </row>
     <row r="586" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A586" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B586" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C586" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D586" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E586" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F586">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="G586">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="H586">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="I586">
-        <v>24</v>
+        <v>8</v>
       </c>
     </row>
     <row r="587" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A587" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B587" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C587" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D587" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E587" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F587">
-        <v>99</v>
+        <v>31</v>
       </c>
       <c r="G587">
-        <v>136</v>
+        <v>31</v>
       </c>
       <c r="H587">
-        <v>125</v>
+        <v>46</v>
       </c>
       <c r="I587">
-        <v>160</v>
+        <v>46</v>
       </c>
     </row>
     <row r="588" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A588" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B588" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C588" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D588" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E588" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F588">
-        <v>249</v>
+        <v>153</v>
       </c>
       <c r="G588">
-        <v>272</v>
+        <v>174</v>
       </c>
       <c r="H588">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="I588">
-        <v>98</v>
+        <v>65</v>
       </c>
     </row>
     <row r="589" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A589" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B589" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C589" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D589" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E589" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F589">
-        <v>759</v>
+        <v>161</v>
       </c>
       <c r="G589">
-        <v>756</v>
+        <v>163</v>
       </c>
       <c r="H589">
-        <v>889</v>
+        <v>241</v>
       </c>
       <c r="I589">
-        <v>890</v>
+        <v>264</v>
       </c>
     </row>
     <row r="590" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A590" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B590" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C590" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D590" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D590" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E590" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F590">
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="G590">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="H590">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I590">
-        <v>1</v>
+        <v>26</v>
       </c>
     </row>
     <row r="591" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A591" s="4">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B591" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C591" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D591" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D591" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E591" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F591">
-        <v>8</v>
+        <v>81</v>
       </c>
       <c r="G591">
-        <v>8</v>
+        <v>111</v>
       </c>
       <c r="H591">
-        <v>9</v>
+        <v>107</v>
       </c>
       <c r="I591">
-        <v>9</v>
+        <v>134</v>
       </c>
     </row>
     <row r="592" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A592" s="4">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="B592" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C592" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D592" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E592" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F592">
-        <v>2583</v>
+        <v>242</v>
       </c>
       <c r="G592">
-        <v>2106</v>
+        <v>261</v>
       </c>
       <c r="H592">
-        <v>869</v>
+        <v>85</v>
       </c>
       <c r="I592">
-        <v>708</v>
+        <v>91</v>
       </c>
     </row>
     <row r="593" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A593" s="4">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="B593" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C593" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D593" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E593" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F593">
-        <v>5227</v>
+        <v>845</v>
       </c>
       <c r="G593">
-        <v>4959</v>
+        <v>839</v>
       </c>
       <c r="H593">
-        <v>6678</v>
+        <v>974</v>
       </c>
       <c r="I593">
-        <v>6407</v>
+        <v>984</v>
       </c>
     </row>
     <row r="594" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A594" s="4">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="B594" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C594" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D594" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E594" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F594">
-        <v>69</v>
+        <v>4</v>
       </c>
       <c r="G594">
-        <v>55</v>
+        <v>4</v>
       </c>
       <c r="H594">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="I594">
-        <v>18</v>
+        <v>1</v>
       </c>
     </row>
     <row r="595" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A595" s="4">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="B595" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C595" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D595" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E595" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F595">
+        <v>6</v>
+      </c>
+      <c r="G595">
+        <v>6</v>
+      </c>
+      <c r="H595">
         <v>9</v>
       </c>
-      <c r="D595" s="4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I595">
-        <v>108</v>
+        <v>9</v>
       </c>
     </row>
     <row r="596" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A596" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B596" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C596" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D596" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E596" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F596">
-        <v>11</v>
+        <v>2965</v>
       </c>
       <c r="G596">
-        <v>10</v>
+        <v>2344</v>
       </c>
       <c r="H596">
-        <v>9</v>
+        <v>997</v>
       </c>
       <c r="I596">
-        <v>7</v>
+        <v>788</v>
       </c>
     </row>
     <row r="597" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A597" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B597" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C597" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D597" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E597" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F597">
-        <v>667</v>
+        <v>6059</v>
       </c>
       <c r="G597">
-        <v>565</v>
+        <v>5740</v>
       </c>
       <c r="H597">
-        <v>313</v>
+        <v>7693</v>
       </c>
       <c r="I597">
-        <v>263</v>
+        <v>7311</v>
       </c>
     </row>
     <row r="598" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A598" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B598" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C598" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D598" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E598" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F598">
-        <v>1384</v>
+        <v>86</v>
       </c>
       <c r="G598">
-        <v>1259</v>
+        <v>70</v>
       </c>
       <c r="H598">
-        <v>1726</v>
+        <v>29</v>
       </c>
       <c r="I598">
-        <v>1599</v>
+        <v>24</v>
       </c>
     </row>
     <row r="599" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A599" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B599" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C599" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D599" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E599" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F599">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="G599">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="H599">
-        <v>25</v>
+        <v>134</v>
       </c>
       <c r="I599">
-        <v>21</v>
+        <v>135</v>
       </c>
     </row>
     <row r="600" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A600" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B600" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C600" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D600" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E600" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F600">
-        <v>59</v>
+        <v>7</v>
       </c>
       <c r="G600">
-        <v>61</v>
+        <v>6</v>
       </c>
       <c r="H600">
-        <v>77</v>
+        <v>9</v>
       </c>
       <c r="I600">
-        <v>79</v>
+        <v>7</v>
       </c>
     </row>
     <row r="601" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A601" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B601" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C601" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D601" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E601" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F601">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="G601">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="H601">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="I601">
-        <v>43</v>
+        <v>0</v>
       </c>
     </row>
     <row r="602" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A602" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B602" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C602" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D602" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E602" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F602">
-        <v>12</v>
+        <v>750</v>
       </c>
       <c r="G602">
-        <v>9</v>
+        <v>638</v>
       </c>
       <c r="H602">
-        <v>87</v>
+        <v>344</v>
       </c>
       <c r="I602">
-        <v>85</v>
+        <v>289</v>
       </c>
     </row>
     <row r="603" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A603" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B603" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C603" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D603" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E603" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F603">
-        <v>25</v>
+        <v>1371</v>
       </c>
       <c r="G603">
-        <v>25</v>
+        <v>1264</v>
       </c>
       <c r="H603">
-        <v>8</v>
+        <v>1796</v>
       </c>
       <c r="I603">
-        <v>8</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="604" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A604" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B604" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C604" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D604" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E604" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F604">
+        <v>46</v>
+      </c>
+      <c r="G604">
+        <v>40</v>
+      </c>
+      <c r="H604">
+        <v>28</v>
+      </c>
+      <c r="I604">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="605" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A605" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B605" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C605" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D605" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C605" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E605" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F605">
-        <v>106</v>
+        <v>63</v>
       </c>
       <c r="G605">
-        <v>116</v>
+        <v>64</v>
       </c>
       <c r="H605">
-        <v>43</v>
+        <v>91</v>
       </c>
       <c r="I605">
-        <v>47</v>
+        <v>90</v>
       </c>
     </row>
     <row r="606" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A606" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B606" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C606" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D606" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E606" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F606">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="G606">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="H606">
-        <v>185</v>
+        <v>47</v>
       </c>
       <c r="I606">
-        <v>197</v>
+        <v>44</v>
       </c>
     </row>
     <row r="607" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A607" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B607" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C607" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D607" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E607" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F607">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G607">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="H607">
-        <v>25</v>
+        <v>91</v>
       </c>
       <c r="I607">
-        <v>28</v>
+        <v>91</v>
       </c>
     </row>
     <row r="608" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A608" s="8">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B608" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C608" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D608" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E608" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F608">
-        <v>97</v>
+        <v>24</v>
       </c>
       <c r="G608">
-        <v>130</v>
+        <v>24</v>
       </c>
       <c r="H608">
-        <v>125</v>
+        <v>8</v>
       </c>
       <c r="I608">
-        <v>160</v>
+        <v>8</v>
       </c>
     </row>
     <row r="609" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A609" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B609" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C609" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D609" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E609" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F609">
         <v>25</v>
       </c>
-      <c r="D609" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G609">
-        <v>216</v>
+        <v>25</v>
       </c>
       <c r="H609">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="I609">
-        <v>81</v>
+        <v>41</v>
       </c>
     </row>
     <row r="610" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A610" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B610" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C610" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D610" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E610" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F610">
-        <v>703</v>
+        <v>135</v>
       </c>
       <c r="G610">
-        <v>705</v>
+        <v>154</v>
       </c>
       <c r="H610">
-        <v>805</v>
+        <v>53</v>
       </c>
       <c r="I610">
-        <v>812</v>
+        <v>59</v>
       </c>
     </row>
     <row r="611" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A611" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B611" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C611" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D611" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E611" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F611">
-        <v>2</v>
+        <v>133</v>
       </c>
       <c r="G611">
-        <v>2</v>
+        <v>133</v>
       </c>
       <c r="H611">
-        <v>1</v>
+        <v>206</v>
       </c>
       <c r="I611">
-        <v>1</v>
+        <v>220</v>
       </c>
     </row>
     <row r="612" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A612" s="4">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B612" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C612" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D612" s="4" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E612" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F612">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G612">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H612">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="I612">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="613" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A613" s="4">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="B613" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C613" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D613" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E613" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F613">
-        <v>2166</v>
+        <v>53</v>
       </c>
       <c r="G613">
-        <v>1795</v>
+        <v>57</v>
       </c>
       <c r="H613">
-        <v>727</v>
+        <v>23</v>
       </c>
       <c r="I613">
-        <v>602</v>
+        <v>24</v>
       </c>
     </row>
     <row r="614" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A614" s="4">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="B614" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C614" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D614" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E614" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F614">
-        <v>4633</v>
+        <v>99</v>
       </c>
       <c r="G614">
-        <v>4423</v>
+        <v>136</v>
       </c>
       <c r="H614">
-        <v>5852</v>
+        <v>125</v>
       </c>
       <c r="I614">
-        <v>5606</v>
+        <v>160</v>
       </c>
     </row>
     <row r="615" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A615" s="4">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="B615" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C615" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D615" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E615" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F615">
-        <v>69</v>
+        <v>249</v>
       </c>
       <c r="G615">
-        <v>58</v>
+        <v>272</v>
       </c>
       <c r="H615">
-        <v>23</v>
+        <v>90</v>
       </c>
       <c r="I615">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row r="616" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A616" s="4">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="B616" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C616" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D616" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E616" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F616">
-        <v>65</v>
+        <v>759</v>
       </c>
       <c r="G616">
-        <v>66</v>
+        <v>756</v>
       </c>
       <c r="H616">
-        <v>94</v>
+        <v>889</v>
       </c>
       <c r="I616">
-        <v>98</v>
+        <v>890</v>
       </c>
     </row>
     <row r="617" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A617" s="4">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="B617" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C617" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D617" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E617" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F617">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G617">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H617">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="I617">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="618" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A618" s="4">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="B618" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C618" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D618" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E618" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F618">
         <v>8</v>
       </c>
-      <c r="C618" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G618">
-        <v>588</v>
+        <v>8</v>
       </c>
       <c r="H618">
-        <v>302</v>
+        <v>9</v>
       </c>
       <c r="I618">
-        <v>257</v>
+        <v>9</v>
       </c>
     </row>
     <row r="619" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A619" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B619" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C619" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D619" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E619" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F619">
-        <v>1406</v>
+        <v>2583</v>
       </c>
       <c r="G619">
-        <v>1292</v>
+        <v>2106</v>
       </c>
       <c r="H619">
-        <v>1747</v>
+        <v>869</v>
       </c>
       <c r="I619">
-        <v>1614</v>
+        <v>708</v>
       </c>
     </row>
     <row r="620" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A620" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B620" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C620" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D620" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E620" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F620">
-        <v>42</v>
+        <v>5227</v>
       </c>
       <c r="G620">
-        <v>34</v>
+        <v>4959</v>
       </c>
       <c r="H620">
-        <v>21</v>
+        <v>6678</v>
       </c>
       <c r="I620">
-        <v>17</v>
+        <v>6407</v>
       </c>
     </row>
     <row r="621" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A621" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B621" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C621" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D621" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E621" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F621">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="G621">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="H621">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="I621">
-        <v>78</v>
+        <v>18</v>
       </c>
     </row>
     <row r="622" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A622" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B622" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C622" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D622" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C622" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E622" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F622">
-        <v>133</v>
+        <v>73</v>
       </c>
       <c r="G622">
-        <v>122</v>
+        <v>74</v>
       </c>
       <c r="H622">
-        <v>49</v>
+        <v>106</v>
       </c>
       <c r="I622">
-        <v>44</v>
+        <v>108</v>
       </c>
     </row>
     <row r="623" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A623" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B623" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C623" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D623" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E623" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F623">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="G623">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="H623">
-        <v>97</v>
+        <v>9</v>
       </c>
       <c r="I623">
-        <v>93</v>
+        <v>7</v>
       </c>
     </row>
     <row r="624" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A624" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B624" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C624" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D624" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E624" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F624">
-        <v>23</v>
+        <v>667</v>
       </c>
       <c r="G624">
-        <v>23</v>
+        <v>565</v>
       </c>
       <c r="H624">
-        <v>8</v>
+        <v>313</v>
       </c>
       <c r="I624">
-        <v>8</v>
+        <v>263</v>
       </c>
     </row>
     <row r="625" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A625" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B625" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C625" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D625" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E625" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F625">
-        <v>28</v>
+        <v>1384</v>
       </c>
       <c r="G625">
-        <v>28</v>
+        <v>1259</v>
       </c>
       <c r="H625">
-        <v>42</v>
+        <v>1726</v>
       </c>
       <c r="I625">
-        <v>42</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="626" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A626" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B626" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C626" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D626" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C626" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E626" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F626">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="G626">
-        <v>102</v>
+        <v>40</v>
       </c>
       <c r="H626">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="I626">
-        <v>41</v>
+        <v>21</v>
       </c>
     </row>
     <row r="627" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A627" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B627" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C627" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D627" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C627" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E627" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F627">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="G627">
-        <v>146</v>
+        <v>61</v>
       </c>
       <c r="H627">
-        <v>188</v>
+        <v>77</v>
       </c>
       <c r="I627">
-        <v>197</v>
+        <v>79</v>
       </c>
     </row>
     <row r="628" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A628" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B628" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C628" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D628" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E628" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F628">
-        <v>56</v>
+        <v>130</v>
       </c>
       <c r="G628">
-        <v>62</v>
+        <v>119</v>
       </c>
       <c r="H628">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="I628">
-        <v>30</v>
+        <v>43</v>
       </c>
     </row>
     <row r="629" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A629" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B629" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C629" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D629" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E629" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F629">
         <v>12</v>
       </c>
-      <c r="F629">
-[...1 lines deleted...]
-      </c>
       <c r="G629">
-        <v>148</v>
+        <v>9</v>
       </c>
       <c r="H629">
-        <v>140</v>
+        <v>87</v>
       </c>
       <c r="I629">
-        <v>176</v>
+        <v>85</v>
       </c>
     </row>
     <row r="630" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A630" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B630" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C630" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D630" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E630" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F630">
         <v>25</v>
       </c>
-      <c r="D630" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G630">
-        <v>155</v>
+        <v>25</v>
       </c>
       <c r="H630">
-        <v>52</v>
+        <v>8</v>
       </c>
       <c r="I630">
-        <v>56</v>
+        <v>8</v>
       </c>
     </row>
     <row r="631" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A631" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B631" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C631" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D631" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E631" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F631">
         <v>25</v>
       </c>
-      <c r="D631" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G631">
-        <v>712</v>
+        <v>25</v>
       </c>
       <c r="H631">
-        <v>769</v>
+        <v>39</v>
       </c>
       <c r="I631">
-        <v>774</v>
+        <v>39</v>
       </c>
     </row>
     <row r="632" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A632" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B632" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C632" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D632" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E632" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F632">
-        <v>6</v>
+        <v>106</v>
       </c>
       <c r="G632">
-        <v>6</v>
+        <v>116</v>
       </c>
       <c r="H632">
-        <v>2</v>
+        <v>43</v>
       </c>
       <c r="I632">
-        <v>2</v>
+        <v>47</v>
       </c>
     </row>
     <row r="633" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A633" s="4">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="B633" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C633" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D633" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E633" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F633">
-        <v>10</v>
+        <v>130</v>
       </c>
       <c r="G633">
-        <v>11</v>
+        <v>135</v>
       </c>
       <c r="H633">
-        <v>13</v>
+        <v>185</v>
       </c>
       <c r="I633">
-        <v>13</v>
+        <v>197</v>
       </c>
     </row>
     <row r="634" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A634" s="8">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="B634" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C634" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D634" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E634" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F634">
-        <v>1991</v>
+        <v>50</v>
       </c>
       <c r="G634">
-        <v>1688</v>
+        <v>56</v>
       </c>
       <c r="H634">
-        <v>667</v>
+        <v>25</v>
       </c>
       <c r="I634">
-        <v>566</v>
+        <v>28</v>
       </c>
     </row>
     <row r="635" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A635" s="4">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="B635" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C635" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D635" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E635" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F635">
-        <v>4053</v>
+        <v>97</v>
       </c>
       <c r="G635">
-        <v>3855</v>
+        <v>130</v>
       </c>
       <c r="H635">
-        <v>5154</v>
+        <v>125</v>
       </c>
       <c r="I635">
-        <v>4985</v>
+        <v>160</v>
       </c>
     </row>
     <row r="636" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A636" s="4">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="B636" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C636" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D636" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E636" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F636">
-        <v>73</v>
+        <v>192</v>
       </c>
       <c r="G636">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="H636">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="I636">
-        <v>24</v>
+        <v>81</v>
       </c>
     </row>
     <row r="637" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A637" s="4">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="B637" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C637" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D637" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E637" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F637">
-        <v>36</v>
+        <v>703</v>
       </c>
       <c r="G637">
-        <v>34</v>
+        <v>705</v>
       </c>
       <c r="H637">
-        <v>75</v>
+        <v>805</v>
       </c>
       <c r="I637">
-        <v>74</v>
+        <v>812</v>
       </c>
     </row>
     <row r="638" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A638" s="4">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="B638" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C638" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D638" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E638" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F638">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="G638">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="H638">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="I638">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="639" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A639" s="4">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="B639" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C639" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D639" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E639" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F639">
         <v>8</v>
       </c>
-      <c r="C639" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G639">
-        <v>599</v>
+        <v>8</v>
       </c>
       <c r="H639">
-        <v>308</v>
+        <v>9</v>
       </c>
       <c r="I639">
-        <v>261</v>
+        <v>9</v>
       </c>
     </row>
     <row r="640" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A640" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B640" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C640" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D640" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E640" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F640">
-        <v>1418</v>
+        <v>2166</v>
       </c>
       <c r="G640">
-        <v>1324</v>
+        <v>1795</v>
       </c>
       <c r="H640">
-        <v>1774</v>
+        <v>727</v>
       </c>
       <c r="I640">
-        <v>1657</v>
+        <v>602</v>
       </c>
     </row>
     <row r="641" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A641" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B641" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C641" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D641" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E641" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F641">
-        <v>48</v>
+        <v>4633</v>
       </c>
       <c r="G641">
-        <v>42</v>
+        <v>4423</v>
       </c>
       <c r="H641">
-        <v>22</v>
+        <v>5852</v>
       </c>
       <c r="I641">
-        <v>20</v>
+        <v>5606</v>
       </c>
     </row>
     <row r="642" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A642" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B642" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C642" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D642" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E642" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F642">
-        <v>49</v>
+        <v>69</v>
       </c>
       <c r="G642">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="H642">
-        <v>67</v>
+        <v>23</v>
       </c>
       <c r="I642">
-        <v>67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="643" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A643" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B643" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C643" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D643" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C643" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E643" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F643">
-        <v>138</v>
+        <v>65</v>
       </c>
       <c r="G643">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="H643">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="I643">
-        <v>48</v>
+        <v>98</v>
       </c>
     </row>
     <row r="644" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A644" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B644" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C644" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D644" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E644" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F644">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="G644">
+        <v>4</v>
+      </c>
+      <c r="H644">
+        <v>7</v>
+      </c>
+      <c r="I644">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="645" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A645" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B645" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C645" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D645" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E645" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F645">
-        <v>25</v>
+        <v>685</v>
       </c>
       <c r="G645">
-        <v>25</v>
+        <v>588</v>
       </c>
       <c r="H645">
-        <v>8</v>
+        <v>302</v>
       </c>
       <c r="I645">
-        <v>8</v>
+        <v>257</v>
       </c>
     </row>
     <row r="646" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A646" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B646" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C646" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D646" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E646" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F646">
-        <v>23</v>
+        <v>1406</v>
       </c>
       <c r="G646">
-        <v>23</v>
+        <v>1292</v>
       </c>
       <c r="H646">
-        <v>40</v>
+        <v>1747</v>
       </c>
       <c r="I646">
-        <v>40</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="647" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A647" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B647" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C647" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D647" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C647" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E647" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F647">
-        <v>129</v>
+        <v>42</v>
       </c>
       <c r="G647">
-        <v>146</v>
+        <v>34</v>
       </c>
       <c r="H647">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="I647">
-        <v>53</v>
+        <v>17</v>
       </c>
     </row>
     <row r="648" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A648" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B648" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C648" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D648" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C648" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E648" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F648">
-        <v>132</v>
+        <v>59</v>
       </c>
       <c r="G648">
-        <v>129</v>
+        <v>60</v>
       </c>
       <c r="H648">
-        <v>193</v>
+        <v>77</v>
       </c>
       <c r="I648">
-        <v>204</v>
+        <v>78</v>
       </c>
     </row>
     <row r="649" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A649" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B649" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C649" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D649" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E649" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F649">
-        <v>70</v>
+        <v>133</v>
       </c>
       <c r="G649">
-        <v>76</v>
+        <v>122</v>
       </c>
       <c r="H649">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="I649">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="650" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A650" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B650" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C650" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D650" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E650" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F650">
-        <v>81</v>
+        <v>19</v>
       </c>
       <c r="G650">
-        <v>105</v>
+        <v>15</v>
       </c>
       <c r="H650">
-        <v>124</v>
+        <v>97</v>
       </c>
       <c r="I650">
-        <v>152</v>
+        <v>93</v>
       </c>
     </row>
     <row r="651" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A651" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B651" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C651" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D651" s="4" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E651" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F651">
-        <v>193</v>
+        <v>23</v>
       </c>
       <c r="G651">
-        <v>208</v>
+        <v>23</v>
       </c>
       <c r="H651">
-        <v>70</v>
+        <v>8</v>
       </c>
       <c r="I651">
-        <v>75</v>
+        <v>8</v>
       </c>
     </row>
     <row r="652" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A652" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B652" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C652" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D652" s="4" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E652" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F652">
-        <v>704</v>
+        <v>28</v>
       </c>
       <c r="G652">
-        <v>697</v>
+        <v>28</v>
       </c>
       <c r="H652">
-        <v>797</v>
+        <v>42</v>
       </c>
       <c r="I652">
-        <v>793</v>
+        <v>42</v>
       </c>
     </row>
     <row r="653" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A653" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B653" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C653" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D653" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E653" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F653">
-        <v>4</v>
+        <v>95</v>
       </c>
       <c r="G653">
-        <v>4</v>
+        <v>102</v>
       </c>
       <c r="H653">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="I653">
-        <v>1</v>
+        <v>41</v>
       </c>
     </row>
     <row r="654" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A654" s="4">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="B654" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C654" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D654" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E654" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F654">
-        <v>6</v>
+        <v>145</v>
       </c>
       <c r="G654">
-        <v>6</v>
+        <v>146</v>
       </c>
       <c r="H654">
-        <v>9</v>
+        <v>188</v>
       </c>
       <c r="I654">
-        <v>10</v>
+        <v>197</v>
       </c>
     </row>
     <row r="655" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A655" s="4">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="B655" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C655" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D655" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E655" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F655">
-        <v>1392</v>
+        <v>56</v>
       </c>
       <c r="G655">
-        <v>1193</v>
+        <v>62</v>
       </c>
       <c r="H655">
-        <v>466</v>
+        <v>27</v>
       </c>
       <c r="I655">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="656" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A656" s="4">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="B656" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C656" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D656" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E656" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F656">
-        <v>4017</v>
+        <v>109</v>
       </c>
       <c r="G656">
-        <v>3891</v>
+        <v>148</v>
       </c>
       <c r="H656">
-        <v>4743</v>
+        <v>140</v>
       </c>
       <c r="I656">
-        <v>4601</v>
+        <v>176</v>
       </c>
     </row>
     <row r="657" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A657" s="4">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="B657" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C657" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D657" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E657" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F657">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="G657">
-        <v>20</v>
+        <v>155</v>
       </c>
       <c r="H657">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="I657">
-        <v>7</v>
+        <v>56</v>
       </c>
     </row>
     <row r="658" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A658" s="4">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="B658" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C658" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D658" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E658" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F658">
-        <v>40</v>
+        <v>703</v>
       </c>
       <c r="G658">
-        <v>36</v>
+        <v>712</v>
       </c>
       <c r="H658">
-        <v>47</v>
+        <v>769</v>
       </c>
       <c r="I658">
-        <v>46</v>
+        <v>774</v>
       </c>
     </row>
     <row r="659" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A659" s="4">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="B659" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C659" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D659" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E659" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F659">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="G659">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="H659">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="I659">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="660" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A660" s="4">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="B660" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C660" s="4" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D660" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E660" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F660">
         <v>10</v>
       </c>
-      <c r="E660" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G660">
-        <v>671</v>
+        <v>11</v>
       </c>
       <c r="H660">
-        <v>326</v>
+        <v>13</v>
       </c>
       <c r="I660">
-        <v>279</v>
+        <v>13</v>
       </c>
     </row>
     <row r="661" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A661" s="8">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B661" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C661" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D661" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E661" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F661">
-        <v>1332</v>
+        <v>1991</v>
       </c>
       <c r="G661">
-        <v>1271</v>
+        <v>1688</v>
       </c>
       <c r="H661">
-        <v>1744</v>
+        <v>667</v>
       </c>
       <c r="I661">
-        <v>1645</v>
+        <v>566</v>
       </c>
     </row>
     <row r="662" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A662" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B662" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C662" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D662" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E662" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F662">
-        <v>34</v>
+        <v>4053</v>
       </c>
       <c r="G662">
-        <v>32</v>
+        <v>3855</v>
       </c>
       <c r="H662">
-        <v>19</v>
+        <v>5154</v>
       </c>
       <c r="I662">
-        <v>17</v>
+        <v>4985</v>
       </c>
     </row>
     <row r="663" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A663" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B663" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C663" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D663" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E663" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F663">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="G663">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="H663">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="I663">
-        <v>63</v>
+        <v>24</v>
       </c>
     </row>
     <row r="664" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A664" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B664" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C664" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D664" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C664" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E664" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F664">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="G664">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="H664">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="I664">
-        <v>32</v>
+        <v>74</v>
       </c>
     </row>
     <row r="665" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A665" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B665" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C665" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D665" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E665" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F665">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G665">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="H665">
-        <v>79</v>
+        <v>9</v>
       </c>
       <c r="I665">
-        <v>74</v>
+        <v>7</v>
       </c>
     </row>
     <row r="666" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A666" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B666" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C666" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D666" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E666" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F666">
-        <v>23</v>
+        <v>701</v>
       </c>
       <c r="G666">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="H666">
-        <v>8</v>
+        <v>308</v>
       </c>
       <c r="I666">
-        <v>8</v>
+        <v>261</v>
       </c>
     </row>
     <row r="667" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A667" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B667" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C667" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D667" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E667" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F667">
-        <v>27</v>
+        <v>1418</v>
       </c>
       <c r="G667">
-        <v>27</v>
+        <v>1324</v>
       </c>
       <c r="H667">
-        <v>42</v>
+        <v>1774</v>
       </c>
       <c r="I667">
-        <v>42</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="668" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A668" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B668" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C668" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D668" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C668" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D668" s="4" t="s">
+      <c r="E668" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F668">
+        <v>48</v>
+      </c>
+      <c r="G668">
+        <v>42</v>
+      </c>
+      <c r="H668">
+        <v>22</v>
+      </c>
+      <c r="I668">
         <v>20</v>
-      </c>
-[...13 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="669" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A669" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B669" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C669" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D669" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C669" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E669" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F669">
-        <v>152</v>
+        <v>49</v>
       </c>
       <c r="G669">
-        <v>153</v>
+        <v>49</v>
       </c>
       <c r="H669">
-        <v>201</v>
+        <v>67</v>
       </c>
       <c r="I669">
-        <v>209</v>
+        <v>67</v>
       </c>
     </row>
     <row r="670" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A670" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B670" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C670" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D670" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E670" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F670">
-        <v>55</v>
+        <v>138</v>
       </c>
       <c r="G670">
-        <v>62</v>
+        <v>127</v>
       </c>
       <c r="H670">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="I670">
-        <v>27</v>
+        <v>48</v>
       </c>
     </row>
     <row r="671" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A671" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B671" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C671" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D671" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E671" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F671">
-        <v>67</v>
+        <v>11</v>
       </c>
       <c r="G671">
-        <v>81</v>
+        <v>6</v>
       </c>
       <c r="H671">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="I671">
-        <v>112</v>
+        <v>93</v>
       </c>
     </row>
     <row r="672" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A672" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B672" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C672" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D672" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E672" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F672">
         <v>25</v>
       </c>
-      <c r="D672" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G672">
-        <v>161</v>
+        <v>25</v>
       </c>
       <c r="H672">
-        <v>55</v>
+        <v>8</v>
       </c>
       <c r="I672">
-        <v>59</v>
+        <v>8</v>
       </c>
     </row>
     <row r="673" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A673" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B673" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C673" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D673" s="4" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E673" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F673">
-        <v>701</v>
+        <v>23</v>
       </c>
       <c r="G673">
-        <v>701</v>
+        <v>23</v>
       </c>
       <c r="H673">
-        <v>777</v>
+        <v>40</v>
       </c>
       <c r="I673">
-        <v>783</v>
+        <v>40</v>
       </c>
     </row>
     <row r="674" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A674" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B674" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C674" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D674" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E674" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F674">
-        <v>3</v>
+        <v>129</v>
       </c>
       <c r="G674">
-        <v>4</v>
+        <v>146</v>
       </c>
       <c r="H674">
-        <v>1</v>
+        <v>47</v>
       </c>
       <c r="I674">
-        <v>1</v>
+        <v>53</v>
       </c>
     </row>
     <row r="675" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A675" s="4">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B675" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C675" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D675" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E675" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F675">
-        <v>7</v>
+        <v>132</v>
       </c>
       <c r="G675">
-        <v>7</v>
+        <v>129</v>
       </c>
       <c r="H675">
-        <v>7</v>
+        <v>193</v>
       </c>
       <c r="I675">
-        <v>7</v>
+        <v>204</v>
       </c>
     </row>
     <row r="676" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A676" s="4">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="B676" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C676" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D676" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E676" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F676">
-        <v>1478</v>
+        <v>70</v>
       </c>
       <c r="G676">
-        <v>1326</v>
+        <v>76</v>
       </c>
       <c r="H676">
-        <v>497</v>
+        <v>31</v>
       </c>
       <c r="I676">
-        <v>445</v>
+        <v>34</v>
       </c>
     </row>
     <row r="677" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A677" s="4">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="B677" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C677" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D677" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E677" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F677">
-        <v>3915</v>
+        <v>81</v>
       </c>
       <c r="G677">
-        <v>3772</v>
+        <v>105</v>
       </c>
       <c r="H677">
-        <v>4708</v>
+        <v>124</v>
       </c>
       <c r="I677">
-        <v>4548</v>
+        <v>152</v>
       </c>
     </row>
     <row r="678" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A678" s="4">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="B678" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C678" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D678" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E678" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F678">
-        <v>37</v>
+        <v>193</v>
       </c>
       <c r="G678">
-        <v>35</v>
+        <v>208</v>
       </c>
       <c r="H678">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="I678">
-        <v>12</v>
+        <v>75</v>
       </c>
     </row>
     <row r="679" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A679" s="4">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="B679" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C679" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D679" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E679" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F679">
-        <v>30</v>
+        <v>704</v>
       </c>
       <c r="G679">
-        <v>30</v>
+        <v>697</v>
       </c>
       <c r="H679">
-        <v>52</v>
+        <v>797</v>
       </c>
       <c r="I679">
-        <v>42</v>
+        <v>793</v>
       </c>
     </row>
     <row r="680" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A680" s="4">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="B680" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C680" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D680" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E680" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F680">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="G680">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="H680">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I680">
-        <v>16</v>
+        <v>1</v>
       </c>
     </row>
     <row r="681" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A681" s="4">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="B681" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C681" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D681" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E681" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F681">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G681">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H681">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="I681">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="682" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A682" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B682" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C682" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D682" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E682" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F682">
-        <v>751</v>
+        <v>1392</v>
       </c>
       <c r="G682">
-        <v>666</v>
+        <v>1193</v>
       </c>
       <c r="H682">
-        <v>322</v>
+        <v>466</v>
       </c>
       <c r="I682">
-        <v>283</v>
+        <v>400</v>
       </c>
     </row>
     <row r="683" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A683" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B683" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C683" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D683" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E683" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F683">
-        <v>1194</v>
+        <v>4017</v>
       </c>
       <c r="G683">
-        <v>1110</v>
+        <v>3891</v>
       </c>
       <c r="H683">
-        <v>1612</v>
+        <v>4743</v>
       </c>
       <c r="I683">
-        <v>1493</v>
+        <v>4601</v>
       </c>
     </row>
     <row r="684" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A684" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B684" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C684" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D684" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E684" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F684">
+        <v>24</v>
+      </c>
+      <c r="G684">
+        <v>20</v>
+      </c>
+      <c r="H684">
         <v>8</v>
       </c>
-      <c r="C684" s="4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I684">
-        <v>22</v>
+        <v>7</v>
       </c>
     </row>
     <row r="685" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A685" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B685" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C685" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D685" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E685" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F685">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G685">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H685">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="I685">
-        <v>52</v>
+        <v>46</v>
       </c>
     </row>
     <row r="686" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A686" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B686" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C686" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D686" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E686" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F686">
-        <v>135</v>
+        <v>14</v>
       </c>
       <c r="G686">
-        <v>133</v>
+        <v>13</v>
       </c>
       <c r="H686">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="I686">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="687" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A687" s="8">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B687" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C687" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D687" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E687" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F687">
-        <v>18</v>
+        <v>770</v>
       </c>
       <c r="G687">
-        <v>15</v>
+        <v>671</v>
       </c>
       <c r="H687">
-        <v>98</v>
+        <v>326</v>
       </c>
       <c r="I687">
-        <v>97</v>
+        <v>279</v>
       </c>
     </row>
     <row r="688" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A688" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B688" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C688" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D688" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E688" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F688">
-        <v>25</v>
+        <v>1332</v>
       </c>
       <c r="G688">
-        <v>25</v>
+        <v>1271</v>
       </c>
       <c r="H688">
-        <v>8</v>
+        <v>1744</v>
       </c>
       <c r="I688">
-        <v>8</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="689" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A689" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B689" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C689" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D689" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E689" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F689">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="G689">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="H689">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="I689">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="690" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A690" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B690" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C690" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D690" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C690" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E690" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F690">
-        <v>130</v>
+        <v>42</v>
       </c>
       <c r="G690">
-        <v>143</v>
+        <v>44</v>
       </c>
       <c r="H690">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="I690">
-        <v>57</v>
+        <v>63</v>
       </c>
     </row>
     <row r="691" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A691" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B691" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C691" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D691" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E691" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F691">
-        <v>140</v>
+        <v>94</v>
       </c>
       <c r="G691">
-        <v>141</v>
+        <v>85</v>
       </c>
       <c r="H691">
-        <v>217</v>
+        <v>36</v>
       </c>
       <c r="I691">
-        <v>223</v>
+        <v>32</v>
       </c>
     </row>
     <row r="692" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A692" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B692" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C692" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D692" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E692" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F692">
+        <v>21</v>
+      </c>
+      <c r="G692">
         <v>16</v>
       </c>
-      <c r="C692" s="4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H692">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="I692">
-        <v>14</v>
+        <v>74</v>
       </c>
     </row>
     <row r="693" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A693" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B693" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C693" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D693" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E693" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F693">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G693">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="H693">
-        <v>82</v>
+        <v>8</v>
       </c>
       <c r="I693">
-        <v>97</v>
+        <v>8</v>
       </c>
     </row>
     <row r="694" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A694" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B694" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C694" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D694" s="4" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E694" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F694">
-        <v>184</v>
+        <v>27</v>
       </c>
       <c r="G694">
-        <v>197</v>
+        <v>27</v>
       </c>
       <c r="H694">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="I694">
-        <v>69</v>
+        <v>42</v>
       </c>
     </row>
     <row r="695" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A695" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B695" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C695" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D695" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E695" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F695">
-        <v>714</v>
+        <v>99</v>
       </c>
       <c r="G695">
-        <v>719</v>
+        <v>108</v>
       </c>
       <c r="H695">
-        <v>802</v>
+        <v>37</v>
       </c>
       <c r="I695">
-        <v>809</v>
+        <v>40</v>
       </c>
     </row>
     <row r="696" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A696" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B696" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C696" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D696" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E696" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F696">
-        <v>1</v>
+        <v>152</v>
       </c>
       <c r="G696">
-        <v>1</v>
+        <v>153</v>
       </c>
       <c r="H696">
-        <v>0</v>
+        <v>201</v>
       </c>
       <c r="I696">
-        <v>0</v>
+        <v>209</v>
       </c>
     </row>
     <row r="697" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A697" s="4">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B697" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C697" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D697" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D697" s="4" t="s">
+      <c r="E697" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F697">
+        <v>55</v>
+      </c>
+      <c r="G697">
+        <v>62</v>
+      </c>
+      <c r="H697">
+        <v>25</v>
+      </c>
+      <c r="I697">
         <v>27</v>
-      </c>
-[...13 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="698" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A698" s="4">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="B698" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C698" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D698" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E698" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F698">
-        <v>1350</v>
+        <v>67</v>
       </c>
       <c r="G698">
-        <v>1199</v>
+        <v>81</v>
       </c>
       <c r="H698">
-        <v>453</v>
+        <v>94</v>
       </c>
       <c r="I698">
-        <v>402</v>
+        <v>112</v>
       </c>
     </row>
     <row r="699" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A699" s="4">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="B699" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C699" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D699" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E699" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F699">
-        <v>3929</v>
+        <v>149</v>
       </c>
       <c r="G699">
-        <v>3805</v>
+        <v>161</v>
       </c>
       <c r="H699">
-        <v>4603</v>
+        <v>55</v>
       </c>
       <c r="I699">
-        <v>4479</v>
+        <v>59</v>
       </c>
     </row>
     <row r="700" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A700" s="4">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="B700" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C700" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D700" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E700" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F700">
-        <v>35</v>
+        <v>701</v>
       </c>
       <c r="G700">
-        <v>34</v>
+        <v>701</v>
       </c>
       <c r="H700">
-        <v>12</v>
+        <v>777</v>
       </c>
       <c r="I700">
-        <v>11</v>
+        <v>783</v>
       </c>
     </row>
     <row r="701" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A701" s="4">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="B701" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C701" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D701" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E701" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F701">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="G701">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="H701">
-        <v>44</v>
+        <v>1</v>
       </c>
       <c r="I701">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="702" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A702" s="4">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="B702" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C702" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D702" s="4" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="E702" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F702">
-        <v>85</v>
+        <v>7</v>
       </c>
       <c r="G702">
-        <v>72</v>
+        <v>7</v>
       </c>
       <c r="H702">
-        <v>92</v>
+        <v>7</v>
       </c>
       <c r="I702">
-        <v>80</v>
+        <v>7</v>
       </c>
     </row>
     <row r="703" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A703" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B703" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C703" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D703" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E703" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F703">
-        <v>1</v>
+        <v>1478</v>
       </c>
       <c r="G703">
-        <v>1</v>
+        <v>1326</v>
       </c>
       <c r="H703">
-        <v>1</v>
+        <v>497</v>
       </c>
       <c r="I703">
-        <v>1</v>
+        <v>445</v>
       </c>
     </row>
     <row r="704" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A704" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B704" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C704" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D704" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E704" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F704">
-        <v>628</v>
+        <v>3915</v>
       </c>
       <c r="G704">
-        <v>551</v>
+        <v>3772</v>
       </c>
       <c r="H704">
-        <v>280</v>
+        <v>4708</v>
       </c>
       <c r="I704">
-        <v>244</v>
+        <v>4548</v>
       </c>
     </row>
     <row r="705" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A705" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B705" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C705" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D705" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E705" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F705">
+        <v>37</v>
+      </c>
+      <c r="G705">
+        <v>35</v>
+      </c>
+      <c r="H705">
+        <v>13</v>
+      </c>
+      <c r="I705">
         <v>12</v>
-      </c>
-[...10 lines deleted...]
-        <v>1415</v>
       </c>
     </row>
     <row r="706" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A706" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B706" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C706" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D706" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E706" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F706">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="G706">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H706">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="I706">
-        <v>15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="707" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A707" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B707" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C707" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D707" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E707" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F707">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="G707">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="H707">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="I707">
-        <v>42</v>
+        <v>16</v>
       </c>
     </row>
     <row r="708" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A708" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B708" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C708" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D708" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E708" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F708">
-        <v>108</v>
+        <v>3</v>
       </c>
       <c r="G708">
-        <v>98</v>
+        <v>1</v>
       </c>
       <c r="H708">
-        <v>42</v>
+        <v>3</v>
       </c>
       <c r="I708">
-        <v>37</v>
+        <v>1</v>
       </c>
     </row>
     <row r="709" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A709" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B709" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C709" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D709" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E709" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F709">
-        <v>15</v>
+        <v>751</v>
       </c>
       <c r="G709">
-        <v>9</v>
+        <v>666</v>
       </c>
       <c r="H709">
-        <v>82</v>
+        <v>322</v>
       </c>
       <c r="I709">
-        <v>80</v>
+        <v>283</v>
       </c>
     </row>
     <row r="710" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A710" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B710" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C710" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D710" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E710" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F710">
-        <v>24</v>
+        <v>1194</v>
       </c>
       <c r="G710">
-        <v>24</v>
+        <v>1110</v>
       </c>
       <c r="H710">
-        <v>8</v>
+        <v>1612</v>
       </c>
       <c r="I710">
-        <v>8</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="711" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A711" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B711" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C711" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D711" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E711" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F711">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="G711">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H711">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="I711">
-        <v>43</v>
+        <v>22</v>
       </c>
     </row>
     <row r="712" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A712" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B712" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C712" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D712" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C712" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E712" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F712">
-        <v>97</v>
+        <v>35</v>
       </c>
       <c r="G712">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="H712">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="I712">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="713" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A713" s="8">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B713" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C713" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D713" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E713" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F713">
-        <v>151</v>
+        <v>135</v>
       </c>
       <c r="G713">
-        <v>152</v>
+        <v>133</v>
       </c>
       <c r="H713">
-        <v>186</v>
+        <v>51</v>
       </c>
       <c r="I713">
-        <v>193</v>
+        <v>50</v>
       </c>
     </row>
     <row r="714" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A714" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B714" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C714" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D714" s="4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E714" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F714">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G714">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="H714">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="I714">
-        <v>21</v>
+        <v>97</v>
       </c>
     </row>
     <row r="715" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A715" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B715" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C715" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D715" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E715" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F715">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="G715">
-        <v>78</v>
+        <v>25</v>
       </c>
       <c r="H715">
-        <v>79</v>
+        <v>8</v>
       </c>
       <c r="I715">
-        <v>96</v>
+        <v>8</v>
       </c>
     </row>
     <row r="716" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A716" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B716" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C716" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D716" s="4" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E716" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F716">
-        <v>161</v>
+        <v>24</v>
       </c>
       <c r="G716">
-        <v>175</v>
+        <v>24</v>
       </c>
       <c r="H716">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="I716">
-        <v>67</v>
+        <v>41</v>
       </c>
     </row>
     <row r="717" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A717" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B717" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C717" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D717" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E717" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F717">
-        <v>690</v>
+        <v>130</v>
       </c>
       <c r="G717">
-        <v>707</v>
+        <v>143</v>
       </c>
       <c r="H717">
-        <v>768</v>
+        <v>53</v>
       </c>
       <c r="I717">
-        <v>791</v>
+        <v>57</v>
       </c>
     </row>
     <row r="718" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A718" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B718" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C718" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D718" s="4" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E718" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F718">
-        <v>3</v>
+        <v>140</v>
       </c>
       <c r="G718">
-        <v>3</v>
+        <v>141</v>
       </c>
       <c r="H718">
-        <v>1</v>
+        <v>217</v>
       </c>
       <c r="I718">
-        <v>1</v>
+        <v>223</v>
       </c>
     </row>
     <row r="719" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A719" s="4">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B719" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C719" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D719" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D719" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E719" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F719">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="G719">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="H719">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="I719">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="720" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A720" s="4">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="B720" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C720" s="4" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D720" s="4" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E720" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F720">
-        <v>1373</v>
+        <v>72</v>
       </c>
       <c r="G720">
-        <v>1136</v>
+        <v>86</v>
       </c>
       <c r="H720">
-        <v>460</v>
+        <v>82</v>
       </c>
       <c r="I720">
-        <v>381</v>
+        <v>97</v>
       </c>
     </row>
     <row r="721" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A721" s="4">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="B721" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C721" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D721" s="4" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E721" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F721">
-        <v>2513</v>
+        <v>184</v>
       </c>
       <c r="G721">
-        <v>2506</v>
+        <v>197</v>
       </c>
       <c r="H721">
-        <v>3969</v>
+        <v>65</v>
       </c>
       <c r="I721">
-        <v>3872</v>
+        <v>69</v>
       </c>
     </row>
     <row r="722" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A722" s="4">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="B722" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C722" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D722" s="4" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E722" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F722">
-        <v>31</v>
+        <v>714</v>
       </c>
       <c r="G722">
-        <v>26</v>
+        <v>719</v>
       </c>
       <c r="H722">
-        <v>11</v>
+        <v>802</v>
       </c>
       <c r="I722">
-        <v>9</v>
+        <v>809</v>
       </c>
     </row>
     <row r="723" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A723" s="4">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="B723" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C723" s="4" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D723" s="4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E723" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F723">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G723">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H723">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="I723">
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="724" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A724" s="4">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="B724" s="4" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C724" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D724" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E724" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F724">
+        <v>9</v>
+      </c>
+      <c r="G724">
         <v>10</v>
       </c>
-      <c r="E724" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H724">
-        <v>875</v>
+        <v>9</v>
       </c>
       <c r="I724">
-        <v>853</v>
+        <v>9</v>
       </c>
     </row>
     <row r="725" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A725" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B725" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C725" s="4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D725" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E725" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F725">
-        <v>8</v>
+        <v>1350</v>
       </c>
       <c r="G725">
-        <v>8</v>
+        <v>1199</v>
       </c>
       <c r="H725">
-        <v>4</v>
+        <v>453</v>
       </c>
       <c r="I725">
-        <v>4</v>
+        <v>402</v>
       </c>
     </row>
     <row r="726" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A726" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B726" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C726" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D726" s="4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E726" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F726">
-        <v>594</v>
+        <v>3929</v>
       </c>
       <c r="G726">
-        <v>529</v>
+        <v>3805</v>
       </c>
       <c r="H726">
-        <v>267</v>
+        <v>4603</v>
       </c>
       <c r="I726">
-        <v>233</v>
+        <v>4479</v>
       </c>
     </row>
     <row r="727" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A727" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B727" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C727" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D727" s="4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E727" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F727">
+        <v>35</v>
+      </c>
+      <c r="G727">
+        <v>34</v>
+      </c>
+      <c r="H727">
         <v>12</v>
       </c>
-      <c r="F727">
-[...7 lines deleted...]
-      </c>
       <c r="I727">
-        <v>1292</v>
+        <v>11</v>
       </c>
     </row>
     <row r="728" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A728" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B728" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C728" s="4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D728" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E728" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F728">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G728">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="H728">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="I728">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="729" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A729" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B729" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C729" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D729" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E729" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F729">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="G729">
-        <v>26</v>
+        <v>72</v>
       </c>
       <c r="H729">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="I729">
-        <v>43</v>
+        <v>80</v>
       </c>
     </row>
     <row r="730" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A730" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B730" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C730" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D730" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E730" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F730">
-        <v>91</v>
+        <v>1</v>
       </c>
       <c r="G730">
-        <v>88</v>
+        <v>1</v>
       </c>
       <c r="H730">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="I730">
-        <v>33</v>
+        <v>1</v>
       </c>
     </row>
     <row r="731" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A731" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B731" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C731" s="4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D731" s="4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E731" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F731">
-        <v>64</v>
+        <v>628</v>
       </c>
       <c r="G731">
-        <v>36</v>
+        <v>551</v>
       </c>
       <c r="H731">
-        <v>120</v>
+        <v>280</v>
       </c>
       <c r="I731">
-        <v>105</v>
+        <v>244</v>
       </c>
     </row>
     <row r="732" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A732" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B732" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C732" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D732" s="4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E732" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F732">
-        <v>25</v>
+        <v>1182</v>
       </c>
       <c r="G732">
-        <v>25</v>
+        <v>1119</v>
       </c>
       <c r="H732">
-        <v>8</v>
+        <v>1513</v>
       </c>
       <c r="I732">
-        <v>8</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="733" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A733" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B733" s="4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C733" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D733" s="4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E733" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F733">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="G733">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H733">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="I733">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="734" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A734" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B734" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C734" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D734" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C734" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E734" s="4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F734">
-        <v>112</v>
+        <v>27</v>
       </c>
       <c r="G734">
-        <v>119</v>
+        <v>23</v>
       </c>
       <c r="H734">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="I734">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="735" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A735" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B735" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C735" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D735" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E735" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F735">
-        <v>225</v>
+        <v>108</v>
       </c>
       <c r="G735">
-        <v>228</v>
+        <v>98</v>
       </c>
       <c r="H735">
-        <v>266</v>
+        <v>42</v>
       </c>
       <c r="I735">
-        <v>275</v>
+        <v>37</v>
       </c>
     </row>
     <row r="736" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A736" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B736" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C736" s="4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D736" s="4" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E736" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F736">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="G736">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="H736">
-        <v>1</v>
+        <v>82</v>
       </c>
       <c r="I736">
-        <v>1</v>
+        <v>80</v>
       </c>
     </row>
     <row r="737" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A737" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B737" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C737" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D737" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E737" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F737">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G737">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="H737">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="I737">
-        <v>18</v>
+        <v>8</v>
       </c>
     </row>
     <row r="738" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A738" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B738" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C738" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D738" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E738" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F738">
-        <v>79</v>
+        <v>28</v>
       </c>
       <c r="G738">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="H738">
-        <v>94</v>
+        <v>43</v>
       </c>
       <c r="I738">
-        <v>116</v>
+        <v>43</v>
       </c>
     </row>
     <row r="739" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A739" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B739" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C739" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D739" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E739" s="4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F739">
-        <v>151</v>
+        <v>97</v>
       </c>
       <c r="G739">
-        <v>163</v>
+        <v>109</v>
       </c>
       <c r="H739">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="I739">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="740" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A740" s="4">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="B740" s="4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C740" s="4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D740" s="4" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E740" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F740">
-        <v>685</v>
+        <v>151</v>
       </c>
       <c r="G740">
-        <v>694</v>
+        <v>152</v>
       </c>
       <c r="H740">
-        <v>761</v>
+        <v>186</v>
       </c>
       <c r="I740">
-        <v>775</v>
+        <v>193</v>
       </c>
     </row>
     <row r="741" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A741" s="8">
+        <v>1994</v>
+      </c>
+      <c r="B741" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C741" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D741" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E741" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F741">
+        <v>33</v>
+      </c>
+      <c r="G741">
+        <v>36</v>
+      </c>
+      <c r="H741">
+        <v>20</v>
+      </c>
+      <c r="I741">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="742" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A742" s="4">
+        <v>1994</v>
+      </c>
+      <c r="B742" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C742" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D742" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E742" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F742">
+        <v>64</v>
+      </c>
+      <c r="G742">
+        <v>78</v>
+      </c>
+      <c r="H742">
+        <v>79</v>
+      </c>
+      <c r="I742">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="743" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A743" s="4">
+        <v>1994</v>
+      </c>
+      <c r="B743" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C743" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D743" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E743" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F743">
+        <v>161</v>
+      </c>
+      <c r="G743">
+        <v>175</v>
+      </c>
+      <c r="H743">
+        <v>62</v>
+      </c>
+      <c r="I743">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="744" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A744" s="4">
+        <v>1994</v>
+      </c>
+      <c r="B744" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C744" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D744" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E744" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F744">
+        <v>690</v>
+      </c>
+      <c r="G744">
+        <v>707</v>
+      </c>
+      <c r="H744">
+        <v>768</v>
+      </c>
+      <c r="I744">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="745" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A745" s="4">
+        <v>1994</v>
+      </c>
+      <c r="B745" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C745" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D745" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E745" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F745">
+        <v>3</v>
+      </c>
+      <c r="G745">
+        <v>3</v>
+      </c>
+      <c r="H745">
+        <v>1</v>
+      </c>
+      <c r="I745">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="746" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A746" s="4">
+        <v>1994</v>
+      </c>
+      <c r="B746" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C746" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D746" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E746" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F746">
+        <v>7</v>
+      </c>
+      <c r="G746">
+        <v>7</v>
+      </c>
+      <c r="H746">
+        <v>9</v>
+      </c>
+      <c r="I746">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="747" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A747" s="4">
         <v>1993</v>
       </c>
-      <c r="B741" s="4" t="s">
+      <c r="B747" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C747" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D747" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E747" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F747">
+        <v>1373</v>
+      </c>
+      <c r="G747">
+        <v>1136</v>
+      </c>
+      <c r="H747">
+        <v>460</v>
+      </c>
+      <c r="I747">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="748" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A748" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B748" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C748" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D748" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E748" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F748">
+        <v>2513</v>
+      </c>
+      <c r="G748">
+        <v>2506</v>
+      </c>
+      <c r="H748">
+        <v>3969</v>
+      </c>
+      <c r="I748">
+        <v>3872</v>
+      </c>
+    </row>
+    <row r="749" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A749" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B749" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C749" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D749" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C741" s="4" t="s">
+      <c r="E749" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F749">
+        <v>31</v>
+      </c>
+      <c r="G749">
+        <v>26</v>
+      </c>
+      <c r="H749">
+        <v>11</v>
+      </c>
+      <c r="I749">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="750" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A750" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B750" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C750" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D750" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E750" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F750">
+        <v>11</v>
+      </c>
+      <c r="G750">
+        <v>10</v>
+      </c>
+      <c r="H750">
+        <v>27</v>
+      </c>
+      <c r="I750">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="751" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A751" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B751" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C751" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D751" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E751" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F751">
+        <v>1687</v>
+      </c>
+      <c r="G751">
+        <v>1656</v>
+      </c>
+      <c r="H751">
+        <v>875</v>
+      </c>
+      <c r="I751">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="752" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A752" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B752" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C752" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D752" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E752" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F752">
+        <v>8</v>
+      </c>
+      <c r="G752">
+        <v>8</v>
+      </c>
+      <c r="H752">
+        <v>4</v>
+      </c>
+      <c r="I752">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="753" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A753" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B753" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C753" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D753" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E753" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F753">
+        <v>594</v>
+      </c>
+      <c r="G753">
+        <v>529</v>
+      </c>
+      <c r="H753">
+        <v>267</v>
+      </c>
+      <c r="I753">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="754" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A754" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B754" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C754" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D754" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E754" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F754">
+        <v>968</v>
+      </c>
+      <c r="G754">
+        <v>958</v>
+      </c>
+      <c r="H754">
+        <v>1347</v>
+      </c>
+      <c r="I754">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="755" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A755" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B755" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C755" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D755" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E755" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F755">
+        <v>33</v>
+      </c>
+      <c r="G755">
+        <v>32</v>
+      </c>
+      <c r="H755">
+        <v>15</v>
+      </c>
+      <c r="I755">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="756" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A756" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B756" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C756" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D756" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E756" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F756">
+        <v>24</v>
+      </c>
+      <c r="G756">
+        <v>26</v>
+      </c>
+      <c r="H756">
+        <v>41</v>
+      </c>
+      <c r="I756">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="757" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A757" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B757" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C757" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D757" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E757" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F757">
+        <v>91</v>
+      </c>
+      <c r="G757">
+        <v>88</v>
+      </c>
+      <c r="H757">
+        <v>35</v>
+      </c>
+      <c r="I757">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="758" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A758" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B758" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C758" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D758" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E758" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F758">
+        <v>64</v>
+      </c>
+      <c r="G758">
+        <v>36</v>
+      </c>
+      <c r="H758">
+        <v>120</v>
+      </c>
+      <c r="I758">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="759" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A759" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B759" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C759" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D759" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E759" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F759">
         <v>25</v>
       </c>
-      <c r="D741" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F741">
+      <c r="G759">
+        <v>25</v>
+      </c>
+      <c r="H759">
         <v>8</v>
       </c>
-      <c r="G741">
+      <c r="I759">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="760" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A760" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B760" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C760" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D760" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E760" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F760">
+        <v>29</v>
+      </c>
+      <c r="G760">
+        <v>29</v>
+      </c>
+      <c r="H760">
+        <v>45</v>
+      </c>
+      <c r="I760">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="761" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A761" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B761" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C761" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D761" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E761" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F761">
+        <v>112</v>
+      </c>
+      <c r="G761">
+        <v>119</v>
+      </c>
+      <c r="H761">
+        <v>45</v>
+      </c>
+      <c r="I761">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="762" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A762" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B762" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C762" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D762" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E762" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F762">
+        <v>225</v>
+      </c>
+      <c r="G762">
+        <v>228</v>
+      </c>
+      <c r="H762">
+        <v>266</v>
+      </c>
+      <c r="I762">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="763" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A763" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B763" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C763" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D763" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E763" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F763">
+        <v>1</v>
+      </c>
+      <c r="G763">
+        <v>1</v>
+      </c>
+      <c r="H763">
+        <v>1</v>
+      </c>
+      <c r="I763">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="764" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A764" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B764" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C764" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D764" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E764" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F764">
+        <v>34</v>
+      </c>
+      <c r="G764">
+        <v>37</v>
+      </c>
+      <c r="H764">
+        <v>17</v>
+      </c>
+      <c r="I764">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="765" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A765" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B765" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C765" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D765" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E765" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F765">
+        <v>79</v>
+      </c>
+      <c r="G765">
+        <v>101</v>
+      </c>
+      <c r="H765">
+        <v>94</v>
+      </c>
+      <c r="I765">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="766" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A766" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B766" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C766" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D766" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E766" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F766">
+        <v>151</v>
+      </c>
+      <c r="G766">
+        <v>163</v>
+      </c>
+      <c r="H766">
+        <v>56</v>
+      </c>
+      <c r="I766">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="767" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A767" s="4">
+        <v>1993</v>
+      </c>
+      <c r="B767" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C767" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D767" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E767" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F767">
+        <v>685</v>
+      </c>
+      <c r="G767">
+        <v>694</v>
+      </c>
+      <c r="H767">
+        <v>761</v>
+      </c>
+      <c r="I767">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="768" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A768" s="8">
+        <v>1993</v>
+      </c>
+      <c r="B768" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C768" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D768" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E768" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F768">
+        <v>8</v>
+      </c>
+      <c r="G768">
         <v>9</v>
       </c>
-      <c r="H741">
+      <c r="H768">
         <v>8</v>
       </c>
-      <c r="I741">
+      <c r="I768">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
-    <tablePart r:id="rId1"/>
+    <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006F6CE40F9A108840BAEA657C36297795" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="add4dbf6ba76204b3ec84f550c5ccb89">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d471349d-fb8a-4178-9605-9a4835d3f614" xmlns:ns3="48c76b0e-4d81-41ad-9662-446a1e203a7d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="065b8db3845b2db931b7d25d454f05c0" ns2:_="" ns3:_="">
     <xsd:import namespace="d471349d-fb8a-4178-9605-9a4835d3f614"/>
     <xsd:import namespace="48c76b0e-4d81-41ad-9662-446a1e203a7d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -22525,97 +23053,80 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="48c76b0e-4d81-41ad-9662-446a1e203a7d" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d471349d-fb8a-4178-9605-9a4835d3f614">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0BBF01C-C604-4977-9448-071DD31BD818}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E77DCB63-96A0-438A-B92B-E17B6B00CE64}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D6F4A3B-659A-4D66-B065-48B8622279DF}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F391CE71-9395-4B99-87FA-0F7C60C6CF41}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A62DD6B5-839C-4346-B767-A7514840AF0D}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A170018-0C76-421E-8908-563042DB1A27}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>enrollment_ucr</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>